--- v0 (2025-12-22)
+++ v1 (2026-02-05)
@@ -46,51 +46,50 @@
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId19"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId20"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="263" r:id="rId5"/>
     <p:sldId id="265" r:id="rId6"/>
@@ -223,634 +222,122 @@
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="07647B"/>
     <a:srgbClr val="18415C"/>
     <a:srgbClr val="2F6459"/>
     <a:srgbClr val="DFA527"/>
     <a:srgbClr val="11405C"/>
     <a:srgbClr val="C5D466"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15726" autoAdjust="0"/>
     <p:restoredTop sz="84736" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="82" d="100"/>
           <a:sy n="82" d="100"/>
         </p:scale>
-        <p:origin x="596" y="140"/>
+        <p:origin x="596" y="64"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="81" d="100"/>
           <a:sy n="81" d="100"/>
         </p:scale>
         <p:origin x="3894" y="108"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Paul Stueckradt" userId="S::paul.stueckradt@iowaeda.com::6eb64a68-0d98-4c97-97e2-0c89b415b7e3" providerId="AD" clId="Web-{4A5C10D6-576B-45C1-AC31-175B9B2B3997}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Paul Stueckradt" userId="S::paul.stueckradt@iowaeda.com::6eb64a68-0d98-4c97-97e2-0c89b415b7e3" providerId="AD" clId="Web-{4A5C10D6-576B-45C1-AC31-175B9B2B3997}" dt="2025-11-14T17:13:02.730" v="24" actId="20577"/>
+    <pc:chgData name="Maicie Pohlman" userId="69f23c81-90a7-48c2-bf55-5444a060be24" providerId="ADAL" clId="{F4A51A6E-8B07-43C8-B250-B37ACAF8D86D}"/>
+    <pc:docChg chg="undo custSel addSld modSld sldOrd">
+      <pc:chgData name="Maicie Pohlman" userId="69f23c81-90a7-48c2-bf55-5444a060be24" providerId="ADAL" clId="{F4A51A6E-8B07-43C8-B250-B37ACAF8D86D}" dt="2025-12-23T18:59:29.670" v="17826" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...54 lines deleted...]
-        <pc:chgData name="Brett Tade" userId="40963c62-c355-4c40-b116-fd3e6294285b" providerId="ADAL" clId="{5D213ED9-2836-4BE0-AC74-AE40237BCAB2}" dt="2025-11-18T18:14:17.102" v="60" actId="20577"/>
+      <pc:sldChg chg="modSp mod modNotesTx">
+        <pc:chgData name="Maicie Pohlman" userId="69f23c81-90a7-48c2-bf55-5444a060be24" providerId="ADAL" clId="{F4A51A6E-8B07-43C8-B250-B37ACAF8D86D}" dt="2025-12-23T18:59:29.670" v="17826" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1217456292" sldId="267"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Brett Tade" userId="40963c62-c355-4c40-b116-fd3e6294285b" providerId="ADAL" clId="{5D213ED9-2836-4BE0-AC74-AE40237BCAB2}" dt="2025-11-18T18:14:17.102" v="60" actId="20577"/>
+          <ac:chgData name="Maicie Pohlman" userId="69f23c81-90a7-48c2-bf55-5444a060be24" providerId="ADAL" clId="{F4A51A6E-8B07-43C8-B250-B37ACAF8D86D}" dt="2025-12-23T18:59:29.670" v="17826" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1217456292" sldId="267"/>
             <ac:spMk id="3" creationId="{712CA8EA-8919-8332-3975-3B57C2F140BF}"/>
-          </ac:spMkLst>
-[...448 lines deleted...]
-            <ac:spMk id="3" creationId="{B98BBC98-E9A2-6EE6-3790-915D056BA4B2}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -913,51 +400,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{D40DA639-9D14-4A93-9A5A-CFA61635F929}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{210C93EF-C09E-3BF7-8DED-89B12E2CC9A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -1094,51 +581,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{42F45DCC-F282-4F8D-8283-43D0786691BE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -3856,51 +3343,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3430C94A-B7C9-C5ED-5B78-89F2F9EFD104}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -4176,51 +3663,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3430C94A-B7C9-C5ED-5B78-89F2F9EFD104}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -4334,51 +3821,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{727BAF91-DCA6-78DF-B6F0-3FCF0A422678}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7D4DB56-192E-99DB-581F-15BF918EF6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4529,51 +4016,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{727BAF91-DCA6-78DF-B6F0-3FCF0A422678}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7D4DB56-192E-99DB-581F-15BF918EF6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4722,51 +4209,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{727BAF91-DCA6-78DF-B6F0-3FCF0A422678}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7D4DB56-192E-99DB-581F-15BF918EF6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4932,51 +4419,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7D4DB56-192E-99DB-581F-15BF918EF6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -5159,51 +4646,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7D4DB56-192E-99DB-581F-15BF918EF6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -5386,51 +4873,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7D4DB56-192E-99DB-581F-15BF918EF6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -5613,51 +5100,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7D4DB56-192E-99DB-581F-15BF918EF6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -5743,51 +5230,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2D7B344-A890-9384-CACE-4DE5C6C31B55}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{247231F9-D7FB-CAB0-0F95-E1DDF2D3FF6E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6840,51 +6327,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2D7B344-A890-9384-CACE-4DE5C6C31B55}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{247231F9-D7FB-CAB0-0F95-E1DDF2D3FF6E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -8883,51 +8370,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E92C51B1-70FE-AED9-9212-29E01DBDEC51}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3430C94A-B7C9-C5ED-5B78-89F2F9EFD104}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -9179,51 +8666,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E92C51B1-70FE-AED9-9212-29E01DBDEC51}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3430C94A-B7C9-C5ED-5B78-89F2F9EFD104}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -9473,51 +8960,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E92C51B1-70FE-AED9-9212-29E01DBDEC51}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3430C94A-B7C9-C5ED-5B78-89F2F9EFD104}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -9776,51 +9263,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3430C94A-B7C9-C5ED-5B78-89F2F9EFD104}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -10096,51 +9583,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3430C94A-B7C9-C5ED-5B78-89F2F9EFD104}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -10358,51 +9845,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{913B6D94-A7BD-4B6E-B753-79AAA3CCBF31}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/18/2025</a:t>
+              <a:t>12/23/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95E251D6-2FEA-F2D7-D332-1E8214DEDC51}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -12257,52 +11744,57 @@
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Municipality establishes a tax-deferred plan meeting the requirements of IRS 457(11)(b) </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Municipality adopts the program guidelines and confirms established fund by resolution or ordinance. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0"/>
               <a:t>Important Note: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>Municipality is defined by Iowa Code section 100B.21 as a city, county, township, benefited fire district, or agency authorized by law to provide emergency response services. Applications submitted by individual departments or associations are not eligible and will not receive program funding. </a:t>
-            </a:r>
+              <a:t>Municipality is defined by Iowa Code section 100B.21 as a city, county, township, benefited fire district, or agency authorized by law to provide emergency response services</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1217456292"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -14112,203 +13604,194 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-    <xsd:import namespace="1d9aa3b6-f5fb-4571-8701-56f20689897b"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006EE674F5938EB94393EABB10B3582097" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="605d21259c3f9f88dea436423e20880a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="91bffe38-db69-4376-80f2-3779a2b185c8" xmlns:ns3="df4c992a-13ab-4b84-9611-405cd1418276" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="aad05efac21d3ffac7c3f1912bfaa760" ns2:_="" ns3:_="">
+    <xsd:import namespace="91bffe38-db69-4376-80f2-3779a2b185c8"/>
+    <xsd:import namespace="df4c992a-13ab-4b84-9611-405cd1418276"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d2cbfc94-a69a-4175-9de2-749d5ca1cf7f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="91bffe38-db69-4376-80f2-3779a2b185c8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="12" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d73c2f1c-0c45-49b9-b292-96ca38f50265" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="24" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1d9aa3b6-f5fb-4571-8701-56f20689897b" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="df4c992a-13ab-4b84-9611-405cd1418276" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ed966ee9-cfe5-4a60-8318-e588de7ec965}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1d9aa3b6-f5fb-4571-8701-56f20689897b">
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e8a27233-908d-4ee6-bb1b-063505833ab9}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="df4c992a-13ab-4b84-9611-405cd1418276">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -14375,109 +13858,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="1d9aa3b6-f5fb-4571-8701-56f20689897b" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d2cbfc94-a69a-4175-9de2-749d5ca1cf7f">
+    <TaxCatchAll xmlns="df4c992a-13ab-4b84-9611-405cd1418276" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="91bffe38-db69-4376-80f2-3779a2b185c8">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08DDED50-8A18-4331-85B7-B180C45423FF}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10E81A37-F743-43B8-93A7-4883D1ADFD49}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94177EAC-368A-4439-A3D7-E6C546182F1A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="d2cbfc94-a69a-4175-9de2-749d5ca1cf7f"/>
-    <ds:schemaRef ds:uri="1d9aa3b6-f5fb-4571-8701-56f20689897b"/>
+    <ds:schemaRef ds:uri="91bffe38-db69-4376-80f2-3779a2b185c8"/>
+    <ds:schemaRef ds:uri="df4c992a-13ab-4b84-9611-405cd1418276"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08DDED50-8A18-4331-85B7-B180C45423FF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12F7CF40-FC78-471C-AA3B-949BAEF8D31A}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="df4c992a-13ab-4b84-9611-405cd1418276"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="91bffe38-db69-4376-80f2-3779a2b185c8"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>887</Words>
+  <Words>870</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>105</Paragraphs>
   <Slides>14</Slides>
   <Notes>14</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
@@ -14509,29 +14001,32 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>John Greiner</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100AD0265D9C8320644B26F99052C4BB7A7</vt:lpwstr>
+    <vt:lpwstr>0x0101006EE674F5938EB94393EABB10B3582097</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>