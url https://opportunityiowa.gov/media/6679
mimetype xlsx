--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -3,60 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iowa1-my.sharepoint.com/personal/hayley_crozier_iowaeda_com/Documents/Desktop/4.13.20/DRGR QPR Action Plan/DR19 QPR/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="75" documentId="8_{A5395EA9-6D30-40AF-98EE-3C0F1FF66287}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9D5CFF7F-6C72-47C3-9FD3-ABC71A235F1C}"/>
+  <xr:revisionPtr revIDLastSave="81" documentId="8_{A5395EA9-6D30-40AF-98EE-3C0F1FF66287}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E766009E-E62B-4BEF-9776-E86D4189024E}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BA805757-BD91-482B-A053-94CA38043113}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{BA805757-BD91-482B-A053-94CA38043113}"/>
   </bookViews>
   <sheets>
     <sheet name="Outcomes" sheetId="1" r:id="rId1"/>
     <sheet name="Expenditures" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -831,52 +831,52 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{59CC5AA4-2B7A-463A-A854-23A7EEE068BE}">
   <dimension ref="C2:R32"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="Q25" sqref="Q25"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="M26" sqref="G26:M26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.140625" style="26"/>
     <col min="3" max="3" width="10" style="26" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="26" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="26"/>
     <col min="7" max="7" width="9.7109375" style="26" customWidth="1"/>
     <col min="8" max="8" width="11" style="26" customWidth="1"/>
     <col min="9" max="9" width="11.28515625" style="26" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="26"/>
     <col min="11" max="12" width="10.42578125" style="26" customWidth="1"/>
     <col min="13" max="13" width="12" style="26" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="26"/>
   </cols>
   <sheetData>
     <row r="2" spans="3:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D3" s="20"/>
       <c r="E3" s="27"/>
       <c r="G3" s="1" t="s">
@@ -1391,56 +1391,60 @@
       </c>
       <c r="H25" s="17"/>
       <c r="I25" s="29">
         <v>0</v>
       </c>
       <c r="K25" s="21">
         <v>45839</v>
       </c>
       <c r="L25" s="17"/>
       <c r="M25" s="29">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="3:18" x14ac:dyDescent="0.25">
       <c r="C26" s="21">
         <v>45931</v>
       </c>
       <c r="D26" s="32"/>
       <c r="E26" s="30"/>
       <c r="G26" s="21">
         <v>45931</v>
       </c>
       <c r="H26" s="17">
         <v>4</v>
       </c>
-      <c r="I26" s="29"/>
+      <c r="I26" s="29">
+        <v>26</v>
+      </c>
       <c r="K26" s="21">
         <v>45931</v>
       </c>
       <c r="L26" s="17"/>
-      <c r="M26" s="29"/>
+      <c r="M26" s="29">
+        <v>7</v>
+      </c>
     </row>
     <row r="27" spans="3:18" x14ac:dyDescent="0.25">
       <c r="C27" s="21">
         <v>46023</v>
       </c>
       <c r="D27" s="32"/>
       <c r="E27" s="30"/>
       <c r="G27" s="21">
         <v>46023</v>
       </c>
       <c r="H27" s="17"/>
       <c r="I27" s="29"/>
       <c r="K27" s="21">
         <v>46023</v>
       </c>
       <c r="L27" s="17"/>
       <c r="M27" s="29"/>
     </row>
     <row r="28" spans="3:18" x14ac:dyDescent="0.25">
       <c r="C28" s="21">
         <v>46113</v>
       </c>
       <c r="D28" s="32"/>
       <c r="E28" s="30"/>
       <c r="G28" s="21">
@@ -1473,88 +1477,88 @@
       </c>
       <c r="L29" s="35"/>
       <c r="M29" s="36"/>
     </row>
     <row r="30" spans="3:18" x14ac:dyDescent="0.25">
       <c r="C30" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="37">
         <f>SUM(D5:D29)</f>
         <v>233</v>
       </c>
       <c r="E30" s="37">
         <f>SUM(E6:E29)</f>
         <v>212</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H30" s="37">
         <f>SUM(H5:H29)</f>
         <v>83</v>
       </c>
       <c r="I30" s="37">
         <f>SUM(I6:I29)</f>
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="K30" s="11" t="s">
         <v>10</v>
       </c>
       <c r="L30" s="37">
         <f>SUM(L5:L29)</f>
         <v>170</v>
       </c>
       <c r="M30" s="37">
         <f>SUM(M6:M29)</f>
-        <v>79</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="3:18" x14ac:dyDescent="0.25">
       <c r="H31" s="37"/>
       <c r="I31" s="37"/>
       <c r="M31" s="37"/>
     </row>
     <row r="32" spans="3:18" x14ac:dyDescent="0.25">
       <c r="C32" s="38" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D24:E24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8E4FB143-B412-4659-9885-90C21BD7EA42}">
   <dimension ref="C2:O31"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="P20" sqref="P20"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="E24" sqref="E24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="10.28515625" customWidth="1"/>
     <col min="4" max="4" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.5703125" customWidth="1"/>
     <col min="8" max="8" width="14.85546875" customWidth="1"/>
     <col min="9" max="9" width="14.140625" customWidth="1"/>
     <col min="11" max="11" width="12" customWidth="1"/>
     <col min="12" max="13" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="3:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="3:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="3"/>
       <c r="G3" s="1" t="s">
         <v>13</v>
       </c>
@@ -2170,67 +2174,73 @@
         <f>H7*17</f>
         <v>925174</v>
       </c>
       <c r="I23" s="39">
         <v>0</v>
       </c>
       <c r="K23" s="9">
         <v>45839</v>
       </c>
       <c r="L23" s="13">
         <f>L7*17</f>
         <v>2551014.9000000004</v>
       </c>
       <c r="M23" s="39">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C24" s="9">
         <v>45931</v>
       </c>
       <c r="D24" s="13">
         <f>D7*18</f>
         <v>35718452.82</v>
       </c>
-      <c r="E24" s="39"/>
+      <c r="E24" s="39">
+        <v>5166339.3099999996</v>
+      </c>
       <c r="G24" s="21">
         <v>45931</v>
       </c>
       <c r="H24" s="23">
         <f>H7*18</f>
         <v>979596</v>
       </c>
-      <c r="I24" s="39"/>
+      <c r="I24" s="39">
+        <v>41355.410000000003</v>
+      </c>
       <c r="K24" s="9">
         <v>45931</v>
       </c>
       <c r="L24" s="13">
         <f>L7*18</f>
         <v>2701074.6</v>
       </c>
-      <c r="M24" s="39"/>
+      <c r="M24" s="39">
+        <v>0</v>
+      </c>
     </row>
     <row r="25" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C25" s="9">
         <v>46023</v>
       </c>
       <c r="D25" s="13">
         <f>D7*19</f>
         <v>37702811.310000002</v>
       </c>
       <c r="E25" s="39"/>
       <c r="G25" s="21">
         <v>46023</v>
       </c>
       <c r="H25" s="23">
         <f>H7*19</f>
         <v>1034018</v>
       </c>
       <c r="I25" s="39"/>
       <c r="K25" s="9">
         <v>46023</v>
       </c>
       <c r="L25" s="13">
         <f>L7*19</f>
         <v>2851134.3000000003</v>
       </c>
@@ -2250,104 +2260,125 @@
       </c>
       <c r="H26" s="19">
         <f>H7*20</f>
         <v>1088440</v>
       </c>
       <c r="I26" s="40"/>
       <c r="K26" s="10">
         <v>46113</v>
       </c>
       <c r="L26" s="15">
         <f>L7*20</f>
         <v>3001194</v>
       </c>
       <c r="M26" s="40"/>
     </row>
     <row r="27" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C27" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="14">
         <f>D7*20</f>
         <v>39687169.799999997</v>
       </c>
       <c r="E27" s="14">
         <f>SUM(E4:E26)</f>
-        <v>26788402.329999998</v>
+        <v>31954741.639999997</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H27" s="25">
         <f>H26</f>
         <v>1088440</v>
       </c>
       <c r="I27" s="14">
         <f>SUM(I4:I26)</f>
-        <v>904363.11000000022</v>
+        <v>945718.52000000025</v>
       </c>
       <c r="K27" s="11" t="s">
         <v>10</v>
       </c>
       <c r="L27" s="14">
         <f>L7*20</f>
         <v>3001194</v>
       </c>
       <c r="M27" s="14">
         <f>SUM(M4:M26)</f>
         <v>2810913.37</v>
       </c>
     </row>
     <row r="28" spans="3:15" x14ac:dyDescent="0.25">
       <c r="G28" s="26"/>
       <c r="H28" s="26"/>
     </row>
     <row r="30" spans="3:15" x14ac:dyDescent="0.25">
       <c r="I30" s="16"/>
       <c r="O30" s="18"/>
     </row>
     <row r="31" spans="3:15" x14ac:dyDescent="0.25">
       <c r="I31" s="16"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e5a521f0-a6f6-4edd-9f17-67aab279c36f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5483e490-0af1-4a6b-be95-53a173d9a4b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Number xmlns="5483e490-0af1-4a6b-be95-53a173d9a4b5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EBFF9A500805094E93638FF8ADDC167A" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="344d68760222d99c035059e56f8774b5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5483e490-0af1-4a6b-be95-53a173d9a4b5" xmlns:ns3="e5a521f0-a6f6-4edd-9f17-67aab279c36f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c3348156dca3f09bde7f83b4df24312c" ns2:_="" ns3:_="">
     <xsd:import namespace="5483e490-0af1-4a6b-be95-53a173d9a4b5"/>
     <xsd:import namespace="e5a521f0-a6f6-4edd-9f17-67aab279c36f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -2564,111 +2595,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CC3D479-7034-4D81-A2C1-1D93608746C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="5483e490-0af1-4a6b-be95-53a173d9a4b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e5a521f0-a6f6-4edd-9f17-67aab279c36f"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{968002DE-0B67-4756-BBD5-167727C3B956}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D83BDDA7-17EB-4535-B62B-48B50A1D0846}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5483e490-0af1-4a6b-be95-53a173d9a4b5"/>
     <ds:schemaRef ds:uri="e5a521f0-a6f6-4edd-9f17-67aab279c36f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...23 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Outcomes</vt:lpstr>
       <vt:lpstr>Expenditures</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>