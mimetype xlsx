--- v1 (2025-12-11)
+++ v2 (2026-02-24)
@@ -3,60 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iowa1-my.sharepoint.com/personal/hayley_crozier_iowaeda_com/Documents/Desktop/4.13.20/DRGR QPR Action Plan/DR19 QPR/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="81" documentId="8_{A5395EA9-6D30-40AF-98EE-3C0F1FF66287}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E766009E-E62B-4BEF-9776-E86D4189024E}"/>
+  <xr:revisionPtr revIDLastSave="90" documentId="8_{A5395EA9-6D30-40AF-98EE-3C0F1FF66287}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0AA0A8FA-4701-418C-A377-7E06BAC3BCA5}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{BA805757-BD91-482B-A053-94CA38043113}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BA805757-BD91-482B-A053-94CA38043113}"/>
   </bookViews>
   <sheets>
     <sheet name="Outcomes" sheetId="1" r:id="rId1"/>
     <sheet name="Expenditures" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -831,52 +831,52 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{59CC5AA4-2B7A-463A-A854-23A7EEE068BE}">
   <dimension ref="C2:R32"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="M26" sqref="G26:M26"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="R25" sqref="R25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.140625" style="26"/>
     <col min="3" max="3" width="10" style="26" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="26" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="26"/>
     <col min="7" max="7" width="9.7109375" style="26" customWidth="1"/>
     <col min="8" max="8" width="11" style="26" customWidth="1"/>
     <col min="9" max="9" width="11.28515625" style="26" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="26"/>
     <col min="11" max="12" width="10.42578125" style="26" customWidth="1"/>
     <col min="13" max="13" width="12" style="26" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="26"/>
   </cols>
   <sheetData>
     <row r="2" spans="3:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="3:13" x14ac:dyDescent="0.25">
       <c r="C3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D3" s="20"/>
       <c r="E3" s="27"/>
       <c r="G3" s="1" t="s">
@@ -1412,56 +1412,60 @@
       </c>
       <c r="H26" s="17">
         <v>4</v>
       </c>
       <c r="I26" s="29">
         <v>26</v>
       </c>
       <c r="K26" s="21">
         <v>45931</v>
       </c>
       <c r="L26" s="17"/>
       <c r="M26" s="29">
         <v>7</v>
       </c>
     </row>
     <row r="27" spans="3:18" x14ac:dyDescent="0.25">
       <c r="C27" s="21">
         <v>46023</v>
       </c>
       <c r="D27" s="32"/>
       <c r="E27" s="30"/>
       <c r="G27" s="21">
         <v>46023</v>
       </c>
       <c r="H27" s="17"/>
-      <c r="I27" s="29"/>
+      <c r="I27" s="29">
+        <v>0</v>
+      </c>
       <c r="K27" s="21">
         <v>46023</v>
       </c>
       <c r="L27" s="17"/>
-      <c r="M27" s="29"/>
+      <c r="M27" s="29">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="3:18" x14ac:dyDescent="0.25">
       <c r="C28" s="21">
         <v>46113</v>
       </c>
       <c r="D28" s="32"/>
       <c r="E28" s="30"/>
       <c r="G28" s="21">
         <v>46113</v>
       </c>
       <c r="H28" s="17"/>
       <c r="I28" s="29"/>
       <c r="K28" s="21">
         <v>46113</v>
       </c>
       <c r="L28" s="17">
         <f>40+7</f>
         <v>47</v>
       </c>
       <c r="M28" s="29"/>
     </row>
     <row r="29" spans="3:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C29" s="24">
         <v>46204</v>
       </c>
@@ -1488,77 +1492,77 @@
       </c>
       <c r="E30" s="37">
         <f>SUM(E6:E29)</f>
         <v>212</v>
       </c>
       <c r="G30" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H30" s="37">
         <f>SUM(H5:H29)</f>
         <v>83</v>
       </c>
       <c r="I30" s="37">
         <f>SUM(I6:I29)</f>
         <v>78</v>
       </c>
       <c r="K30" s="11" t="s">
         <v>10</v>
       </c>
       <c r="L30" s="37">
         <f>SUM(L5:L29)</f>
         <v>170</v>
       </c>
       <c r="M30" s="37">
         <f>SUM(M6:M29)</f>
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="3:18" x14ac:dyDescent="0.25">
       <c r="H31" s="37"/>
       <c r="I31" s="37"/>
       <c r="M31" s="37"/>
     </row>
     <row r="32" spans="3:18" x14ac:dyDescent="0.25">
       <c r="C32" s="38" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D24:E24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8E4FB143-B412-4659-9885-90C21BD7EA42}">
   <dimension ref="C2:O31"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="E24" sqref="E24"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="N23" sqref="N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="10.28515625" customWidth="1"/>
     <col min="4" max="4" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.5703125" customWidth="1"/>
     <col min="8" max="8" width="14.85546875" customWidth="1"/>
     <col min="9" max="9" width="14.140625" customWidth="1"/>
     <col min="11" max="11" width="12" customWidth="1"/>
     <col min="12" max="13" width="14.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="3:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="3:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="3"/>
       <c r="G3" s="1" t="s">
         <v>13</v>
       </c>
@@ -2206,179 +2210,164 @@
         <f>H7*18</f>
         <v>979596</v>
       </c>
       <c r="I24" s="39">
         <v>41355.410000000003</v>
       </c>
       <c r="K24" s="9">
         <v>45931</v>
       </c>
       <c r="L24" s="13">
         <f>L7*18</f>
         <v>2701074.6</v>
       </c>
       <c r="M24" s="39">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C25" s="9">
         <v>46023</v>
       </c>
       <c r="D25" s="13">
         <f>D7*19</f>
         <v>37702811.310000002</v>
       </c>
-      <c r="E25" s="39"/>
+      <c r="E25" s="39">
+        <v>622860.43000000005</v>
+      </c>
       <c r="G25" s="21">
         <v>46023</v>
       </c>
       <c r="H25" s="23">
         <f>H7*19</f>
         <v>1034018</v>
       </c>
-      <c r="I25" s="39"/>
+      <c r="I25" s="39">
+        <v>34834.769999999997</v>
+      </c>
       <c r="K25" s="9">
         <v>46023</v>
       </c>
       <c r="L25" s="13">
         <f>L7*19</f>
         <v>2851134.3000000003</v>
       </c>
-      <c r="M25" s="39"/>
+      <c r="M25" s="39">
+        <v>0</v>
+      </c>
     </row>
     <row r="26" spans="3:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C26" s="10">
         <v>46113</v>
       </c>
       <c r="D26" s="15">
         <f>D7*20</f>
         <v>39687169.799999997</v>
       </c>
       <c r="E26" s="40"/>
       <c r="G26" s="24">
         <v>46113</v>
       </c>
       <c r="H26" s="19">
         <f>H7*20</f>
         <v>1088440</v>
       </c>
       <c r="I26" s="40"/>
       <c r="K26" s="10">
         <v>46113</v>
       </c>
       <c r="L26" s="15">
         <f>L7*20</f>
         <v>3001194</v>
       </c>
       <c r="M26" s="40"/>
     </row>
     <row r="27" spans="3:15" x14ac:dyDescent="0.25">
       <c r="C27" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="14">
         <f>D7*20</f>
         <v>39687169.799999997</v>
       </c>
       <c r="E27" s="14">
         <f>SUM(E4:E26)</f>
-        <v>31954741.639999997</v>
+        <v>32577602.069999997</v>
       </c>
       <c r="G27" s="11" t="s">
         <v>10</v>
       </c>
       <c r="H27" s="25">
         <f>H26</f>
         <v>1088440</v>
       </c>
       <c r="I27" s="14">
         <f>SUM(I4:I26)</f>
-        <v>945718.52000000025</v>
+        <v>980553.29000000027</v>
       </c>
       <c r="K27" s="11" t="s">
         <v>10</v>
       </c>
       <c r="L27" s="14">
         <f>L7*20</f>
         <v>3001194</v>
       </c>
       <c r="M27" s="14">
         <f>SUM(M4:M26)</f>
         <v>2810913.37</v>
       </c>
     </row>
     <row r="28" spans="3:15" x14ac:dyDescent="0.25">
       <c r="G28" s="26"/>
       <c r="H28" s="26"/>
     </row>
     <row r="30" spans="3:15" x14ac:dyDescent="0.25">
       <c r="I30" s="16"/>
       <c r="O30" s="18"/>
     </row>
     <row r="31" spans="3:15" x14ac:dyDescent="0.25">
       <c r="I31" s="16"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EBFF9A500805094E93638FF8ADDC167A" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="344d68760222d99c035059e56f8774b5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5483e490-0af1-4a6b-be95-53a173d9a4b5" xmlns:ns3="e5a521f0-a6f6-4edd-9f17-67aab279c36f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c3348156dca3f09bde7f83b4df24312c" ns2:_="" ns3:_="">
     <xsd:import namespace="5483e490-0af1-4a6b-be95-53a173d9a4b5"/>
     <xsd:import namespace="e5a521f0-a6f6-4edd-9f17-67aab279c36f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -2595,90 +2584,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e5a521f0-a6f6-4edd-9f17-67aab279c36f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5483e490-0af1-4a6b-be95-53a173d9a4b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Number xmlns="5483e490-0af1-4a6b-be95-53a173d9a4b5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D83BDDA7-17EB-4535-B62B-48B50A1D0846}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5483e490-0af1-4a6b-be95-53a173d9a4b5"/>
     <ds:schemaRef ds:uri="e5a521f0-a6f6-4edd-9f17-67aab279c36f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{968002DE-0B67-4756-BBD5-167727C3B956}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CC3D479-7034-4D81-A2C1-1D93608746C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="5483e490-0af1-4a6b-be95-53a173d9a4b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e5a521f0-a6f6-4edd-9f17-67aab279c36f"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Outcomes</vt:lpstr>
       <vt:lpstr>Expenditures</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>