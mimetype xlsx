--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -1,467 +1,390 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28429"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iowa1-my.sharepoint.com/personal/eli_wilson_iowaeda_com/Documents/Desktop/Exhibit Cs/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iowa1-my.sharepoint.com/personal/eli_wilson_iowaeda_com/Documents/Desktop/Website Updates/Exhibit C Templates/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="158" documentId="13_ncr:1_{A02713CC-C618-4625-8361-9D50D0196474}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AEA27744-ABE8-4023-ACF8-79D5B12F964D}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="XLlR1krYLimu0qhIz8bcRMV9ohhB5LlFY2LptfnivH7ffgGvEZzz3UGrXvnBMN2PxCjpSCvY96zLlTvxn0+cLQ==" workbookSaltValue="+fMH0zBNSRvOASyHA7idAQ==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="8_{3A6B37CF-9FF0-457C-8BC2-0661E06A0366}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DDC02D4A-6E00-4519-9185-EF0C23FC0E55}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="480" windowWidth="28905" windowHeight="15000" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1170" yWindow="1170" windowWidth="25875" windowHeight="13275" activeTab="1" xr2:uid="{9AD3E9D7-FD82-488C-A870-0E858E3C2E46}"/>
   </bookViews>
   <sheets>
     <sheet name="TITLE PAGE" sheetId="3" r:id="rId1"/>
-    <sheet name="EXPENSES" sheetId="1" r:id="rId2"/>
+    <sheet name="EXPENSES" sheetId="2" r:id="rId2"/>
+    <sheet name="SOURCES" sheetId="1" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
+  <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F4" i="1" l="1"/>
-[...14 lines deleted...]
-  <c r="E35" i="1" l="1"/>
+  <c r="C23" i="1" l="1"/>
+  <c r="F24" i="2"/>
+  <c r="D24" i="2"/>
+  <c r="G22" i="2"/>
+  <c r="H22" i="2" s="1"/>
+  <c r="F22" i="2"/>
+  <c r="E22" i="2"/>
+  <c r="D22" i="2"/>
+  <c r="C22" i="2"/>
+  <c r="H21" i="2"/>
+  <c r="H19" i="2"/>
+  <c r="H18" i="2"/>
+  <c r="H17" i="2"/>
+  <c r="H16" i="2"/>
+  <c r="H15" i="2"/>
+  <c r="G12" i="2"/>
+  <c r="G24" i="2" s="1"/>
+  <c r="F12" i="2"/>
+  <c r="E12" i="2"/>
+  <c r="E24" i="2" s="1"/>
+  <c r="D12" i="2"/>
+  <c r="C12" i="2"/>
+  <c r="C24" i="2" s="1"/>
+  <c r="H11" i="2"/>
+  <c r="H10" i="2"/>
+  <c r="H9" i="2"/>
+  <c r="H6" i="2"/>
+  <c r="H5" i="2"/>
+  <c r="H4" i="2"/>
+  <c r="H12" i="2" l="1"/>
+  <c r="H24" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
+  <si>
+    <t>Iowa Redevelopment Tax Credit Program</t>
+  </si>
   <si>
     <t>Exhibit C:  Schedule of Claimed Expenses Form</t>
-  </si>
-[...193 lines deleted...]
-    <t>Foundation Repair/Grading</t>
   </si>
   <si>
     <t>Iowa Economic Development Authority, Redevelopment Tax Credit Program
 1963 Bell Avenue Suite 200, Des Moines, IA 50315
-Phone:  515.348.6196 Email: brownfields@iowaeda.com</t>
-[...2 lines deleted...]
-    <t>105-28</t>
+Phone:  515.348.6196 Email: eli.wilson@iowaeda.com</t>
+  </si>
+  <si>
+    <t>Date:</t>
+  </si>
+  <si>
+    <t>Contract Number:</t>
+  </si>
+  <si>
+    <t>Project Name:</t>
+  </si>
+  <si>
+    <t>Before submitting, consult the following…</t>
+  </si>
+  <si>
+    <t>Contact the Redevelopment Program Manager with any questions before submission</t>
+  </si>
+  <si>
+    <t>CATEGORY TITLE</t>
+  </si>
+  <si>
+    <t>Vendor #1</t>
+  </si>
+  <si>
+    <t>Vendor #2</t>
+  </si>
+  <si>
+    <t>Vendor #3</t>
+  </si>
+  <si>
+    <t>Vendor #4</t>
+  </si>
+  <si>
+    <t>(Add Columns for Each Vendor)</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Purchase Price</t>
+  </si>
+  <si>
+    <t>Building Acquisition</t>
+  </si>
+  <si>
+    <t>Land Acquisition</t>
+  </si>
+  <si>
+    <t>Purchase Price Total</t>
+  </si>
+  <si>
+    <t>Cleanup Costs</t>
+  </si>
+  <si>
+    <t>Asbestos Removal</t>
+  </si>
+  <si>
+    <t>Ground Contamination Cleanup/Disposal</t>
+  </si>
+  <si>
+    <t>Water Contamination Cleanup/Disposal</t>
+  </si>
+  <si>
+    <t>Cleanup Costs Total</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Redevelopment Costs</t>
+  </si>
+  <si>
+    <t>Site Development (including demolition)</t>
+  </si>
+  <si>
+    <t>Construction (materials ONLY)</t>
+  </si>
+  <si>
+    <t>Construction (Labor and Operations)</t>
   </si>
   <si>
     <t>Architect/Engineering Costs and Fees</t>
   </si>
   <si>
-    <t>105-29</t>
-[...48 lines deleted...]
-    <t>Contact the Redevelopment Program Manager with any questions before submission</t>
+    <t>Permitting Costs and Fees</t>
+  </si>
+  <si>
+    <t>Legal Fees Relating to Project</t>
+  </si>
+  <si>
+    <t>All Other Soft Costs</t>
+  </si>
+  <si>
+    <t>Redevelopment Costs Total</t>
+  </si>
+  <si>
+    <t>Grand Total</t>
+  </si>
+  <si>
+    <t>FINAL CASH SOURCES</t>
+  </si>
+  <si>
+    <t>Redevelopment Tax Credit</t>
+  </si>
+  <si>
+    <t>WHTC Equity</t>
+  </si>
+  <si>
+    <t>LIHTC Equity</t>
+  </si>
+  <si>
+    <t>Historic Tax Credit Equity (STATE ONLY)</t>
+  </si>
+  <si>
+    <t>Historic Tax Credit Equity ( FEDERAL ONLY)</t>
+  </si>
+  <si>
+    <t>HOME (Loan)</t>
+  </si>
+  <si>
+    <t>HOME (Grant or Forgivable Loan)</t>
+  </si>
+  <si>
+    <t>FHLB Affordable Housing Program (Loan)</t>
+  </si>
+  <si>
+    <t>FHLB Affordable Housing Program (Grant or Forgivable Loan)</t>
+  </si>
+  <si>
+    <t>USDA-RD (Loan)</t>
+  </si>
+  <si>
+    <t>USDA-RD (Grant or Forgivable Loan)</t>
+  </si>
+  <si>
+    <t>Local Match (Loan)</t>
+  </si>
+  <si>
+    <t>Local Match (Grant or Forgivable Loan)</t>
+  </si>
+  <si>
+    <t>Local Match (Property Tax Abatement or Refund)</t>
+  </si>
+  <si>
+    <t>Local Match (In-kind)</t>
+  </si>
+  <si>
+    <t>Developer (Cash or Equity)</t>
+  </si>
+  <si>
+    <t>Private Lender (Loan)</t>
+  </si>
+  <si>
+    <t>All Other Public Sources (Loan)</t>
+  </si>
+  <si>
+    <t>All Other Public Sources (Grant or Forgivable Loan)</t>
+  </si>
+  <si>
+    <t>FINAL CASH SOURCES TOTAL</t>
+  </si>
+  <si>
+    <t>To save excel sheet as PDF for submission to IEDA…</t>
+  </si>
+  <si>
+    <t>Select File -&gt; Print</t>
+  </si>
+  <si>
+    <t>Under Printer, Select PDF</t>
+  </si>
+  <si>
+    <t>Under Settings, Select Print Entire Workbook</t>
+  </si>
+  <si>
+    <t>Reference the non-qualifying cost list in Program Guide on the Redevelopment website prior to filling out expenses tab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
+      <b/>
       <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <name val="Times New Roman"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="14"/>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...18 lines deleted...]
-      <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="18">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -546,1871 +469,1610 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
-      <top style="thin">
-[...4 lines deleted...]
-      </bottom>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...4 lines deleted...]
-      </bottom>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-    </xf>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...49 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BF990E2-1169-4F33-9270-886AC927BAE6}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{13A217D9-AB68-45B0-9320-57F6DD52ECA5}">
   <sheetPr>
-    <tabColor theme="3" tint="0.59999389629810485"/>
+    <tabColor theme="3" tint="0.499984740745262"/>
   </sheetPr>
-  <dimension ref="A1:G32"/>
+  <dimension ref="B1:H18"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="D11" sqref="D11"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="B17" sqref="B17:G17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="27.42578125" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="9.7109375" customWidth="1"/>
+    <col min="1" max="1" width="2.28515625" customWidth="1"/>
+    <col min="4" max="4" width="14" customWidth="1"/>
+    <col min="7" max="7" width="31" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="20.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="39" t="s">
+    <row r="1" spans="2:7" ht="20.25" x14ac:dyDescent="0.25">
+      <c r="B1" s="37" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="38"/>
+      <c r="D1" s="38"/>
+      <c r="E1" s="38"/>
+      <c r="F1" s="38"/>
+      <c r="G1" s="39"/>
+    </row>
+    <row r="2" spans="2:7" ht="21" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="40" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="42"/>
+    </row>
+    <row r="3" spans="2:7" ht="21" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="38"/>
+      <c r="C3" s="38"/>
+      <c r="D3" s="38"/>
+      <c r="E3" s="38"/>
+      <c r="F3" s="38"/>
+      <c r="G3" s="38"/>
+    </row>
+    <row r="4" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B4" s="43" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="44"/>
+      <c r="D4" s="44"/>
+      <c r="E4" s="44"/>
+      <c r="F4" s="44"/>
+      <c r="G4" s="45"/>
+    </row>
+    <row r="5" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="46"/>
+      <c r="C5" s="47"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="47"/>
+      <c r="G5" s="48"/>
+    </row>
+    <row r="6" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="46"/>
+      <c r="C6" s="47"/>
+      <c r="D6" s="47"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="47"/>
+      <c r="G6" s="48"/>
+    </row>
+    <row r="7" spans="2:7" ht="21" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="38"/>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="38"/>
+      <c r="F7" s="38"/>
+      <c r="G7" s="38"/>
+    </row>
+    <row r="8" spans="2:7" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B8" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="C8" s="2"/>
+      <c r="D8" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" s="49"/>
+      <c r="F8" s="49"/>
+      <c r="G8" s="50"/>
+    </row>
+    <row r="9" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31"/>
+      <c r="E9" s="31"/>
+      <c r="F9" s="31"/>
+      <c r="G9" s="32"/>
+    </row>
+    <row r="10" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="29"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="29"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+    </row>
+    <row r="11" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" s="53"/>
+      <c r="D11" s="53"/>
+      <c r="E11" s="53"/>
+      <c r="F11" s="53"/>
+      <c r="G11" s="54"/>
+    </row>
+    <row r="12" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B12" s="55" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" s="56"/>
+      <c r="D12" s="56"/>
+      <c r="E12" s="56"/>
+      <c r="F12" s="56"/>
+      <c r="G12" s="57"/>
+    </row>
+    <row r="13" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B13" s="55" t="s">
         <v>58</v>
       </c>
-      <c r="B1" s="40"/>
-[...181 lines deleted...]
-      <c r="F32"/>
+      <c r="C13" s="56"/>
+      <c r="D13" s="56"/>
+      <c r="E13" s="56"/>
+      <c r="F13" s="56"/>
+      <c r="G13" s="57"/>
+    </row>
+    <row r="14" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B14" s="58" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" s="59"/>
+      <c r="D14" s="59"/>
+      <c r="E14" s="59"/>
+      <c r="F14" s="59"/>
+      <c r="G14" s="60"/>
+    </row>
+    <row r="15" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="26"/>
+      <c r="C15" s="26"/>
+      <c r="D15" s="26"/>
+      <c r="E15" s="26"/>
+      <c r="F15" s="26"/>
+      <c r="G15" s="26"/>
+    </row>
+    <row r="16" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="33" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="34"/>
+      <c r="D16" s="34"/>
+      <c r="E16" s="34"/>
+      <c r="F16" s="34"/>
+      <c r="G16" s="35"/>
+    </row>
+    <row r="17" spans="2:8" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="36" t="s">
+        <v>60</v>
+      </c>
+      <c r="C17" s="36"/>
+      <c r="D17" s="36"/>
+      <c r="E17" s="36"/>
+      <c r="F17" s="36"/>
+      <c r="G17" s="36"/>
+      <c r="H17" s="4"/>
+    </row>
+    <row r="18" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B18" s="51" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" s="51"/>
+      <c r="D18" s="51"/>
+      <c r="E18" s="51"/>
+      <c r="F18" s="51"/>
+      <c r="G18" s="51"/>
     </row>
   </sheetData>
-  <sheetProtection formatColumns="0" selectLockedCells="1"/>
-[...12 lines deleted...]
-    <mergeCell ref="A10:F10"/>
+  <mergeCells count="14">
+    <mergeCell ref="B18:G18"/>
+    <mergeCell ref="B11:G11"/>
+    <mergeCell ref="B12:G12"/>
+    <mergeCell ref="B13:G13"/>
+    <mergeCell ref="B14:G14"/>
+    <mergeCell ref="B9:G9"/>
+    <mergeCell ref="B16:G16"/>
+    <mergeCell ref="B17:G17"/>
+    <mergeCell ref="B1:G1"/>
+    <mergeCell ref="B2:G2"/>
+    <mergeCell ref="B3:G3"/>
+    <mergeCell ref="B4:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="E8:G8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup orientation="portrait" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{520B6D80-B1B8-4620-960C-28993C0D7A33}">
   <sheetPr>
-    <tabColor rgb="FF92D050"/>
+    <tabColor rgb="FFFFFF00"/>
   </sheetPr>
-  <dimension ref="A1:H35"/>
+  <dimension ref="B1:H24"/>
   <sheetViews>
-    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="D3" sqref="D3"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="C2" sqref="C2:C10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="13.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="13.7109375" style="16"/>
+    <col min="1" max="1" width="1.85546875" customWidth="1"/>
+    <col min="2" max="2" width="29.42578125" customWidth="1"/>
+    <col min="3" max="8" width="14.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E1" s="6" t="s">
+    <row r="1" spans="2:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="2:8" ht="43.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="F1" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H1" s="6" t="s">
+      <c r="C2" s="6" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="20" t="s">
+      <c r="D2" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="21" t="s">
+      <c r="E2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="C2" s="3"/>
-[...6 lines deleted...]
-      <c r="A3" s="22" t="s">
+      <c r="F2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B3" s="23" t="s">
+      <c r="G2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="C3" s="7">
-[...14 lines deleted...]
-      <c r="B4" s="25" t="s">
+      <c r="H2" s="6" t="s">
         <v>14</v>
       </c>
+    </row>
+    <row r="3" spans="2:8" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B3" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
+      <c r="F3" s="8"/>
+      <c r="G3" s="8"/>
+      <c r="H3" s="8"/>
+    </row>
+    <row r="4" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B4" s="9" t="s">
+        <v>16</v>
+      </c>
       <c r="C4" s="10">
-        <f>C3</f>
-[...3 lines deleted...]
-        <f>D3</f>
+        <v>0</v>
+      </c>
+      <c r="D4" s="11">
         <v>0</v>
       </c>
       <c r="E4" s="10">
-        <f>E3</f>
         <v>0</v>
       </c>
       <c r="F4" s="10">
-        <f>F3</f>
-[...24 lines deleted...]
-      <c r="A7" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="G4" s="10">
+        <v>0</v>
+      </c>
+      <c r="H4" s="12">
+        <f>SUM(C4:G4)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B5" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="B7" s="23" t="s">
+      <c r="C5" s="10">
+        <v>0</v>
+      </c>
+      <c r="D5" s="11">
+        <v>0</v>
+      </c>
+      <c r="E5" s="10">
+        <v>0</v>
+      </c>
+      <c r="F5" s="10">
+        <v>0</v>
+      </c>
+      <c r="G5" s="10">
+        <v>0</v>
+      </c>
+      <c r="H5" s="12">
+        <f>SUM(C5:G5)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B6" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="C7" s="7">
-[...13 lines deleted...]
-      <c r="A8" s="22" t="s">
+      <c r="C6" s="10">
+        <v>0</v>
+      </c>
+      <c r="D6" s="11">
+        <v>0</v>
+      </c>
+      <c r="E6" s="10">
+        <v>0</v>
+      </c>
+      <c r="F6" s="10">
+        <v>0</v>
+      </c>
+      <c r="G6" s="10">
+        <v>0</v>
+      </c>
+      <c r="H6" s="12">
+        <f>SUM(C6:G6)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B7" s="14"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="15"/>
+      <c r="E7" s="15"/>
+      <c r="F7" s="15"/>
+      <c r="G7" s="15"/>
+      <c r="H7" s="12"/>
+    </row>
+    <row r="8" spans="2:8" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B8" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="B8" s="23" t="s">
+      <c r="C8" s="16"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="16"/>
+      <c r="G8" s="16"/>
+      <c r="H8" s="12"/>
+    </row>
+    <row r="9" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B9" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="C8" s="7">
-[...13 lines deleted...]
-      <c r="A9" s="22" t="s">
+      <c r="C9" s="10">
+        <v>0</v>
+      </c>
+      <c r="D9" s="11">
+        <v>0</v>
+      </c>
+      <c r="E9" s="10">
+        <v>0</v>
+      </c>
+      <c r="F9" s="10">
+        <v>0</v>
+      </c>
+      <c r="G9" s="10">
+        <v>0</v>
+      </c>
+      <c r="H9" s="17">
+        <f>SUM(C9:G9)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="B10" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="26" t="s">
+      <c r="C10" s="10">
+        <v>0</v>
+      </c>
+      <c r="D10" s="11">
+        <v>0</v>
+      </c>
+      <c r="E10" s="10">
+        <v>0</v>
+      </c>
+      <c r="F10" s="10">
+        <v>0</v>
+      </c>
+      <c r="G10" s="10">
+        <v>0</v>
+      </c>
+      <c r="H10" s="17">
+        <f>SUM(C10:G10)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="B11" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="7">
-[...13 lines deleted...]
-      <c r="A10" s="22" t="s">
+      <c r="C11" s="10">
+        <v>0</v>
+      </c>
+      <c r="D11" s="11">
+        <v>0</v>
+      </c>
+      <c r="E11" s="10">
+        <v>0</v>
+      </c>
+      <c r="F11" s="10">
+        <v>0</v>
+      </c>
+      <c r="G11" s="10">
+        <v>0</v>
+      </c>
+      <c r="H11" s="17">
+        <f>SUM(C11:G11)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B12" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="B10" s="27" t="s">
+      <c r="C12" s="21">
+        <f>SUM(C9:C11)</f>
+        <v>0</v>
+      </c>
+      <c r="D12" s="21">
+        <f>SUM(D9:D11)</f>
+        <v>0</v>
+      </c>
+      <c r="E12" s="21">
+        <f>SUM(E9:E11)</f>
+        <v>0</v>
+      </c>
+      <c r="F12" s="21">
+        <f>SUM(F9:F11)</f>
+        <v>0</v>
+      </c>
+      <c r="G12" s="21">
+        <f>SUM(G9:G11)</f>
+        <v>0</v>
+      </c>
+      <c r="H12" s="12">
+        <f>SUM(C12:G12)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B13" s="18" t="s">
         <v>24</v>
       </c>
-      <c r="C10" s="7">
-[...13 lines deleted...]
-      <c r="A11" s="22" t="s">
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="22"/>
+      <c r="H13" s="12"/>
+    </row>
+    <row r="14" spans="2:8" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B14" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16"/>
+      <c r="E14" s="16"/>
+      <c r="F14" s="16"/>
+      <c r="G14" s="16"/>
+      <c r="H14" s="12"/>
+    </row>
+    <row r="15" spans="2:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="B15" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="27" t="s">
+      <c r="C15" s="10">
+        <v>0</v>
+      </c>
+      <c r="D15" s="11">
+        <v>0</v>
+      </c>
+      <c r="E15" s="10">
+        <v>0</v>
+      </c>
+      <c r="F15" s="10">
+        <v>0</v>
+      </c>
+      <c r="G15" s="10">
+        <v>0</v>
+      </c>
+      <c r="H15" s="17">
+        <f>SUM(C15:G15)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B16" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="C11" s="7">
-[...13 lines deleted...]
-      <c r="A12" s="22" t="s">
+      <c r="C16" s="10">
+        <v>0</v>
+      </c>
+      <c r="D16" s="11">
+        <v>0</v>
+      </c>
+      <c r="E16" s="10">
+        <v>0</v>
+      </c>
+      <c r="F16" s="10">
+        <v>0</v>
+      </c>
+      <c r="G16" s="10">
+        <v>0</v>
+      </c>
+      <c r="H16" s="17">
+        <f>SUM(C16:G16)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="2:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="B17" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="27" t="s">
+      <c r="C17" s="10">
+        <v>0</v>
+      </c>
+      <c r="D17" s="11">
+        <v>0</v>
+      </c>
+      <c r="E17" s="10">
+        <v>0</v>
+      </c>
+      <c r="F17" s="10">
+        <v>0</v>
+      </c>
+      <c r="G17" s="10">
+        <v>0</v>
+      </c>
+      <c r="H17" s="17">
+        <f>SUM(C17:G17)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="2:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="B18" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="7">
-[...14 lines deleted...]
-      <c r="B13" s="28" t="s">
+      <c r="C18" s="10">
+        <v>0</v>
+      </c>
+      <c r="D18" s="11">
+        <v>0</v>
+      </c>
+      <c r="E18" s="10">
+        <v>0</v>
+      </c>
+      <c r="F18" s="10">
+        <v>0</v>
+      </c>
+      <c r="G18" s="10">
+        <v>0</v>
+      </c>
+      <c r="H18" s="17">
+        <f>SUM(C18:G18)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B19" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="C13" s="11">
-[...27 lines deleted...]
-      <c r="A15" s="20" t="s">
+      <c r="C19" s="10">
+        <v>0</v>
+      </c>
+      <c r="D19" s="11">
+        <v>0</v>
+      </c>
+      <c r="E19" s="10">
+        <v>0</v>
+      </c>
+      <c r="F19" s="10">
+        <v>0</v>
+      </c>
+      <c r="G19" s="10">
+        <v>0</v>
+      </c>
+      <c r="H19" s="17">
+        <f>SUM(C19:G19)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B20" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="B15" s="21" t="s">
+      <c r="C20" s="10">
+        <v>0</v>
+      </c>
+      <c r="D20" s="11">
+        <v>0</v>
+      </c>
+      <c r="E20" s="10">
+        <v>0</v>
+      </c>
+      <c r="F20" s="10">
+        <v>0</v>
+      </c>
+      <c r="G20" s="10">
+        <v>0</v>
+      </c>
+      <c r="H20" s="17"/>
+    </row>
+    <row r="21" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B21" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="C15" s="3"/>
-[...5 lines deleted...]
-      <c r="A16" s="22" t="s">
+      <c r="C21" s="10">
+        <v>0</v>
+      </c>
+      <c r="D21" s="11">
+        <v>0</v>
+      </c>
+      <c r="E21" s="10">
+        <v>0</v>
+      </c>
+      <c r="F21" s="10">
+        <v>0</v>
+      </c>
+      <c r="G21" s="10">
+        <v>0</v>
+      </c>
+      <c r="H21" s="17">
+        <f>SUM(C21:G21)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B22" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="B16" s="23" t="s">
+      <c r="C22" s="23">
+        <f>SUM(C15:C20)</f>
+        <v>0</v>
+      </c>
+      <c r="D22" s="23">
+        <f>SUM(D15:D20)</f>
+        <v>0</v>
+      </c>
+      <c r="E22" s="23">
+        <f>SUM(E15:E20)</f>
+        <v>0</v>
+      </c>
+      <c r="F22" s="23">
+        <f>SUM(F15:F20)</f>
+        <v>0</v>
+      </c>
+      <c r="G22" s="23">
+        <f>SUM(G15:G20)</f>
+        <v>0</v>
+      </c>
+      <c r="H22" s="12">
+        <f>SUM(C22:G22)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B23" s="24"/>
+      <c r="C23" s="25"/>
+      <c r="D23" s="25"/>
+      <c r="E23" s="25"/>
+      <c r="F23" s="25"/>
+      <c r="G23" s="25"/>
+      <c r="H23" s="26"/>
+    </row>
+    <row r="24" spans="2:8" x14ac:dyDescent="0.25">
+      <c r="B24" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="C16" s="7">
-[...380 lines deleted...]
-        <f>SUM(F4,F13,F33)</f>
+      <c r="C24" s="27">
+        <f t="shared" ref="C24:H24" si="0">SUM(C6,C12,C22)</f>
+        <v>0</v>
+      </c>
+      <c r="D24" s="27">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E24" s="27">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F24" s="27">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G24" s="27">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H24" s="27">
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" insertColumns="0" selectLockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
-[...2 lines deleted...]
-  </ignoredErrors>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...279 lines deleted...]
-</ds:datastoreItem>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07537742-121C-4928-BC63-07F37CADCB20}">
+  <sheetPr>
+    <tabColor theme="6" tint="0.39997558519241921"/>
+  </sheetPr>
+  <dimension ref="B2:C23"/>
+  <sheetViews>
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="B29" sqref="B29:B30"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="2" customWidth="1"/>
+    <col min="2" max="2" width="30.140625" customWidth="1"/>
+    <col min="3" max="3" width="30.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B2" s="13" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B3" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B4" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B5" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="2:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B6" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="2:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B7" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B8" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="2:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B9" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B10" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="2:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="B11" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B12" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="2:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B13" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C13" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B14" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C14" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="2:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B15" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C15" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="2:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B16" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B17" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B18" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B19" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B20" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B21" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="2:3" ht="28.5" x14ac:dyDescent="0.25">
+      <c r="B23" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="C23" s="28">
+        <f>SUM(C4:C22)</f>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>TITLE PAGE</vt:lpstr>
       <vt:lpstr>EXPENSES</vt:lpstr>
+      <vt:lpstr>SOURCES</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
-  <Company>Iowa Dept of Economic Development</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Eli Wilson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
-
-[...33 lines deleted...]
-</file>