--- v0 (2025-10-18)
+++ v1 (2026-02-15)
@@ -1,7682 +1,9358 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iowa1-my.sharepoint.com/personal/tim_morlan_iowafinance_com/Documents/Documents/Compliance/CO assignments and project lists/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BA478988-51D1-4363-94C1-194F074187E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CC9E9D45-C559-4CD5-BD80-75ED366C49F0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Projects" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5446" uniqueCount="2501">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6039" uniqueCount="3046">
   <si>
     <t>Project Name</t>
   </si>
   <si>
+    <t>LIHTC #</t>
+  </si>
+  <si>
+    <t>NHTF/HOME #</t>
+  </si>
+  <si>
+    <t>Address</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> City</t>
+  </si>
+  <si>
+    <t>County</t>
+  </si>
+  <si>
+    <t>Compliance Officer</t>
+  </si>
+  <si>
+    <t>Owner Name</t>
+  </si>
+  <si>
+    <t>Owner Contact</t>
+  </si>
+  <si>
+    <t>Owner Phone</t>
+  </si>
+  <si>
+    <t>Mgmt Co Name</t>
+  </si>
+  <si>
+    <t>Mgmt Co Contact</t>
+  </si>
+  <si>
+    <t>Mgmt Co Phone</t>
+  </si>
+  <si>
+    <t>10TH STREET TOWNHOMES</t>
+  </si>
+  <si>
+    <t>13-13-31</t>
+  </si>
+  <si>
+    <t>1101 Ontario St</t>
+  </si>
+  <si>
+    <t>STORM LAKE</t>
+  </si>
+  <si>
+    <t>Buena Vista</t>
+  </si>
+  <si>
+    <t>Blake, Lizzie</t>
+  </si>
+  <si>
+    <t>10th Street Townhomes LLLP</t>
+  </si>
+  <si>
+    <t>Kristie Blankenship</t>
+  </si>
+  <si>
+    <t>Premier Housing Management LLC</t>
+  </si>
+  <si>
+    <t>Jane Wallace</t>
+  </si>
+  <si>
+    <t>4TH AVENUE LOFTS</t>
+  </si>
+  <si>
+    <t>16-30</t>
+  </si>
+  <si>
+    <t>238 4th Ave N</t>
+  </si>
+  <si>
+    <t>CLINTON</t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>4th Avenue Lofts LLC</t>
+  </si>
+  <si>
+    <t>Brian McGeady</t>
+  </si>
+  <si>
+    <t>Pivotal Management LLC</t>
+  </si>
+  <si>
+    <t>Julie Sherard</t>
+  </si>
+  <si>
+    <t>59th Avenue Senior Lofts</t>
+  </si>
+  <si>
+    <t>21-31</t>
+  </si>
+  <si>
+    <t>21-HT-431</t>
+  </si>
+  <si>
+    <t>4720 NW 59th Avenue</t>
+  </si>
+  <si>
+    <t>JOHNSTON</t>
+  </si>
+  <si>
+    <t>Polk</t>
+  </si>
+  <si>
+    <t>59th Avenue Senior Lofts LLC</t>
+  </si>
+  <si>
+    <t>Brian Mcgeady</t>
+  </si>
+  <si>
+    <t>ASBURY HEIGHTS</t>
+  </si>
+  <si>
+    <t>22-06</t>
+  </si>
+  <si>
+    <t>1321 Asbury Avenue</t>
+  </si>
+  <si>
+    <t>OTTUMWA</t>
+  </si>
+  <si>
+    <t>Wapello</t>
+  </si>
+  <si>
+    <t>ASBURY HEIGHTS LLC</t>
+  </si>
+  <si>
+    <t>JAMES DANAHER</t>
+  </si>
+  <si>
+    <t>ASBURY MEADOWS APARTMENTS</t>
+  </si>
+  <si>
+    <t>05-05</t>
+  </si>
+  <si>
+    <t>05-HM-405-731</t>
+  </si>
+  <si>
+    <t>2325 Radford Rd</t>
+  </si>
+  <si>
+    <t>ASBURY</t>
+  </si>
+  <si>
+    <t>Dubuque</t>
+  </si>
+  <si>
+    <t>Eastern Iowa Regional Housing Corporation</t>
+  </si>
+  <si>
+    <t>Michelle Schnier</t>
+  </si>
+  <si>
+    <t>Eastern Iowa Regional Housing Authority</t>
+  </si>
+  <si>
+    <t>Mindy Wiley</t>
+  </si>
+  <si>
+    <t>BENNETT BUILDING</t>
+  </si>
+  <si>
+    <t>00-09</t>
+  </si>
+  <si>
+    <t>405 W Broadway</t>
+  </si>
+  <si>
+    <t>COUNCIL BLUFFS</t>
+  </si>
+  <si>
+    <t>Pottawattamie</t>
+  </si>
+  <si>
+    <t>CB Bennett 2019 LLC</t>
+  </si>
+  <si>
+    <t>Terry Christensen</t>
+  </si>
+  <si>
+    <t>Knudson Management Company</t>
+  </si>
+  <si>
+    <t>Christie Johnsen</t>
+  </si>
+  <si>
+    <t>BLOOMSBURY VILLAGE</t>
+  </si>
+  <si>
+    <t>13-13-15</t>
+  </si>
+  <si>
+    <t>95-HM-411-711</t>
+  </si>
+  <si>
+    <t>1440 E Grand Ave</t>
+  </si>
+  <si>
+    <t>DES MOINES</t>
+  </si>
+  <si>
+    <t>Bloomsbury Village LLLP</t>
+  </si>
+  <si>
+    <t>Henry Parker</t>
+  </si>
+  <si>
+    <t>BLUFFS TOWERS APARTMENTS</t>
+  </si>
+  <si>
+    <t>16-02</t>
+  </si>
+  <si>
+    <t>38 Pearl St</t>
+  </si>
+  <si>
+    <t>The Chieftain LLC</t>
+  </si>
+  <si>
+    <t>K.C. Knudson</t>
+  </si>
+  <si>
+    <t>Dora Stuch</t>
+  </si>
+  <si>
+    <t>BROADWAY HEIGHTS APARTMENTS I</t>
+  </si>
+  <si>
+    <t>13-13-21</t>
+  </si>
+  <si>
+    <t>4282 E 50th St</t>
+  </si>
+  <si>
+    <t>Broadway Heights Apartments I LLLP</t>
+  </si>
+  <si>
+    <t>Russell Endriss</t>
+  </si>
+  <si>
+    <t>Hubbell Property Management</t>
+  </si>
+  <si>
+    <t>Jessica Galvez</t>
+  </si>
+  <si>
+    <t>CEDARBROOKE PLACE APTS</t>
+  </si>
+  <si>
+    <t>10-10-238</t>
+  </si>
+  <si>
+    <t>2503 Cedar St</t>
+  </si>
+  <si>
+    <t>NORWALK</t>
+  </si>
+  <si>
+    <t>Warren</t>
+  </si>
+  <si>
+    <t>Cedarbrooke Place I LLC</t>
+  </si>
+  <si>
+    <t>Centennial Manor Apartments</t>
+  </si>
+  <si>
+    <t>04-51</t>
+  </si>
+  <si>
+    <t>04-HM-452-20</t>
+  </si>
+  <si>
+    <t>441 W 3rd St</t>
+  </si>
+  <si>
+    <t>SIOUX CITY</t>
+  </si>
+  <si>
+    <t>Woodbury</t>
+  </si>
+  <si>
+    <t>Centennial Apartments 24 LLC</t>
+  </si>
+  <si>
+    <t>Aaron Metz</t>
+  </si>
+  <si>
+    <t>Cohen-Esrey Communities LLC</t>
+  </si>
+  <si>
+    <t>David Catlett</t>
+  </si>
+  <si>
+    <t>CENTERVILLE SENIOR LOFTS</t>
+  </si>
+  <si>
+    <t>15-15-19</t>
+  </si>
+  <si>
+    <t>15-HT-419</t>
+  </si>
+  <si>
+    <t>421 N Main St</t>
+  </si>
+  <si>
+    <t>CENTERVILLE</t>
+  </si>
+  <si>
+    <t>Appanoose</t>
+  </si>
+  <si>
+    <t>Centerville Senior Lofts LLC</t>
+  </si>
+  <si>
+    <t>CENTRAL PLACE APTS</t>
+  </si>
+  <si>
+    <t>01-04</t>
+  </si>
+  <si>
+    <t>01-HM-420-28</t>
+  </si>
+  <si>
+    <t>629 Central Ave</t>
+  </si>
+  <si>
+    <t>FORT DODGE</t>
+  </si>
+  <si>
+    <t>Webster</t>
+  </si>
+  <si>
+    <t>Peggy Central Place Senior Residences LLC</t>
+  </si>
+  <si>
+    <t>Peggy Hogan</t>
+  </si>
+  <si>
+    <t>Pacific Management, Inc.</t>
+  </si>
+  <si>
+    <t>Jeffrey Richards</t>
+  </si>
+  <si>
+    <t>CHRIST THE KING SENIOR HOUSING</t>
+  </si>
+  <si>
+    <t>10-10-6</t>
+  </si>
+  <si>
+    <t>10-HM-406-721</t>
+  </si>
+  <si>
+    <t>5601 SW 9th St</t>
+  </si>
+  <si>
+    <t>Christ the King Senior Housing, LLLP</t>
+  </si>
+  <si>
+    <t>Father PJ McManus</t>
+  </si>
+  <si>
+    <t>Newbury Management Company d/b/a Newbury Living</t>
+  </si>
+  <si>
+    <t>Cara Mullins</t>
+  </si>
+  <si>
+    <t>COBBLESTONE PLACE</t>
+  </si>
+  <si>
+    <t>03-22</t>
+  </si>
+  <si>
+    <t>03-HM-222-20</t>
+  </si>
+  <si>
+    <t>1212 W 3rd St</t>
+  </si>
+  <si>
+    <t>DAVENPORT</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Cobblestone Place LLLP</t>
+  </si>
+  <si>
+    <t>Richard Hutsell</t>
+  </si>
+  <si>
+    <t>COBBLESTONE TERRACE</t>
+  </si>
+  <si>
+    <t>03-21</t>
+  </si>
+  <si>
+    <t>03-HM-221-731</t>
+  </si>
+  <si>
+    <t>1102 W 12th St</t>
+  </si>
+  <si>
+    <t>Cobblestone Terrace LLLP</t>
+  </si>
+  <si>
+    <t>Colorado Senior Lofts</t>
+  </si>
+  <si>
+    <t>20-22</t>
+  </si>
+  <si>
+    <t>20-HT-422</t>
+  </si>
+  <si>
+    <t>400 Colorado St.</t>
+  </si>
+  <si>
+    <t>MUSCATINE</t>
+  </si>
+  <si>
+    <t>Muscatine</t>
+  </si>
+  <si>
+    <t>Colorado Senior Lofts LLC</t>
+  </si>
+  <si>
+    <t>CORINTHIAN GARDENS</t>
+  </si>
+  <si>
+    <t>16-16</t>
+  </si>
+  <si>
+    <t>1011 University Ave</t>
+  </si>
+  <si>
+    <t>Corinthian Gardens Associates L.P.</t>
+  </si>
+  <si>
+    <t>Sarai Schnucker-Rice</t>
+  </si>
+  <si>
+    <t>Frank Levy</t>
+  </si>
+  <si>
+    <t>CORNERSTONE COMMONS</t>
+  </si>
+  <si>
+    <t>11-11-22</t>
+  </si>
+  <si>
+    <t>6365 Merle Hay Rd</t>
+  </si>
+  <si>
+    <t>Cornerstone Commons LLC</t>
+  </si>
+  <si>
+    <t>Kristi Morgan</t>
+  </si>
+  <si>
+    <t>COTTAGES AT JOHNSTON COMMONS</t>
+  </si>
+  <si>
+    <t>10-10-7</t>
+  </si>
+  <si>
+    <t>5814 Northglenn Dr</t>
+  </si>
+  <si>
+    <t>CAJC Cottages LLLP</t>
+  </si>
+  <si>
+    <t>COUNTRYSIDE VILLAGE OF MANCHESTER</t>
+  </si>
+  <si>
+    <t>95-78</t>
+  </si>
+  <si>
+    <t>95-HM-413-731</t>
+  </si>
+  <si>
+    <t>500 W Line St</t>
+  </si>
+  <si>
+    <t>MANCHESTER</t>
+  </si>
+  <si>
+    <t>Delaware</t>
+  </si>
+  <si>
+    <t>Countryside Associates of Manchester LP</t>
+  </si>
+  <si>
+    <t>Allyson Needham</t>
+  </si>
+  <si>
+    <t>COURT AVENUE LOFTS</t>
+  </si>
+  <si>
+    <t>04-47</t>
+  </si>
+  <si>
+    <t>308 Court Ave</t>
+  </si>
+  <si>
+    <t>308 Court LLC DBA CourtAve Lofts/MarketPlace Lofts</t>
+  </si>
+  <si>
+    <t>Daniel Doyle</t>
+  </si>
+  <si>
+    <t>CRESTWOOD RIDGE APARTMENTS</t>
+  </si>
+  <si>
+    <t>16-33</t>
+  </si>
+  <si>
+    <t>1200 Edgewood Rd NW</t>
+  </si>
+  <si>
+    <t>CEDAR RAPIDS</t>
+  </si>
+  <si>
+    <t>Linn</t>
+  </si>
+  <si>
+    <t>CB Cedar Rapids Housing LLLP</t>
+  </si>
+  <si>
+    <t>CROSS CREEK APARTMENTS PHASE I</t>
+  </si>
+  <si>
+    <t>07-37</t>
+  </si>
+  <si>
+    <t>5901 Elmore Ave</t>
+  </si>
+  <si>
+    <t>Phillip J Pedcor Investments 2006 LXXXIX LLC</t>
+  </si>
+  <si>
+    <t>Phillip J Stoffregen</t>
+  </si>
+  <si>
+    <t>Pedcor Management Corp</t>
+  </si>
+  <si>
+    <t>Jennifer Smith</t>
+  </si>
+  <si>
+    <t>CROSS CREEK APARTMENTS PHASE II</t>
+  </si>
+  <si>
+    <t>08-0901</t>
+  </si>
+  <si>
+    <t>Pedcor Investments-2008-CXVII, LLC</t>
+  </si>
+  <si>
+    <t>CYPRESS LOFTS</t>
+  </si>
+  <si>
+    <t>17-23</t>
+  </si>
+  <si>
+    <t>1225 Jacolyn Dr SW</t>
+  </si>
+  <si>
+    <t>Cypress Lofts LLC</t>
+  </si>
+  <si>
+    <t>EAST DES MOINES REHAB</t>
+  </si>
+  <si>
+    <t>10-10-10</t>
+  </si>
+  <si>
+    <t>93-400-731-02</t>
+  </si>
+  <si>
+    <t>1441 Des Moines St</t>
+  </si>
+  <si>
+    <t>East Des Moines Refi LLLP</t>
+  </si>
+  <si>
+    <t>EHDG New Horizons</t>
+  </si>
+  <si>
+    <t>22-24</t>
+  </si>
+  <si>
+    <t>809 W 6th Street</t>
+  </si>
+  <si>
+    <t>EHDG New Horizons Associates LP</t>
+  </si>
+  <si>
+    <t>Sam Moyer</t>
+  </si>
+  <si>
+    <t>ELSIE MASON MANOR</t>
+  </si>
+  <si>
+    <t>12-12-33</t>
+  </si>
+  <si>
+    <t>12-HT-433</t>
+  </si>
+  <si>
+    <t>430 Grand Ave</t>
+  </si>
+  <si>
+    <t>EMM Associates LP</t>
+  </si>
+  <si>
+    <t>Kimber Myers Givner</t>
+  </si>
+  <si>
+    <t>EVERGREEN ESTATES I</t>
+  </si>
+  <si>
+    <t>94-59</t>
+  </si>
+  <si>
+    <t>1543 27th Ave N</t>
+  </si>
+  <si>
+    <t>Fort Dodge Housing Agency</t>
+  </si>
+  <si>
+    <t>Wendy Stephan</t>
+  </si>
+  <si>
+    <t>Samantha McClintok</t>
+  </si>
+  <si>
+    <t>EVERGREEN ESTATES II</t>
+  </si>
+  <si>
+    <t>96-17</t>
+  </si>
+  <si>
+    <t>1547 27th Ave N</t>
+  </si>
+  <si>
+    <t>EVERGREEN MEADOWS APARTMENTS</t>
+  </si>
+  <si>
+    <t>03-23</t>
+  </si>
+  <si>
+    <t>03-HMS-423-731</t>
+  </si>
+  <si>
+    <t>110 Peterson Dr</t>
+  </si>
+  <si>
+    <t>PEOSTA</t>
+  </si>
+  <si>
+    <t>FAIRMOUNT PINES (FKA HORIZON HOMES)</t>
+  </si>
+  <si>
+    <t>07-32</t>
+  </si>
+  <si>
+    <t>3525 W 42nd St</t>
+  </si>
+  <si>
+    <t>Horizon Homes Associates LP</t>
+  </si>
+  <si>
+    <t>Frank Klipsch IV</t>
+  </si>
+  <si>
+    <t>FAIRMOUNT PINES PHASE II</t>
+  </si>
+  <si>
+    <t>13-HM-317</t>
+  </si>
+  <si>
+    <t>3320 W 42nd St</t>
+  </si>
+  <si>
+    <t>Duplexes, LLC</t>
+  </si>
+  <si>
+    <t>Tom Bowman</t>
+  </si>
+  <si>
+    <t>FLETCHER ESTATES APARTMENT HOMES</t>
+  </si>
+  <si>
+    <t>11-11-05</t>
+  </si>
+  <si>
+    <t>205 NE Hayes Dr</t>
+  </si>
+  <si>
+    <t>ANKENY</t>
+  </si>
+  <si>
+    <t>Pedcor Investments-2011-CXXXVI, L.P.</t>
+  </si>
+  <si>
+    <t>FORT DES MOINES SR HOUSING</t>
+  </si>
+  <si>
+    <t>10-10-22</t>
+  </si>
+  <si>
+    <t>10-HM-422-721</t>
+  </si>
+  <si>
+    <t>505 Army Post Rd</t>
+  </si>
+  <si>
+    <t>Fort Des Moines Senior Housing LLLP</t>
+  </si>
+  <si>
+    <t>Tom Akers</t>
+  </si>
+  <si>
+    <t>FRANCIS HOUSING LLLP</t>
+  </si>
+  <si>
+    <t>05-14</t>
+  </si>
+  <si>
+    <t>05-HM-214-28</t>
+  </si>
+  <si>
+    <t>501 Marquette St</t>
+  </si>
+  <si>
+    <t>Davenport Real Estate Holdings LLC</t>
+  </si>
+  <si>
+    <t>FT DODGE HSG TRANSITIONAL</t>
+  </si>
+  <si>
+    <t>05-HM-194-35</t>
+  </si>
+  <si>
+    <t>700 S 17th St</t>
+  </si>
+  <si>
+    <t>GOLDFINCH GROVE</t>
+  </si>
+  <si>
+    <t>15-15-4</t>
+  </si>
+  <si>
+    <t>15-HT-404</t>
+  </si>
+  <si>
+    <t>1612 3rd St</t>
+  </si>
+  <si>
+    <t>HULL</t>
+  </si>
+  <si>
+    <t>Sioux</t>
+  </si>
+  <si>
+    <t>Goldfinch Grove LLC</t>
+  </si>
+  <si>
+    <t>Alexander Carlson</t>
+  </si>
+  <si>
+    <t>Excel Development Group</t>
+  </si>
+  <si>
+    <t>Ammy Zeller</t>
+  </si>
+  <si>
+    <t>Grandview Senior Lofts</t>
+  </si>
+  <si>
+    <t>20-25</t>
+  </si>
+  <si>
+    <t>20-HT-425</t>
+  </si>
+  <si>
+    <t>1925 Grandview Avenue</t>
+  </si>
+  <si>
+    <t>Grandview Senior Lofts LLC</t>
+  </si>
+  <si>
+    <t>Greenhill Point</t>
+  </si>
+  <si>
+    <t>18-16</t>
+  </si>
+  <si>
+    <t>1009 South Hackett Road</t>
+  </si>
+  <si>
+    <t>WATERLOO</t>
+  </si>
+  <si>
+    <t>Black Hawk</t>
+  </si>
+  <si>
+    <t>CB Waterloo Housing LLLP</t>
+  </si>
+  <si>
+    <t>GREENWAY OF BURLINGTON</t>
+  </si>
+  <si>
+    <t>10-10-261</t>
+  </si>
+  <si>
+    <t>2312 Valley St</t>
+  </si>
+  <si>
+    <t>BURLINGTON</t>
+  </si>
+  <si>
+    <t>Des Moines</t>
+  </si>
+  <si>
+    <t>Greenway of Burlington Assoc LP</t>
+  </si>
+  <si>
+    <t>GREENWAY OF OSKALOOSA</t>
+  </si>
+  <si>
+    <t>08-HM-422-21</t>
+  </si>
+  <si>
+    <t>1212 C Ave</t>
+  </si>
+  <si>
+    <t>OSKALOOSA</t>
+  </si>
+  <si>
+    <t>Mahaska</t>
+  </si>
+  <si>
+    <t>Newbury Development Company</t>
+  </si>
+  <si>
+    <t>HAMLIN BELL SENIOR HOUSING</t>
+  </si>
+  <si>
+    <t>15-15-17</t>
+  </si>
+  <si>
+    <t>15-HT-417</t>
+  </si>
+  <si>
+    <t>2023 Willis Ave</t>
+  </si>
+  <si>
+    <t>PERRY</t>
+  </si>
+  <si>
+    <t>Dallas</t>
+  </si>
+  <si>
+    <t>Hamlin Bell Associates LP</t>
+  </si>
+  <si>
+    <t>HARRISON LOFTS (MUSCATINE)</t>
+  </si>
+  <si>
+    <t>16-14</t>
+  </si>
+  <si>
+    <t>1716 Bandag Ave</t>
+  </si>
+  <si>
+    <t>Harrison Lofts LLC</t>
+  </si>
+  <si>
+    <t>Hawthorne Pointe (fka The Crossing)</t>
+  </si>
+  <si>
+    <t>22-07</t>
+  </si>
+  <si>
+    <t>1409 Courtyard Drive SE</t>
+  </si>
+  <si>
+    <t>BONDURANT</t>
+  </si>
+  <si>
+    <t>The Crossing Development LLC</t>
+  </si>
+  <si>
+    <t>Michael Sellers</t>
+  </si>
+  <si>
+    <t>HEARTLAND SENIOR HOUSING</t>
+  </si>
+  <si>
+    <t>12-12-27</t>
+  </si>
+  <si>
+    <t>610 Central Ave</t>
+  </si>
+  <si>
+    <t>Affordable Housing Partners Fund 35 LLC</t>
+  </si>
+  <si>
+    <t>James Danaher</t>
+  </si>
+  <si>
+    <t>HUMBOLDT WORKSHOP SE PROJECT</t>
+  </si>
+  <si>
+    <t>06-42</t>
+  </si>
+  <si>
+    <t>06-HM-442-721</t>
+  </si>
+  <si>
+    <t>725 11th Ave N</t>
+  </si>
+  <si>
+    <t>HUMBOLDT</t>
+  </si>
+  <si>
+    <t>Humboldt</t>
+  </si>
+  <si>
+    <t>Humboldt Workshop SE Housing Project I LLLP</t>
+  </si>
+  <si>
+    <t>KEOKUK SENIOR LOFTS</t>
+  </si>
+  <si>
+    <t>15-15-20</t>
+  </si>
+  <si>
+    <t>15-HT-420</t>
+  </si>
+  <si>
+    <t>925 Main St</t>
+  </si>
+  <si>
+    <t>KEOKUK</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Keokuk Senior Lofts LLC</t>
+  </si>
+  <si>
+    <t>Latitude Lofts</t>
+  </si>
+  <si>
+    <t>19-21</t>
+  </si>
+  <si>
+    <t>551 SE Gateway Circle</t>
+  </si>
+  <si>
+    <t>GRIMES</t>
+  </si>
+  <si>
+    <t>Latitude Lofts LLC</t>
+  </si>
+  <si>
+    <t>LEGACY MANOR OF CEDAR RAPIDS</t>
+  </si>
+  <si>
+    <t>11-11-1</t>
+  </si>
+  <si>
+    <t>1350 A-Hearn Dr NE</t>
+  </si>
+  <si>
+    <t>Legacy Cedar Rapids LP</t>
+  </si>
+  <si>
+    <t>Daniel Tonnesen</t>
+  </si>
+  <si>
+    <t>Anchor Group Management, Inc</t>
+  </si>
+  <si>
+    <t>Jill Steichen</t>
+  </si>
+  <si>
+    <t>LEGACY MANOR OF MASON CITY I</t>
+  </si>
+  <si>
+    <t>12-12-6</t>
+  </si>
+  <si>
+    <t>3310 9th St SW</t>
+  </si>
+  <si>
+    <t>MASON CITY</t>
+  </si>
+  <si>
+    <t>Cerro Gordo</t>
+  </si>
+  <si>
+    <t>Legacy Mason City LP</t>
+  </si>
+  <si>
+    <t>LEGACY MANOR OF MASON CITY II</t>
+  </si>
+  <si>
+    <t>14-14-15</t>
+  </si>
+  <si>
+    <t>14-HT-415</t>
+  </si>
+  <si>
+    <t>3300 9th St SW</t>
+  </si>
+  <si>
+    <t>Legacy Mason City II LP</t>
+  </si>
+  <si>
+    <t>LEGACY MANOR OF WATERLOO</t>
+  </si>
+  <si>
+    <t>10-10-14</t>
+  </si>
+  <si>
+    <t>10-HM-414-721</t>
+  </si>
+  <si>
+    <t>1050 Flammang Dr</t>
+  </si>
+  <si>
+    <t>Legacy Waterloo LP</t>
+  </si>
+  <si>
+    <t>LIBERTAD DES MOINES</t>
+  </si>
+  <si>
+    <t>17-12</t>
+  </si>
+  <si>
+    <t>4415 SE 14th St</t>
+  </si>
+  <si>
+    <t>Libertad Des Moines LLC</t>
+  </si>
+  <si>
+    <t>Kim Buche</t>
+  </si>
+  <si>
+    <t>LIGUTTI TOWER</t>
+  </si>
+  <si>
+    <t>13-13-30</t>
+  </si>
+  <si>
+    <t>555 5th Ave</t>
+  </si>
+  <si>
+    <t>LT Associates LP</t>
+  </si>
+  <si>
+    <t>Louden Housing</t>
+  </si>
+  <si>
+    <t>18-17</t>
+  </si>
+  <si>
+    <t>607 W Broadway</t>
+  </si>
+  <si>
+    <t>FAIRFIELD</t>
+  </si>
+  <si>
+    <t>Jefferson</t>
+  </si>
+  <si>
+    <t>Louden Housing LLC</t>
+  </si>
+  <si>
+    <t>LYN CROSSING APARTMENTS</t>
+  </si>
+  <si>
+    <t>01-25</t>
+  </si>
+  <si>
+    <t>01-HM-425-731</t>
+  </si>
+  <si>
+    <t>2000 Meadow Chase Ln</t>
+  </si>
+  <si>
+    <t>HGIG Lyn Holdings, LLC</t>
+  </si>
+  <si>
+    <t>Teddy Mohlman</t>
+  </si>
+  <si>
+    <t>MARKETPLACE LOFTS</t>
+  </si>
+  <si>
+    <t>05-30</t>
+  </si>
+  <si>
+    <t>312 Court Ave</t>
+  </si>
+  <si>
+    <t>MARQUETTE HALL</t>
+  </si>
+  <si>
+    <t>17-19</t>
+  </si>
+  <si>
+    <t>2222 Queen St</t>
+  </si>
+  <si>
+    <t>DUBUQUE</t>
+  </si>
+  <si>
+    <t>Marquette Hall LLC</t>
+  </si>
+  <si>
+    <t>Sonya Shifflett-Bly</t>
+  </si>
+  <si>
+    <t>MARSHALLTOWN SENIOR RESIDENCES</t>
+  </si>
+  <si>
+    <t>13-13-47</t>
+  </si>
+  <si>
+    <t>201 E Main St</t>
+  </si>
+  <si>
+    <t>MARSHALLTOWN</t>
+  </si>
+  <si>
+    <t>Marshall</t>
+  </si>
+  <si>
+    <t>Marshalltown Senior Residences LLC</t>
+  </si>
+  <si>
+    <t>MARTIN TOWER</t>
+  </si>
+  <si>
+    <t>99-75</t>
+  </si>
+  <si>
+    <t>410 Pierce St</t>
+  </si>
+  <si>
+    <t>Pierce Street Partners LP</t>
+  </si>
+  <si>
+    <t>Lewis Weinberg</t>
+  </si>
+  <si>
+    <t>Oakleaf Property Management</t>
+  </si>
+  <si>
+    <t>Jolene Blowers</t>
+  </si>
+  <si>
+    <t>MEADOW VISTA PARKSIDE</t>
+  </si>
+  <si>
+    <t>10-10-246</t>
+  </si>
+  <si>
+    <t>2647 17th St SW</t>
+  </si>
+  <si>
+    <t>ALTOONA</t>
+  </si>
+  <si>
+    <t>Meadow Vista Parkside LLC</t>
+  </si>
+  <si>
+    <t>MEADOW VISTA SR VILLAS</t>
+  </si>
+  <si>
+    <t>10-10-236</t>
+  </si>
+  <si>
+    <t>1806 28th Ave SW</t>
+  </si>
+  <si>
+    <t>Meadow Vista Sr Villas LLC</t>
+  </si>
+  <si>
+    <t>MEADOWLARK PLACE APARTMENTS</t>
+  </si>
+  <si>
+    <t>12-12-10</t>
+  </si>
+  <si>
+    <t>1120 SE 11th St</t>
+  </si>
+  <si>
+    <t>Meadowlark PLace I LLLP</t>
+  </si>
+  <si>
+    <t>MELBOURNE APARTMENTS I</t>
+  </si>
+  <si>
+    <t>08-0931</t>
+  </si>
+  <si>
+    <t>5515 SE 14th St</t>
+  </si>
+  <si>
+    <t>Melbourne Apartments LLLP</t>
+  </si>
+  <si>
+    <t>MELBOURNE APARTMENTS II</t>
+  </si>
+  <si>
+    <t>12-12-11</t>
+  </si>
+  <si>
+    <t>Melbourne Apartments II LLLP</t>
+  </si>
+  <si>
+    <t>MELBOURNE APARTMENTS III</t>
+  </si>
+  <si>
+    <t>13-13-22</t>
+  </si>
+  <si>
+    <t>Melbourne Apartments III LLLP</t>
+  </si>
+  <si>
+    <t>Melbourne IV 2018</t>
+  </si>
+  <si>
+    <t>18-25</t>
+  </si>
+  <si>
+    <t>5515 SE 14th S</t>
+  </si>
+  <si>
+    <t>Melbourne Apartments IV LLLP</t>
+  </si>
+  <si>
+    <t>MISSISSIPPI LOFTS</t>
+  </si>
+  <si>
+    <t>05-44</t>
+  </si>
+  <si>
+    <t>106 E 3rd St</t>
+  </si>
+  <si>
+    <t>Mississippi Lofts LLC</t>
+  </si>
+  <si>
+    <t>Isa Becovic</t>
+  </si>
+  <si>
+    <t>Becovic Holdings Corporation</t>
+  </si>
+  <si>
+    <t>NEWTON SENIOR RESIDENCE</t>
+  </si>
+  <si>
+    <t>13-13-33</t>
+  </si>
+  <si>
+    <t>13-HT-433</t>
+  </si>
+  <si>
+    <t>222 N 4th Ave W</t>
+  </si>
+  <si>
+    <t>NEWTON</t>
+  </si>
+  <si>
+    <t>Jasper</t>
+  </si>
+  <si>
+    <t>Newton Senior Residence LLC</t>
+  </si>
+  <si>
+    <t>NORTHRIDGE APTS</t>
+  </si>
+  <si>
+    <t>95-77</t>
+  </si>
+  <si>
+    <t>2805 6th Ave N</t>
+  </si>
+  <si>
+    <t>NORTHRIDGE APTS II</t>
+  </si>
+  <si>
+    <t>02-12</t>
+  </si>
+  <si>
+    <t>525 N 28th St</t>
+  </si>
+  <si>
+    <t>PLYMOUTH PLACE</t>
+  </si>
+  <si>
+    <t>12-12-24</t>
+  </si>
+  <si>
+    <t>4111 Ingersoll Ave</t>
+  </si>
+  <si>
+    <t>Plymouth Place Associates, LP</t>
+  </si>
+  <si>
+    <t>Emily Osweiler</t>
+  </si>
+  <si>
+    <t>PRAIRIE HEIGHTS</t>
+  </si>
+  <si>
+    <t>14-14-2</t>
+  </si>
+  <si>
+    <t>14-HT-402</t>
+  </si>
+  <si>
+    <t>802 14th St SE</t>
+  </si>
+  <si>
+    <t>ORANGE CITY</t>
+  </si>
+  <si>
+    <t>Prairie Heights LLC</t>
+  </si>
+  <si>
+    <t>PRAIRIE VILLAGE OF LAPORTE CITY</t>
+  </si>
+  <si>
+    <t>12-12-48</t>
+  </si>
+  <si>
+    <t>12-HT-02RD</t>
+  </si>
+  <si>
+    <t>220 Valley Dr</t>
+  </si>
+  <si>
+    <t>LA PORTE CITY</t>
+  </si>
+  <si>
+    <t>LPC 2013 Rehab Associates LP</t>
+  </si>
+  <si>
+    <t>RIVERPOINT LOFTS</t>
+  </si>
+  <si>
+    <t>10-10-247</t>
+  </si>
+  <si>
+    <t>340 SW 7th St</t>
+  </si>
+  <si>
+    <t>Riverpoint Lofts, LLLP</t>
+  </si>
+  <si>
+    <t>ROBINSON HEIGHTS APARTMENTS</t>
+  </si>
+  <si>
+    <t>11-11-30</t>
+  </si>
+  <si>
+    <t>2501 Mount Pleasant</t>
+  </si>
+  <si>
+    <t>Robinson Heights Apartments I LP</t>
+  </si>
+  <si>
+    <t>Frank Sinito</t>
+  </si>
+  <si>
+    <t>Millennia Housing Mgmt Ltd</t>
+  </si>
+  <si>
+    <t>Frank Sinito, Jr.</t>
+  </si>
+  <si>
+    <t>ROOSEVELT SENIOR RESIDENCES</t>
+  </si>
+  <si>
+    <t>04-12</t>
+  </si>
+  <si>
+    <t>04-HM-412-21</t>
+  </si>
+  <si>
+    <t>200 E Arlington</t>
+  </si>
+  <si>
+    <t>Roosevelt Housing Partners LLC</t>
+  </si>
+  <si>
+    <t>Rebecca Will</t>
+  </si>
+  <si>
+    <t>Shenandoah Senior Villas</t>
+  </si>
+  <si>
+    <t>21-21</t>
+  </si>
+  <si>
+    <t>1401 W Sheridan Ave.</t>
+  </si>
+  <si>
+    <t>SHENANDOAH</t>
+  </si>
+  <si>
+    <t>Fremont</t>
+  </si>
+  <si>
+    <t>Shenandoah Senior Villas LP</t>
+  </si>
+  <si>
+    <t>Lela Gruebel</t>
+  </si>
+  <si>
+    <t>Shire Apartments I &amp; II</t>
+  </si>
+  <si>
+    <t>99-74</t>
+  </si>
+  <si>
+    <t>01-HM-413-731</t>
+  </si>
+  <si>
+    <t>4236 Hickory Ln</t>
+  </si>
+  <si>
+    <t>Shire Apartments 24 LLC</t>
+  </si>
+  <si>
+    <t>SOUTHRIDGE SENIOR LOFTS</t>
+  </si>
+  <si>
+    <t>15-15-21</t>
+  </si>
+  <si>
+    <t>695 E Army Post Rd</t>
+  </si>
+  <si>
+    <t>Southridge Senior Lofts LLC</t>
+  </si>
+  <si>
+    <t>SPAULDING LOFTS</t>
+  </si>
+  <si>
+    <t>14-14-4</t>
+  </si>
+  <si>
+    <t>827 Spring St</t>
+  </si>
+  <si>
+    <t>GRINNELL</t>
+  </si>
+  <si>
+    <t>Poweshiek</t>
+  </si>
+  <si>
+    <t>Spaulding Lofts East I LLLP</t>
+  </si>
+  <si>
+    <t>STEAMBOAT LANDING</t>
+  </si>
+  <si>
+    <t>16-27</t>
+  </si>
+  <si>
+    <t>420 S 4th St</t>
+  </si>
+  <si>
+    <t>Steamboat Burlington Limited Partnership</t>
+  </si>
+  <si>
+    <t>Melanie Wenk</t>
+  </si>
+  <si>
+    <t>STEWART PARK TOWNHOUSES</t>
+  </si>
+  <si>
+    <t>12AUG-HM-323</t>
+  </si>
+  <si>
+    <t>92-38</t>
+  </si>
+  <si>
+    <t>405 E 14th Ct</t>
+  </si>
+  <si>
+    <t>Stewart Park Townhouses LLLP</t>
+  </si>
+  <si>
+    <t>SUNCREST VILLAGE</t>
+  </si>
+  <si>
+    <t>10-10-228</t>
+  </si>
+  <si>
+    <t>1800 S 4th Ave E</t>
+  </si>
+  <si>
+    <t>Newbury Suncrest Village LLC</t>
+  </si>
+  <si>
+    <t>The Aspen (fka Crosswinds)</t>
+  </si>
+  <si>
+    <t>10-10-18</t>
+  </si>
+  <si>
+    <t>1646 Hull Ave</t>
+  </si>
+  <si>
+    <t>1646 Hull LLC (DBA The Aspen)</t>
+  </si>
+  <si>
+    <t>The Brenton Lofts (1606 Brady)</t>
+  </si>
+  <si>
+    <t>18MAY-HM-341</t>
+  </si>
+  <si>
+    <t>1606 Brady St</t>
+  </si>
+  <si>
+    <t>1606 Brady Associates, L.P.</t>
+  </si>
+  <si>
+    <t>Hazel Ford</t>
+  </si>
+  <si>
+    <t>THE JACKSON RENAISSANCE</t>
+  </si>
+  <si>
+    <t>11-11-23</t>
+  </si>
+  <si>
+    <t>1420 W 16th St</t>
+  </si>
+  <si>
+    <t>Jackson Housing Partners LLC</t>
+  </si>
+  <si>
+    <t>THE TALLCORN</t>
+  </si>
+  <si>
+    <t>12-12-20</t>
+  </si>
+  <si>
+    <t>2 N 2nd Ave</t>
+  </si>
+  <si>
+    <t>Historic Tallcorn Towers LLLP</t>
+  </si>
+  <si>
+    <t>THE TAYLOR RENAISSANCE</t>
+  </si>
+  <si>
+    <t>09-0927</t>
+  </si>
+  <si>
+    <t>1430 Warren St</t>
+  </si>
+  <si>
+    <t>Taylor Housing Partners LLC</t>
+  </si>
+  <si>
+    <t>Townview Apartments</t>
+  </si>
+  <si>
+    <t>04-50</t>
+  </si>
+  <si>
+    <t>04-HM-453-20</t>
+  </si>
+  <si>
+    <t>425 W 3rd St</t>
+  </si>
+  <si>
+    <t>Townview Apartments 24 LLC</t>
+  </si>
+  <si>
+    <t>Union at Wiley</t>
+  </si>
+  <si>
+    <t>21-02</t>
+  </si>
+  <si>
+    <t>4227 21st Avenue SW</t>
+  </si>
+  <si>
+    <t>Union at Wiley, LP</t>
+  </si>
+  <si>
+    <t>Kyle Bach</t>
+  </si>
+  <si>
+    <t>The Annex Management Group, LLC</t>
+  </si>
+  <si>
+    <t>Nicole Nass</t>
+  </si>
+  <si>
+    <t>UNITED MANOR</t>
+  </si>
+  <si>
+    <t>14-14-37</t>
+  </si>
+  <si>
+    <t>14-HT-437</t>
+  </si>
+  <si>
+    <t>707 14th St</t>
+  </si>
+  <si>
+    <t>DE WITT</t>
+  </si>
+  <si>
+    <t>United Manor Associates L.P.</t>
+  </si>
+  <si>
+    <t>Joel Dieckmann</t>
+  </si>
+  <si>
+    <t>UNITY SQUARE TOWNHOMES</t>
+  </si>
+  <si>
+    <t>09-0914</t>
+  </si>
+  <si>
+    <t>09-HM-414-731</t>
+  </si>
+  <si>
+    <t>100 Unity Square</t>
+  </si>
+  <si>
+    <t>East Waterloo Family Housing LLLP</t>
+  </si>
+  <si>
+    <t>WALTON WOODS</t>
+  </si>
+  <si>
+    <t>12-12-23</t>
+  </si>
+  <si>
+    <t>1000 W Adams St</t>
+  </si>
+  <si>
+    <t>JEFFERSON</t>
+  </si>
+  <si>
+    <t>Greene</t>
+  </si>
+  <si>
+    <t>Walton Woods Limited Partnership</t>
+  </si>
+  <si>
+    <t>WAVERLY HISTORIC LOFTS</t>
+  </si>
+  <si>
+    <t>17-05</t>
+  </si>
+  <si>
+    <t>201 1st St SE</t>
+  </si>
+  <si>
+    <t>WAVERLY</t>
+  </si>
+  <si>
+    <t>Bremer</t>
+  </si>
+  <si>
+    <t>Waverly Historic Lofts LLC</t>
+  </si>
+  <si>
+    <t>WHISPER RIDGE</t>
+  </si>
+  <si>
+    <t>08-0902</t>
+  </si>
+  <si>
+    <t>9005 Bridgewood Blvd</t>
+  </si>
+  <si>
+    <t>WEST DES MOINES</t>
+  </si>
+  <si>
+    <t>Whisper Ridge HC6, LLC</t>
+  </si>
+  <si>
+    <t>Carl J Troia III</t>
+  </si>
+  <si>
+    <t>Dial Equities, Inc. d/b/a Haley Residential</t>
+  </si>
+  <si>
+    <t>Stacy Shaw</t>
+  </si>
+  <si>
+    <t>WILLIS AVENUE APARTMENTS</t>
+  </si>
+  <si>
+    <t>15-15-18</t>
+  </si>
+  <si>
+    <t>913 Willis Ave</t>
+  </si>
+  <si>
+    <t>Willis Avenue Apartments LLC</t>
+  </si>
+  <si>
+    <t>S.R. Mills</t>
+  </si>
+  <si>
+    <t>WOODLAND WEST APTS</t>
+  </si>
+  <si>
+    <t>10-10-243</t>
+  </si>
+  <si>
+    <t>10-HM-443-29</t>
+  </si>
+  <si>
+    <t>3405 Woodland Ave</t>
+  </si>
+  <si>
+    <t>Woodland West Associates LP</t>
+  </si>
+  <si>
+    <t>110 CITY MT PLEASANT</t>
+  </si>
+  <si>
+    <t>10-HM-105-22</t>
+  </si>
+  <si>
+    <t>110 N Main St</t>
+  </si>
+  <si>
+    <t>MOUNT PLEASANT</t>
+  </si>
+  <si>
+    <t>Henry</t>
+  </si>
+  <si>
+    <t>Hoffman, Rachael</t>
+  </si>
+  <si>
+    <t>Vutha Chea</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>City of Mt Pleasant</t>
+  </si>
+  <si>
+    <t>Lisa Oetken</t>
+  </si>
+  <si>
+    <t>400 404 BURLINGTON DOWNTOWN PARTNERS</t>
+  </si>
+  <si>
+    <t>10-HM-303-22400</t>
+  </si>
+  <si>
+    <t>10-HM-303-22</t>
+  </si>
+  <si>
+    <t>400 Jefferson St</t>
+  </si>
+  <si>
+    <t>Wilson Rentals</t>
+  </si>
+  <si>
+    <t>Dennis Wilson</t>
+  </si>
+  <si>
+    <t>Downtown Partners Inc</t>
+  </si>
+  <si>
+    <t>Amy Moyner</t>
+  </si>
+  <si>
+    <t>413 415 BURLINGTON DOWNTOWN PARTNERS</t>
+  </si>
+  <si>
+    <t>10-HM-303-22413</t>
+  </si>
+  <si>
+    <t>413 Jefferson St</t>
+  </si>
+  <si>
+    <t>David/Marcia Stiefel</t>
+  </si>
+  <si>
+    <t>David/Marsha Steifel</t>
+  </si>
+  <si>
+    <t>510 BURLINGTON DOWNTOWN PARTNERS</t>
+  </si>
+  <si>
+    <t>10-HM-303-22510</t>
+  </si>
+  <si>
+    <t>510 Jefferson St</t>
+  </si>
+  <si>
+    <t>Francis Jackson</t>
+  </si>
+  <si>
+    <t>Frances Jackson</t>
+  </si>
+  <si>
+    <t>613 BURLINGTON DOWNTOWN PARTNERS</t>
+  </si>
+  <si>
+    <t>10-HM-303-22613</t>
+  </si>
+  <si>
+    <t>613 Jefferson St</t>
+  </si>
+  <si>
+    <t>Troy Lietsch</t>
+  </si>
+  <si>
+    <t>Tony Lietsch</t>
+  </si>
+  <si>
+    <t>822 826 CITY FT MADISON</t>
+  </si>
+  <si>
+    <t>07-HM-101-822</t>
+  </si>
+  <si>
+    <t>07-HM-101-731</t>
+  </si>
+  <si>
+    <t>822 G Avenue</t>
+  </si>
+  <si>
+    <t>FORT MADISON</t>
+  </si>
+  <si>
+    <t>Jared Sperber</t>
+  </si>
+  <si>
+    <t>City of Fort Madison</t>
+  </si>
+  <si>
+    <t>Justina Cullen</t>
+  </si>
+  <si>
+    <t>AFTON PARK APTS CRESTON PARK APTS</t>
+  </si>
+  <si>
+    <t>10-10-257</t>
+  </si>
+  <si>
+    <t>910 N Clayton</t>
+  </si>
+  <si>
+    <t>AFTON</t>
+  </si>
+  <si>
+    <t>Union</t>
+  </si>
+  <si>
+    <t>RD CG LLLP</t>
+  </si>
+  <si>
+    <t>Brad Carlson</t>
+  </si>
+  <si>
+    <t>Truverse Management</t>
+  </si>
+  <si>
+    <t>Victoria Endriss</t>
+  </si>
+  <si>
+    <t>ALICE PLACE AT BOONE</t>
+  </si>
+  <si>
+    <t>17-17</t>
+  </si>
+  <si>
+    <t>1704 Hawkeye Dr</t>
+  </si>
+  <si>
+    <t>BOONE</t>
+  </si>
+  <si>
+    <t>Boone</t>
+  </si>
+  <si>
+    <t>JNB Senior 1 LP</t>
+  </si>
+  <si>
+    <t>James Bergman</t>
+  </si>
+  <si>
+    <t>Pioneer Property Management Inc</t>
+  </si>
+  <si>
+    <t>Brian Fritz</t>
+  </si>
+  <si>
+    <t>Alice Place at Norwalk</t>
+  </si>
+  <si>
+    <t>19-37</t>
+  </si>
+  <si>
+    <t>9310 Marketplace Drive</t>
+  </si>
+  <si>
+    <t>JNB Senior 2 LP</t>
+  </si>
+  <si>
+    <t>ALICE PLACE AT WAUKEE</t>
+  </si>
+  <si>
+    <t>13-13-26</t>
+  </si>
+  <si>
+    <t>255 SE Brick Dr</t>
+  </si>
+  <si>
+    <t>WAUKEE</t>
+  </si>
+  <si>
+    <t>Alice Place LP</t>
+  </si>
+  <si>
+    <t>AOSSEY PLACE</t>
+  </si>
+  <si>
+    <t>95-27</t>
+  </si>
+  <si>
+    <t>16 Aossey Lane SW</t>
+  </si>
+  <si>
+    <t>Esaie Toingar</t>
+  </si>
+  <si>
+    <t>Brigitte Toingar</t>
+  </si>
+  <si>
+    <t>BISHOP TERRACE (JAM DEVELOPMENT LLC)</t>
+  </si>
+  <si>
+    <t>07-HM-403-731</t>
+  </si>
+  <si>
+    <t>132 W Main St</t>
+  </si>
+  <si>
+    <t>STATE CENTER</t>
+  </si>
+  <si>
+    <t>JAM Development LLC</t>
+  </si>
+  <si>
+    <t>Jeff Merrill</t>
+  </si>
+  <si>
+    <t>Catherine Noble</t>
+  </si>
+  <si>
+    <t>Boone Senior Cottages</t>
+  </si>
+  <si>
+    <t>22-05</t>
+  </si>
+  <si>
+    <t>1208 Kobe Lane</t>
+  </si>
+  <si>
+    <t>BJF Boone Senior LP</t>
+  </si>
+  <si>
+    <t>BRIARWOOD APTS</t>
+  </si>
+  <si>
+    <t>94-23</t>
+  </si>
+  <si>
+    <t>1708 Wildcat Rd</t>
+  </si>
+  <si>
+    <t>Humboldt I LP</t>
+  </si>
+  <si>
+    <t>Carlson Property Holdings and Mgmt</t>
+  </si>
+  <si>
+    <t>Tanya Carlson</t>
+  </si>
+  <si>
+    <t>Brookline II</t>
+  </si>
+  <si>
+    <t>21-20</t>
+  </si>
+  <si>
+    <t>21-HT-420</t>
+  </si>
+  <si>
+    <t>1590 8th Street</t>
+  </si>
+  <si>
+    <t>Brookline Apartments II LLC</t>
+  </si>
+  <si>
+    <t>Chris Ales</t>
+  </si>
+  <si>
+    <t>BROOKRIDGE APTS</t>
+  </si>
+  <si>
+    <t>96-66</t>
+  </si>
+  <si>
+    <t>96-HMS-430-731A</t>
+  </si>
+  <si>
+    <t>1437 Irvine St</t>
+  </si>
+  <si>
+    <t>SAC CITY</t>
+  </si>
+  <si>
+    <t>Sac</t>
+  </si>
+  <si>
+    <t>Sac City I LP</t>
+  </si>
+  <si>
+    <t>Cedar Rapids Brickstone LLLP</t>
+  </si>
+  <si>
+    <t>21-29</t>
+  </si>
+  <si>
+    <t>627 6th Street SE</t>
+  </si>
+  <si>
+    <t>Ryan Galloway</t>
+  </si>
+  <si>
+    <t>Perennial Property Management Services LLC</t>
+  </si>
+  <si>
+    <t>COMMUNITY BASED SERVICES SE HOUSING PROJ</t>
+  </si>
+  <si>
+    <t>06-41</t>
+  </si>
+  <si>
+    <t>06-HM-441-721</t>
+  </si>
+  <si>
+    <t>821 6th St N</t>
+  </si>
+  <si>
+    <t>Community Based Services Service Enriched I LLLP</t>
+  </si>
+  <si>
+    <t>Kassandra Johansen</t>
+  </si>
+  <si>
+    <t>Community Based Services of Bremer County</t>
+  </si>
+  <si>
+    <t>Jennifer Picken</t>
+  </si>
+  <si>
+    <t>Cottage Bluff</t>
+  </si>
+  <si>
+    <t>21-18</t>
+  </si>
+  <si>
+    <t>907 Ikes Peak Road</t>
+  </si>
+  <si>
+    <t>Cottage Bluff LLC</t>
+  </si>
+  <si>
+    <t>chris ales</t>
+  </si>
+  <si>
+    <t>COTTAGE GROVE</t>
+  </si>
+  <si>
+    <t>99-24</t>
+  </si>
+  <si>
+    <t>1503 Houser St</t>
+  </si>
+  <si>
+    <t>Muscatine Housing LP</t>
+  </si>
+  <si>
+    <t>CYPRESS POINTE APTS I</t>
+  </si>
+  <si>
+    <t>91-07</t>
+  </si>
+  <si>
+    <t>212 N State St</t>
+  </si>
+  <si>
+    <t>EMMETSBURG</t>
+  </si>
+  <si>
+    <t>Palo Alto</t>
+  </si>
+  <si>
+    <t>Northwest CPH, LLC</t>
+  </si>
+  <si>
+    <t>CYPRESS POINTE APTS II</t>
+  </si>
+  <si>
+    <t>92-05</t>
+  </si>
+  <si>
+    <t>210 N State St</t>
+  </si>
+  <si>
+    <t>DAVIS PLACE LLC</t>
+  </si>
+  <si>
+    <t>07-HM-499-35</t>
+  </si>
+  <si>
+    <t>601 Garfield Ave</t>
+  </si>
+  <si>
+    <t>Davis Place LLC</t>
+  </si>
+  <si>
+    <t>Justin Potter</t>
+  </si>
+  <si>
+    <t>Dawn Potter</t>
+  </si>
+  <si>
+    <t>DES MOINES GREYSTONE HOMES LP</t>
+  </si>
+  <si>
+    <t>11-11-9</t>
+  </si>
+  <si>
+    <t>11-HT-409</t>
+  </si>
+  <si>
+    <t>1160 Martin Luther King Pkwy</t>
+  </si>
+  <si>
+    <t>Greystone Homes Development LP</t>
+  </si>
+  <si>
+    <t>DUNLAP LIVING</t>
+  </si>
+  <si>
+    <t>06-24</t>
+  </si>
+  <si>
+    <t>1405 Harrison Rd</t>
+  </si>
+  <si>
+    <t>DUNLAP</t>
+  </si>
+  <si>
+    <t>Harrison</t>
+  </si>
+  <si>
+    <t>Dunlap Living LLC</t>
+  </si>
+  <si>
+    <t>Dave Dixon</t>
+  </si>
+  <si>
+    <t>Care Initiatives</t>
+  </si>
+  <si>
+    <t>Emily Crimmins</t>
+  </si>
+  <si>
+    <t>EAST VILLAGE SQUARE APARTMENTS</t>
+  </si>
+  <si>
+    <t>04-30</t>
+  </si>
+  <si>
+    <t>04-HM-130-731</t>
+  </si>
+  <si>
+    <t>333 E Grand Ave</t>
+  </si>
+  <si>
+    <t>East Village Square Apartments LP</t>
+  </si>
+  <si>
+    <t>ESW APARTMENTS</t>
+  </si>
+  <si>
+    <t>17-29</t>
+  </si>
+  <si>
+    <t>510 W Mills St</t>
+  </si>
+  <si>
+    <t>WINTERSET</t>
+  </si>
+  <si>
+    <t>Madison</t>
+  </si>
+  <si>
+    <t>RD ESW LLC</t>
+  </si>
+  <si>
+    <t>FAIRFIELD PARK I APARTMENTS</t>
+  </si>
+  <si>
+    <t>14-14-11</t>
+  </si>
+  <si>
+    <t>904 W Harrison</t>
+  </si>
+  <si>
+    <t>RD Fairfield LLLP</t>
+  </si>
+  <si>
+    <t>FAIRFIELD PARK II APARTMENTS</t>
+  </si>
+  <si>
+    <t>14-14-12</t>
+  </si>
+  <si>
+    <t>606 W Monroe</t>
+  </si>
+  <si>
+    <t>RD Fairfield II LLLP</t>
+  </si>
+  <si>
+    <t>FAIRWAY ESTATES</t>
+  </si>
+  <si>
+    <t>00-42</t>
+  </si>
+  <si>
+    <t>00-HM-431-731</t>
+  </si>
+  <si>
+    <t>100 12th St SW</t>
+  </si>
+  <si>
+    <t>SPENCER</t>
+  </si>
+  <si>
+    <t>Clay</t>
+  </si>
+  <si>
+    <t>Summit Views, LLC</t>
+  </si>
+  <si>
+    <t>Adam Howerzyl</t>
+  </si>
+  <si>
+    <t>Axis Property Holdings &amp; Management LLC</t>
+  </si>
+  <si>
+    <t>Aubrey Maassen</t>
+  </si>
+  <si>
+    <t>FRESH START HOUSING LLC</t>
+  </si>
+  <si>
+    <t>06-HM-416-721</t>
+  </si>
+  <si>
+    <t>2080 Elm St</t>
+  </si>
+  <si>
+    <t>Fresh Start Housing LLC</t>
+  </si>
+  <si>
+    <t>Michelle Mihalakis</t>
+  </si>
+  <si>
+    <t>Operation Empower</t>
+  </si>
+  <si>
+    <t>Kimberly Terry</t>
+  </si>
+  <si>
+    <t>GARDEN VILLAGE APTS</t>
+  </si>
+  <si>
+    <t>96-69</t>
+  </si>
+  <si>
+    <t>96-HMS-429-731A</t>
+  </si>
+  <si>
+    <t>202 S 13th St</t>
+  </si>
+  <si>
+    <t>ESTHERVILLE</t>
+  </si>
+  <si>
+    <t>Emmet</t>
+  </si>
+  <si>
+    <t>Garden Village of Estherville LP</t>
+  </si>
+  <si>
+    <t>GOOD LIFE RETIREMENT CENTER</t>
+  </si>
+  <si>
+    <t>10-10-269</t>
+  </si>
+  <si>
+    <t>1313 Wright St</t>
+  </si>
+  <si>
+    <t>RD Norwalk LLLP</t>
+  </si>
+  <si>
+    <t>David Hill</t>
+  </si>
+  <si>
+    <t>HEARTHSTONE APARTMENTS</t>
+  </si>
+  <si>
+    <t>01-10</t>
+  </si>
+  <si>
+    <t>01-HM-434-731</t>
+  </si>
+  <si>
+    <t>2301 W 19th St</t>
+  </si>
+  <si>
+    <t>Luma Village Community, LLC</t>
+  </si>
+  <si>
+    <t>Hugede Luma</t>
+  </si>
+  <si>
+    <t>HICKORY GROVE APTS</t>
+  </si>
+  <si>
+    <t>02-28</t>
+  </si>
+  <si>
+    <t>02-HM-428-731</t>
+  </si>
+  <si>
+    <t>4110 E 42nd St</t>
+  </si>
+  <si>
+    <t>DM Hickory Grove LLLP</t>
+  </si>
+  <si>
+    <t>HIGHLAND ESTATES</t>
+  </si>
+  <si>
+    <t>93-25</t>
+  </si>
+  <si>
+    <t>530 Countryside Dr</t>
+  </si>
+  <si>
+    <t>LE MARS</t>
+  </si>
+  <si>
+    <t>Plymouth</t>
+  </si>
+  <si>
+    <t>Highland Estates No 1 LP</t>
+  </si>
+  <si>
+    <t>HILLDALE ESTATES</t>
+  </si>
+  <si>
+    <t>14-14-28</t>
+  </si>
+  <si>
+    <t>14-HT-428</t>
+  </si>
+  <si>
+    <t>1110 N 10th St</t>
+  </si>
+  <si>
+    <t>DENISON</t>
+  </si>
+  <si>
+    <t>Crawford</t>
+  </si>
+  <si>
+    <t>Hilldale Estates Affordable Housing Limited Partne</t>
+  </si>
+  <si>
+    <t>Karlee Macer</t>
+  </si>
+  <si>
+    <t>Laborers' Home Development Corporation</t>
+  </si>
+  <si>
+    <t>Jessika Floyd</t>
+  </si>
+  <si>
+    <t>Historic Winterset High School Apartment</t>
+  </si>
+  <si>
+    <t>22-20</t>
+  </si>
+  <si>
+    <t>110 West Washington</t>
+  </si>
+  <si>
+    <t>WHSA LLLP</t>
+  </si>
+  <si>
+    <t>HOMES OF OAKRIDGE PHASE I</t>
+  </si>
+  <si>
+    <t>08-0906</t>
+  </si>
+  <si>
+    <t>09-HM-196-28</t>
+  </si>
+  <si>
+    <t>926 Oakridge Dr</t>
+  </si>
+  <si>
+    <t>Oakridge Neighborhood Assoc LP</t>
+  </si>
+  <si>
+    <t>Patricia Palmer</t>
+  </si>
+  <si>
+    <t>Homes of Oakridge Human Services Inc.</t>
+  </si>
+  <si>
+    <t>HOMES OF OAKRIDGE PHASE II</t>
+  </si>
+  <si>
+    <t>08-0908</t>
+  </si>
+  <si>
+    <t>09-HM-198-28</t>
+  </si>
+  <si>
+    <t>923 Oakridge Dr</t>
+  </si>
+  <si>
+    <t>Oakridge Neighborhood Associates Phase II</t>
+  </si>
+  <si>
+    <t>HOMETOWN HARBOR BETTENDORF</t>
+  </si>
+  <si>
+    <t>08-0929</t>
+  </si>
+  <si>
+    <t>2205 Kimberly Ave</t>
+  </si>
+  <si>
+    <t>BETTENDORF</t>
+  </si>
+  <si>
+    <t>JNB Hometown Harbor Bettendorf, LP</t>
+  </si>
+  <si>
+    <t>HOMETOWN HARBOR WAUKEE</t>
+  </si>
+  <si>
+    <t>09-0930</t>
+  </si>
+  <si>
+    <t>560 Brick Dr SE</t>
+  </si>
+  <si>
+    <t>JNB Hometown Harbor Waukee LP</t>
+  </si>
+  <si>
+    <t>HOTEL MAYTAG</t>
+  </si>
+  <si>
+    <t>18-31</t>
+  </si>
+  <si>
+    <t>105 N 2nd Ave East</t>
+  </si>
+  <si>
+    <t>Hotel Maytag Investors LLC</t>
+  </si>
+  <si>
+    <t>Jack Hatch</t>
+  </si>
+  <si>
+    <t>HUBBELL TOWER APARTMENTS</t>
+  </si>
+  <si>
+    <t>04-46</t>
+  </si>
+  <si>
+    <t>904 Walnut St</t>
+  </si>
+  <si>
+    <t>Hubbell Financial LLC</t>
+  </si>
+  <si>
+    <t>Eric Stern</t>
+  </si>
+  <si>
+    <t>Treeline Management LLC</t>
+  </si>
+  <si>
+    <t>HURST APARTMENTS PHASE I</t>
+  </si>
+  <si>
+    <t>99-23</t>
+  </si>
+  <si>
+    <t>202 Olive St</t>
+  </si>
+  <si>
+    <t>MAQUOKETA</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>Maquoketa Housing LP</t>
+  </si>
+  <si>
+    <t>HURST APARTMENTS PHASE II</t>
+  </si>
+  <si>
+    <t>05-15</t>
+  </si>
+  <si>
+    <t>227 S Main St</t>
+  </si>
+  <si>
+    <t>1st Land, LLC</t>
+  </si>
+  <si>
+    <t>Jasveer Asini</t>
+  </si>
+  <si>
+    <t>Kahl Lofts</t>
+  </si>
+  <si>
+    <t>21-01</t>
+  </si>
+  <si>
+    <t>326 W 3rd St</t>
+  </si>
+  <si>
+    <t>New Kahl LLC</t>
+  </si>
+  <si>
+    <t>LAKE PLAZA APTS</t>
+  </si>
+  <si>
+    <t>92-25</t>
+  </si>
+  <si>
+    <t>110 Westview Dr</t>
+  </si>
+  <si>
+    <t>LAKE CITY</t>
+  </si>
+  <si>
+    <t>Calhoun</t>
+  </si>
+  <si>
+    <t>Lake City I Limited Partnership</t>
+  </si>
+  <si>
+    <t>LAMONI LIVING</t>
+  </si>
+  <si>
+    <t>06-25</t>
+  </si>
+  <si>
+    <t>810 E 3rd St</t>
+  </si>
+  <si>
+    <t>LAMONI</t>
+  </si>
+  <si>
+    <t>Decatur</t>
+  </si>
+  <si>
+    <t>Lamoni Living LLC</t>
+  </si>
+  <si>
+    <t>LENOX PARK APTS</t>
+  </si>
+  <si>
+    <t>91-36</t>
+  </si>
+  <si>
+    <t>601 E Ohio St</t>
+  </si>
+  <si>
+    <t>LENOX</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
+    <t>Lenox Park LP</t>
+  </si>
+  <si>
+    <t>Liberty Recovery Community</t>
+  </si>
+  <si>
+    <t>18-NHTF-1002</t>
+  </si>
+  <si>
+    <t>2216 White St</t>
+  </si>
+  <si>
+    <t>LIBERTY RIDGE RENTALS</t>
+  </si>
+  <si>
+    <t>11-HM-407</t>
+  </si>
+  <si>
+    <t>403 Independence Ave</t>
+  </si>
+  <si>
+    <t>RICEVILLE</t>
+  </si>
+  <si>
+    <t>Howard</t>
+  </si>
+  <si>
+    <t>Liberty Ridge, LLC</t>
+  </si>
+  <si>
+    <t>Deanna Eastman</t>
+  </si>
+  <si>
+    <t>LINDEN APARTMENTS</t>
+  </si>
+  <si>
+    <t>03-26</t>
+  </si>
+  <si>
+    <t>03-HM-426-731</t>
+  </si>
+  <si>
+    <t>1111 Parkway Dr</t>
+  </si>
+  <si>
+    <t>BN/Linden, LLLP</t>
+  </si>
+  <si>
+    <t>MANCHESTER PARK APTS II</t>
+  </si>
+  <si>
+    <t>91-19</t>
+  </si>
+  <si>
+    <t>105 Ludland Dr</t>
+  </si>
+  <si>
+    <t>Manchester Park LP</t>
+  </si>
+  <si>
+    <t>Joe Koopman</t>
+  </si>
+  <si>
+    <t>MANCHESTER PARK III</t>
+  </si>
+  <si>
+    <t>90-35</t>
+  </si>
+  <si>
+    <t>1505 N Franklin</t>
+  </si>
+  <si>
+    <t>MAPLE GROVE APTS (NORTH STAR W H LP 1)</t>
+  </si>
+  <si>
+    <t>90-48</t>
+  </si>
+  <si>
+    <t>711 1st St NE</t>
+  </si>
+  <si>
+    <t>HARTLEY</t>
+  </si>
+  <si>
+    <t>O'Brien</t>
+  </si>
+  <si>
+    <t>North Star W-H, LP</t>
+  </si>
+  <si>
+    <t>MAPLE LANE APTS</t>
+  </si>
+  <si>
+    <t>02-29</t>
+  </si>
+  <si>
+    <t>02-HM-429-721</t>
+  </si>
+  <si>
+    <t>4041 Hubbell Ave</t>
+  </si>
+  <si>
+    <t>DM Maple Lane LLLP</t>
+  </si>
+  <si>
+    <t>MARENGO PARK APARTMENTS</t>
+  </si>
+  <si>
+    <t>93-23</t>
+  </si>
+  <si>
+    <t>802 W Pine</t>
+  </si>
+  <si>
+    <t>MARENGO</t>
+  </si>
+  <si>
+    <t>Iowa</t>
+  </si>
+  <si>
+    <t>Marengo Park Apartments LP</t>
+  </si>
+  <si>
+    <t>MARION MANOR I</t>
+  </si>
+  <si>
+    <t>10-10-255</t>
+  </si>
+  <si>
+    <t>224 Marion Dr</t>
+  </si>
+  <si>
+    <t>IOWA FALLS</t>
+  </si>
+  <si>
+    <t>Hardin</t>
+  </si>
+  <si>
+    <t>Marion Manor Co Ltd.</t>
+  </si>
+  <si>
+    <t>MARION MANOR II</t>
+  </si>
+  <si>
+    <t>10-10-259</t>
+  </si>
+  <si>
+    <t>1228 N Fremont</t>
+  </si>
+  <si>
+    <t>MARYCREST</t>
+  </si>
+  <si>
+    <t>03-09</t>
+  </si>
+  <si>
+    <t>1607 W 12th St</t>
+  </si>
+  <si>
+    <t>WSR LLC</t>
+  </si>
+  <si>
+    <t>Benjamin Widmyer</t>
+  </si>
+  <si>
+    <t>BW Real Estate LLC dba Widmyer Corp</t>
+  </si>
+  <si>
+    <t>Lorelei Siwierka</t>
+  </si>
+  <si>
+    <t>MARYCREST SENIOR CAMPUS II</t>
+  </si>
+  <si>
+    <t>04-11</t>
+  </si>
+  <si>
+    <t>MARYCREST SENIOR CAMPUS III</t>
+  </si>
+  <si>
+    <t>04-09</t>
+  </si>
+  <si>
+    <t>MARYCREST SENIOR CAMPUS IV</t>
+  </si>
+  <si>
+    <t>06-33</t>
+  </si>
+  <si>
+    <t>1601 W 12th St</t>
+  </si>
+  <si>
+    <t>MEADOW CREST GARDENS I</t>
+  </si>
+  <si>
+    <t>00-01</t>
+  </si>
+  <si>
+    <t>2501 W 53rd St</t>
+  </si>
+  <si>
+    <t>Meadow Crest Gardens LP</t>
+  </si>
+  <si>
+    <t>MEADOW CREST PHASE II</t>
+  </si>
+  <si>
+    <t>05-16</t>
+  </si>
+  <si>
+    <t>Davenport Housing V LP</t>
+  </si>
+  <si>
+    <t>MEADOW HEIGHTS APARTMENTS</t>
+  </si>
+  <si>
+    <t>06-40</t>
+  </si>
+  <si>
+    <t>06-HM-440-721</t>
+  </si>
+  <si>
+    <t>800 28th Ave N</t>
+  </si>
+  <si>
+    <t>Skyline Center Service Enriched Housing I LLLP</t>
+  </si>
+  <si>
+    <t>Brandon Rumler</t>
+  </si>
+  <si>
+    <t>Skyline Center Inc</t>
+  </si>
+  <si>
+    <t>Paulette Lynch</t>
+  </si>
+  <si>
+    <t>MEADOW RUN APTS</t>
+  </si>
+  <si>
+    <t>97-65</t>
+  </si>
+  <si>
+    <t>800 W Tarkio</t>
+  </si>
+  <si>
+    <t>CLARINDA</t>
+  </si>
+  <si>
+    <t>Page</t>
+  </si>
+  <si>
+    <t>Clarinda I LP</t>
+  </si>
+  <si>
+    <t>MEADOWBROOK APTS</t>
+  </si>
+  <si>
+    <t>93-28</t>
+  </si>
+  <si>
+    <t>508 S M St</t>
+  </si>
+  <si>
+    <t>Oskaloosa I LP</t>
+  </si>
+  <si>
+    <t>MEREDITH HOMES (CHI INC)</t>
+  </si>
+  <si>
+    <t>06-HM-268-28</t>
+  </si>
+  <si>
+    <t>3716 Indianola Road</t>
+  </si>
+  <si>
+    <t>Community Housing Initiatives Inc</t>
+  </si>
+  <si>
+    <t>Chelsie Vander Weide</t>
+  </si>
+  <si>
+    <t>MITCHELLVILLE PARK APTS</t>
+  </si>
+  <si>
+    <t>10-10-266</t>
+  </si>
+  <si>
+    <t>401 Center Ave S</t>
+  </si>
+  <si>
+    <t>MITCHELLVILLE</t>
+  </si>
+  <si>
+    <t>RD Preservation IV LLLP</t>
+  </si>
+  <si>
+    <t>MLK BRICKSTONE I</t>
+  </si>
+  <si>
+    <t>09-0925</t>
+  </si>
+  <si>
+    <t>09-HM-425-731</t>
+  </si>
+  <si>
+    <t>1039 19th St</t>
+  </si>
+  <si>
+    <t>MLK Brickstone Dev LP</t>
+  </si>
+  <si>
+    <t>MLK BRICKSTONE II</t>
+  </si>
+  <si>
+    <t>10-10-222</t>
+  </si>
+  <si>
+    <t>10-HM-402-731</t>
+  </si>
+  <si>
+    <t>1051 19th St</t>
+  </si>
+  <si>
+    <t>MLK Brickstone II LP</t>
+  </si>
+  <si>
+    <t>MT PLEASANT PARK APTS</t>
+  </si>
+  <si>
+    <t>10-10-267</t>
+  </si>
+  <si>
+    <t>1202 Palm Ave</t>
+  </si>
+  <si>
+    <t>RD Mount Pleasant Park LLLP</t>
+  </si>
+  <si>
+    <t>NEVADA ELDERLY APTS</t>
+  </si>
+  <si>
+    <t>10-10-268</t>
+  </si>
+  <si>
+    <t>833 S 13th St</t>
+  </si>
+  <si>
+    <t>NEVADA</t>
+  </si>
+  <si>
+    <t>Story</t>
+  </si>
+  <si>
+    <t>RD Nevada, LLLP</t>
+  </si>
+  <si>
+    <t>Paul Thoma</t>
+  </si>
+  <si>
+    <t>NEWTON PLAZA APTS</t>
+  </si>
+  <si>
+    <t>93-29</t>
+  </si>
+  <si>
+    <t>901 S 13th Ave E</t>
+  </si>
+  <si>
+    <t>Newton I LP</t>
+  </si>
+  <si>
+    <t>NORTH LIBERTY LIVING CENTER</t>
+  </si>
+  <si>
+    <t>09-0943</t>
+  </si>
+  <si>
+    <t>450 Ashley Court</t>
+  </si>
+  <si>
+    <t>NORTH LIBERTY</t>
+  </si>
+  <si>
+    <t>Johnson</t>
+  </si>
+  <si>
+    <t>RCA North Liberty Center, LP</t>
+  </si>
+  <si>
+    <t>NORTHPARK APARTMENTS</t>
+  </si>
+  <si>
+    <t>05-25</t>
+  </si>
+  <si>
+    <t>1724 E Milwaukee</t>
+  </si>
+  <si>
+    <t>Ryan Winter DBA North Park Apartments LLC</t>
+  </si>
+  <si>
+    <t>Ryan Winter</t>
+  </si>
+  <si>
+    <t>NORWALK &amp; GRIMES PARKS II</t>
+  </si>
+  <si>
+    <t>10-10-226</t>
+  </si>
+  <si>
+    <t>900 E 17th St</t>
+  </si>
+  <si>
+    <t>RD GN LLLP</t>
+  </si>
+  <si>
+    <t>OAK HILL JACKSON BRICKSTONE</t>
+  </si>
+  <si>
+    <t>09-0926</t>
+  </si>
+  <si>
+    <t>951 6th St SE</t>
+  </si>
+  <si>
+    <t>Oak Hill Jackson Brickstone LP</t>
+  </si>
+  <si>
+    <t>Oak Park Senior Living</t>
+  </si>
+  <si>
+    <t>18-08</t>
+  </si>
+  <si>
+    <t>913 Club House Dr</t>
+  </si>
+  <si>
+    <t>JNB Oak Park LP</t>
+  </si>
+  <si>
+    <t>OAKLAND PARK APTS</t>
+  </si>
+  <si>
+    <t>97-64</t>
+  </si>
+  <si>
+    <t>405 S Chautauqua</t>
+  </si>
+  <si>
+    <t>OAKLAND</t>
+  </si>
+  <si>
+    <t>Oakland I LP</t>
+  </si>
+  <si>
+    <t>ODEBOLT LIVING</t>
+  </si>
+  <si>
+    <t>06-26</t>
+  </si>
+  <si>
+    <t>799 S Des Moines St</t>
+  </si>
+  <si>
+    <t>ODEBOLT</t>
+  </si>
+  <si>
+    <t>Odebolt Living LLC</t>
+  </si>
+  <si>
+    <t>OLIVE STREET BRICKSTONE</t>
+  </si>
+  <si>
+    <t>11-11-61</t>
+  </si>
+  <si>
+    <t>10-HM-421-731</t>
+  </si>
+  <si>
+    <t>1710 High St</t>
+  </si>
+  <si>
+    <t>Olive Street Brickstones LLC</t>
+  </si>
+  <si>
+    <t>PANORA LIVING</t>
+  </si>
+  <si>
+    <t>06-27</t>
+  </si>
+  <si>
+    <t>807 E Main St</t>
+  </si>
+  <si>
+    <t>PANORA</t>
+  </si>
+  <si>
+    <t>Guthrie</t>
+  </si>
+  <si>
+    <t>Panora Living LLC</t>
+  </si>
+  <si>
+    <t>PAR LIVING</t>
+  </si>
+  <si>
+    <t>09-HM-412</t>
+  </si>
+  <si>
+    <t>606 Parriott St</t>
+  </si>
+  <si>
+    <t>APLINGTON</t>
+  </si>
+  <si>
+    <t>Butler</t>
+  </si>
+  <si>
+    <t>Rick Gibson</t>
+  </si>
+  <si>
+    <t>PARKVIEW APTS</t>
+  </si>
+  <si>
+    <t>91-06</t>
+  </si>
+  <si>
+    <t>844 12th Ave</t>
+  </si>
+  <si>
+    <t>MANSON</t>
+  </si>
+  <si>
+    <t>Craig &amp; Luann Nekvinda</t>
+  </si>
+  <si>
+    <t>Craig Nekvinda</t>
+  </si>
+  <si>
+    <t>PEBBLE CREEK VILLAS</t>
+  </si>
+  <si>
+    <t>12-12-30</t>
+  </si>
+  <si>
+    <t>55 Cobblestone Lane</t>
+  </si>
+  <si>
+    <t>LE CLAIRE</t>
+  </si>
+  <si>
+    <t>JNB Pebble Creek Villas L.P.</t>
+  </si>
+  <si>
+    <t>Pine Knoll</t>
+  </si>
+  <si>
+    <t>20-15</t>
+  </si>
+  <si>
+    <t>20-HT-415</t>
+  </si>
+  <si>
+    <t>2504 Telegraph Road</t>
+  </si>
+  <si>
+    <t>Pine Knoll LLC</t>
+  </si>
+  <si>
+    <t>PINNACLE OF BOONE</t>
+  </si>
+  <si>
+    <t>01-29</t>
+  </si>
+  <si>
+    <t>203 Harrison St</t>
+  </si>
+  <si>
+    <t>203 Harrison Street LP</t>
+  </si>
+  <si>
+    <t>John Foley</t>
+  </si>
+  <si>
+    <t>Central States Property Management LLC</t>
+  </si>
+  <si>
+    <t>Charlene Wilhelmi</t>
+  </si>
+  <si>
+    <t>PRAIRIE CITY PARK APTS</t>
+  </si>
+  <si>
+    <t>92-22</t>
+  </si>
+  <si>
+    <t>601 S Main St</t>
+  </si>
+  <si>
+    <t>PRAIRIE CITY</t>
+  </si>
+  <si>
+    <t>Prairie City Park Limited Partnership</t>
+  </si>
+  <si>
+    <t>Prairie Rapids Apts.</t>
+  </si>
+  <si>
+    <t>01-28</t>
+  </si>
+  <si>
+    <t>314 Randolph</t>
+  </si>
+  <si>
+    <t>Prairie Rapids Apartments LLC</t>
+  </si>
+  <si>
+    <t>Doug Bloes</t>
+  </si>
+  <si>
+    <t>PRAIRIE ROSE</t>
+  </si>
+  <si>
+    <t>98-40</t>
+  </si>
+  <si>
+    <t>2805 Schroeder Dr</t>
+  </si>
+  <si>
+    <t>Axis Holdings LLC</t>
+  </si>
+  <si>
     <t>PRAIRIE VILLAGE OF ADEL</t>
   </si>
   <si>
+    <t>10-10-256</t>
+  </si>
+  <si>
+    <t>600 S 12th St</t>
+  </si>
+  <si>
+    <t>ADEL</t>
+  </si>
+  <si>
+    <t>RD Adel LLLP</t>
+  </si>
+  <si>
+    <t>PRAIRIEVIEW MANOR APTS</t>
+  </si>
+  <si>
+    <t>95-51</t>
+  </si>
+  <si>
+    <t>94-HM-403-721</t>
+  </si>
+  <si>
+    <t>1749 Lynx</t>
+  </si>
+  <si>
+    <t>WEBSTER CITY</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>Prairieview Manor Company LP</t>
+  </si>
+  <si>
+    <t>RD PRESERVATION II</t>
+  </si>
+  <si>
+    <t>08-24</t>
+  </si>
+  <si>
+    <t>426 W Mills St</t>
+  </si>
+  <si>
+    <t>RD Preservation II, LLLP</t>
+  </si>
+  <si>
+    <t>REGENCY VILLA APARTMENTS</t>
+  </si>
+  <si>
+    <t>14-14-13</t>
+  </si>
+  <si>
+    <t>1601 Redwood Dr</t>
+  </si>
+  <si>
+    <t>ATLANTIC</t>
+  </si>
+  <si>
+    <t>Cass</t>
+  </si>
+  <si>
+    <t>RD Atlantic, LLLP</t>
+  </si>
+  <si>
+    <t>RIVERSIDE ESTATES</t>
+  </si>
+  <si>
+    <t>00-21</t>
+  </si>
+  <si>
+    <t>00-HM-422-731</t>
+  </si>
+  <si>
+    <t>1104 River Dr S</t>
+  </si>
+  <si>
+    <t>Oracle Enterprises, LLC</t>
+  </si>
+  <si>
+    <t>Brandi Jorgensen</t>
+  </si>
+  <si>
+    <t>J and M Property Management</t>
+  </si>
+  <si>
+    <t>SALVIA HOUSE</t>
+  </si>
+  <si>
+    <t>08-HM-423-721</t>
+  </si>
+  <si>
+    <t>196 Kaufmann Ave</t>
+  </si>
+  <si>
+    <t>Salvia House LTD</t>
+  </si>
+  <si>
+    <t>SANCTUARY APARTMENTS</t>
+  </si>
+  <si>
+    <t>06-20</t>
+  </si>
+  <si>
+    <t>06-HM-420-721</t>
+  </si>
+  <si>
+    <t>3300 W 4th St</t>
+  </si>
+  <si>
+    <t>Sanctuary Transitional Housing I LLLP</t>
+  </si>
+  <si>
+    <t>Julie Enockson</t>
+  </si>
+  <si>
+    <t>SENECA PLACE</t>
+  </si>
+  <si>
+    <t>95-43</t>
+  </si>
+  <si>
+    <t>1405 N Seneca St</t>
+  </si>
+  <si>
+    <t>Axis Fund I, LLC</t>
+  </si>
+  <si>
+    <t>SILVER OAKS</t>
+  </si>
+  <si>
+    <t>11-11-42</t>
+  </si>
+  <si>
+    <t>11-HT-342</t>
+  </si>
+  <si>
+    <t>979 Oakridge Dr</t>
+  </si>
+  <si>
+    <t>Silver Oaks Ventures LLP</t>
+  </si>
+  <si>
+    <t>Sixth Avenue Flats</t>
+  </si>
+  <si>
+    <t>20-21</t>
+  </si>
+  <si>
+    <t>1230 6th Avenue</t>
+  </si>
+  <si>
+    <t>Urban Campus Apartments L.L.L.P.</t>
+  </si>
+  <si>
+    <t>SONOMA SQUARE</t>
+  </si>
+  <si>
+    <t>17-21</t>
+  </si>
+  <si>
+    <t>5650 Muirfield Dr SW</t>
+  </si>
+  <si>
+    <t>Sonoma Square Partners LP</t>
+  </si>
+  <si>
+    <t>Darryl High</t>
+  </si>
+  <si>
+    <t>High Property Management</t>
+  </si>
+  <si>
+    <t>Amy High</t>
+  </si>
+  <si>
+    <t>SOUTHERN HILLS APTS</t>
+  </si>
+  <si>
+    <t>94-40</t>
+  </si>
+  <si>
+    <t>420 S Gustin</t>
+  </si>
+  <si>
+    <t>OSCEOLA</t>
+  </si>
+  <si>
+    <t>Clarke</t>
+  </si>
+  <si>
+    <t>Western Prairie Land &amp; Livery Co</t>
+  </si>
+  <si>
+    <t>Lucas Miles</t>
+  </si>
+  <si>
+    <t>Van Binsbergen &amp; Associates</t>
+  </si>
+  <si>
+    <t>Jon Koenen</t>
+  </si>
+  <si>
+    <t>SOUTHERN MEADOWS HOMES</t>
+  </si>
+  <si>
+    <t>12-12-26</t>
+  </si>
+  <si>
+    <t>2800 SE 8th St</t>
+  </si>
+  <si>
+    <t>Southern Meadows Homes LP</t>
+  </si>
+  <si>
+    <t>SOUTHWINDS</t>
+  </si>
+  <si>
+    <t>10-10-19</t>
+  </si>
+  <si>
+    <t>1264 Cummins Rd</t>
+  </si>
+  <si>
+    <t>Southwinds Financial LLC</t>
+  </si>
+  <si>
+    <t>Michelle Davis</t>
+  </si>
+  <si>
+    <t>ST. KATHERINE'S</t>
+  </si>
+  <si>
+    <t>00-13</t>
+  </si>
+  <si>
+    <t>901 Tremont</t>
+  </si>
+  <si>
+    <t>Davenport Housing LP</t>
+  </si>
+  <si>
+    <t>James Bergman Davenport Housing, LP</t>
+  </si>
+  <si>
+    <t>STARVIEW APARTMENTS</t>
+  </si>
+  <si>
+    <t>98-45</t>
+  </si>
+  <si>
+    <t>98-HMS-663-731</t>
+  </si>
+  <si>
+    <t>802 1st St</t>
+  </si>
+  <si>
+    <t>ONAWA</t>
+  </si>
+  <si>
+    <t>Monona</t>
+  </si>
+  <si>
+    <t>STATE CENTER PARK APARTMENTS</t>
+  </si>
+  <si>
+    <t>10-10-270</t>
+  </si>
+  <si>
+    <t>701 2nd St NW</t>
+  </si>
+  <si>
+    <t>RD State Center LLLP</t>
+  </si>
+  <si>
+    <t>Steamboat Village Apartments</t>
+  </si>
+  <si>
+    <t>20-04</t>
+  </si>
+  <si>
+    <t>20-HT-404</t>
+  </si>
+  <si>
+    <t>3108 Steamboat Way</t>
+  </si>
+  <si>
+    <t>JNB FAMILY 1 LP</t>
+  </si>
+  <si>
+    <t>Jim Bergman</t>
+  </si>
+  <si>
+    <t>STOCKBRIDGE APARTMENTS</t>
+  </si>
+  <si>
+    <t>07-27</t>
+  </si>
+  <si>
+    <t>1815 High St</t>
+  </si>
+  <si>
+    <t>Stockbridge LP</t>
+  </si>
+  <si>
+    <t>STOKES MANOR</t>
+  </si>
+  <si>
+    <t>02-22</t>
+  </si>
+  <si>
+    <t>02-HM-422-721</t>
+  </si>
+  <si>
+    <t>1311 Prospect Ave</t>
+  </si>
+  <si>
+    <t>Highland Park LP</t>
+  </si>
+  <si>
+    <t>La Tonya Stokes</t>
+  </si>
+  <si>
+    <t>Stokes Development LLC</t>
+  </si>
+  <si>
+    <t>LaTonya Stokes</t>
+  </si>
+  <si>
+    <t>SUNRISE VILLA APTS</t>
+  </si>
+  <si>
+    <t>93-22</t>
+  </si>
+  <si>
+    <t>524 Sunset Dr</t>
+  </si>
+  <si>
+    <t>Sunrise Estates LP</t>
+  </si>
+  <si>
+    <t>THE CENTER APTS</t>
+  </si>
+  <si>
+    <t>00-40</t>
+  </si>
+  <si>
+    <t>225 Bluff St</t>
+  </si>
+  <si>
+    <t>Center for Siouxland</t>
+  </si>
+  <si>
+    <t>Jonette Spurlock</t>
+  </si>
+  <si>
+    <t>THE IOWANA</t>
+  </si>
+  <si>
+    <t>10-10-25</t>
+  </si>
+  <si>
+    <t>203 W Montgomery St</t>
+  </si>
+  <si>
+    <t>CRESTON</t>
+  </si>
+  <si>
+    <t>Hotel Iowana LP</t>
+  </si>
+  <si>
+    <t>LaVerne Hanson</t>
+  </si>
+  <si>
+    <t>Right Way Mgmt Services, LLC</t>
+  </si>
+  <si>
+    <t>John Petersen</t>
+  </si>
+  <si>
+    <t>THE MEADOWS</t>
+  </si>
+  <si>
+    <t>03-24</t>
+  </si>
+  <si>
+    <t>03-HM-424-731</t>
+  </si>
+  <si>
+    <t>7500 Meadow Lands Dr</t>
+  </si>
+  <si>
+    <t>Meadowlane, LLC</t>
+  </si>
+  <si>
+    <t>THOMAS SQUARE AT GRIMES</t>
+  </si>
+  <si>
+    <t>11-11-18</t>
+  </si>
+  <si>
+    <t>601 SE Dovetail</t>
+  </si>
+  <si>
+    <t>Dovetail Family Housing LP</t>
+  </si>
+  <si>
+    <t>VIKING VILLAGE APTS</t>
+  </si>
+  <si>
+    <t>90-28</t>
+  </si>
+  <si>
+    <t>910 Fairview</t>
+  </si>
+  <si>
+    <t>STORY CITY</t>
+  </si>
+  <si>
+    <t>Viking Village Company LP</t>
+  </si>
+  <si>
+    <t>VILLAGE PARK/INDIANHEAD APTS</t>
+  </si>
+  <si>
+    <t>10-10-271</t>
+  </si>
+  <si>
+    <t>1015 S Prospect Dr</t>
+  </si>
+  <si>
+    <t>TOLEDO</t>
+  </si>
+  <si>
+    <t>Tama</t>
+  </si>
+  <si>
+    <t>RD Toledo, LLLP</t>
+  </si>
+  <si>
+    <t>VILLAS AT FOX POINTE</t>
+  </si>
+  <si>
+    <t>14-14-34</t>
+  </si>
+  <si>
+    <t>2110 Madelyn Dr</t>
+  </si>
+  <si>
+    <t>KNOXVILLE</t>
+  </si>
+  <si>
+    <t>Marion</t>
+  </si>
+  <si>
+    <t>JNB Villas at Fox Pointe</t>
+  </si>
+  <si>
+    <t>Villas at Fox Pointe Boone</t>
+  </si>
+  <si>
+    <t>21-13</t>
+  </si>
+  <si>
+    <t>21-HT-413</t>
+  </si>
+  <si>
+    <t>1110 Colin Drive</t>
+  </si>
+  <si>
+    <t>BJF Boone Family LP</t>
+  </si>
+  <si>
+    <t>WASHINGTON SENIOR APTS</t>
+  </si>
+  <si>
+    <t>18-33</t>
+  </si>
+  <si>
+    <t>751 Second Ave S</t>
+  </si>
+  <si>
+    <t>The Washington LLC</t>
+  </si>
+  <si>
+    <t>WAUKEE FAMILY HOUSING</t>
+  </si>
+  <si>
+    <t>10-10-240</t>
+  </si>
+  <si>
+    <t>1300 SE Jacob Dr</t>
+  </si>
+  <si>
+    <t>JNB Family Waukee LP</t>
+  </si>
+  <si>
+    <t>WC STOKES ESTATES</t>
+  </si>
+  <si>
+    <t>97-06</t>
+  </si>
+  <si>
+    <t>97-HM-436-731</t>
+  </si>
+  <si>
+    <t>515 Stokes Dr</t>
+  </si>
+  <si>
+    <t>WELCH APARTMENTS</t>
+  </si>
+  <si>
+    <t>05-17</t>
+  </si>
+  <si>
+    <t>220 Iowa Ave</t>
+  </si>
+  <si>
+    <t>JNB Welch Hotel, LLC</t>
+  </si>
+  <si>
+    <t>WESTPORT TERRACE</t>
+  </si>
+  <si>
+    <t>09-0933</t>
+  </si>
+  <si>
+    <t>950 Johnson St Rd</t>
+  </si>
+  <si>
+    <t>Westport Terrace Apartments, LP</t>
+  </si>
+  <si>
+    <t>WESTVIEW VILLAGE APTS</t>
+  </si>
+  <si>
+    <t>92-24</t>
+  </si>
+  <si>
+    <t>1250 Westwood Dr</t>
+  </si>
+  <si>
+    <t>Westview Village Limited Partnership</t>
+  </si>
+  <si>
+    <t>WILLOWBROOK APTS</t>
+  </si>
+  <si>
+    <t>93-24</t>
+  </si>
+  <si>
+    <t>925 Jeffries St</t>
+  </si>
+  <si>
+    <t>CHEROKEE</t>
+  </si>
+  <si>
+    <t>Cherokee</t>
+  </si>
+  <si>
+    <t>Cherokee I LP</t>
+  </si>
+  <si>
+    <t>WOODLAND AVE BRICKSTONE APTS</t>
+  </si>
+  <si>
+    <t>02-19</t>
+  </si>
+  <si>
+    <t>02-HM-419-731</t>
+  </si>
+  <si>
+    <t>1500 Woodland Ave</t>
+  </si>
+  <si>
+    <t>Woodland Avenue Partners LP</t>
+  </si>
+  <si>
+    <t>Anderson Greene</t>
+  </si>
+  <si>
+    <t>18-19</t>
+  </si>
+  <si>
+    <t>69 Miller Ave. SW Bldg. D</t>
+  </si>
+  <si>
+    <t>Miller, Christine</t>
+  </si>
+  <si>
+    <t>Anderson Greene Limited Partnership</t>
+  </si>
+  <si>
+    <t>Kathy Osterman</t>
+  </si>
+  <si>
+    <t>Woda Management and Real Estate LLC</t>
+  </si>
+  <si>
+    <t>Anderson Greene II</t>
+  </si>
+  <si>
+    <t>19-12</t>
+  </si>
+  <si>
+    <t>53 Miller Ave SW</t>
+  </si>
+  <si>
+    <t>Anderson Greene II Limited Partnership</t>
+  </si>
+  <si>
+    <t>Liam McGuigan</t>
+  </si>
+  <si>
+    <t>Ankeny Lofts</t>
+  </si>
+  <si>
+    <t>18-01</t>
+  </si>
+  <si>
+    <t>2810 SE Rio Drive</t>
+  </si>
+  <si>
+    <t>Ankeny Apartment Partners L.P.</t>
+  </si>
+  <si>
+    <t>Louis Knoble</t>
+  </si>
+  <si>
+    <t>Elmington Property Management</t>
+  </si>
+  <si>
+    <t>Kim Bowers</t>
+  </si>
+  <si>
+    <t>Annex on the Square</t>
+  </si>
+  <si>
+    <t>21-38</t>
+  </si>
+  <si>
+    <t>501 4th Avenue SE</t>
+  </si>
+  <si>
+    <t>TWG Banjo LP</t>
+  </si>
+  <si>
+    <t>Ryan Kelly</t>
+  </si>
+  <si>
+    <t>ARBOR GLEN</t>
+  </si>
+  <si>
+    <t>02-17</t>
+  </si>
+  <si>
+    <t>2650 Raven Oaks Dr</t>
+  </si>
+  <si>
+    <t>Arbor Glen Apartments LLC</t>
+  </si>
+  <si>
+    <t>Jeffrey Manders</t>
+  </si>
+  <si>
+    <t>Gronen Properties, LLC</t>
+  </si>
+  <si>
+    <t>Lin Manders</t>
+  </si>
+  <si>
+    <t>ASHTON FLATS</t>
+  </si>
+  <si>
+    <t>17-14</t>
+  </si>
+  <si>
+    <t>214 7th AveSW</t>
+  </si>
+  <si>
+    <t>Kingston Family Apartments L.L.L.P.</t>
+  </si>
+  <si>
+    <t>Megan Hunt</t>
+  </si>
+  <si>
+    <t>ATLANTIC SUNDANCE APARTMENTS</t>
+  </si>
+  <si>
+    <t>98-69</t>
+  </si>
+  <si>
+    <t>1406 E 22nd St</t>
+  </si>
+  <si>
+    <t>Premier Sundance IA, LLC</t>
+  </si>
+  <si>
+    <t>Casey Duffey</t>
+  </si>
+  <si>
+    <t>Premier Real Estate Management LLC</t>
+  </si>
+  <si>
+    <t>BAKER CREEK SENIOR LIVING I</t>
+  </si>
+  <si>
+    <t>12-12-35</t>
+  </si>
+  <si>
+    <t>4560 Hubbell Ave</t>
+  </si>
+  <si>
+    <t>Baker Creek Senior Living LLLP</t>
+  </si>
+  <si>
+    <t>Megan Milligan</t>
+  </si>
+  <si>
+    <t>Anawim Housing</t>
+  </si>
+  <si>
+    <t>Sarah Avila</t>
+  </si>
+  <si>
+    <t>BAXTER PARK APTS</t>
+  </si>
+  <si>
+    <t>90-32</t>
+  </si>
+  <si>
+    <t>206 Harrison Ct</t>
+  </si>
+  <si>
+    <t>BAXTER</t>
+  </si>
+  <si>
+    <t>Baxter Park Apartments LP</t>
+  </si>
+  <si>
+    <t>Ted Oswald</t>
+  </si>
+  <si>
+    <t>T &amp; L Properties</t>
+  </si>
+  <si>
+    <t>BEACON PLACE</t>
+  </si>
+  <si>
+    <t>11-11-58</t>
+  </si>
+  <si>
+    <t>11-HT-358</t>
+  </si>
+  <si>
+    <t>2400 S 19th St</t>
+  </si>
+  <si>
+    <t>Beacon Place Limited Partnership</t>
+  </si>
+  <si>
+    <t>David Hazlewood</t>
+  </si>
+  <si>
+    <t>NP Dodge Management Company</t>
+  </si>
+  <si>
+    <t>Ron Price</t>
+  </si>
+  <si>
+    <t>BLAIRS FERRY SENIOR</t>
+  </si>
+  <si>
+    <t>15-15-14</t>
+  </si>
+  <si>
+    <t>830 Blairs Ferry Rd NE</t>
+  </si>
+  <si>
+    <t>MARION</t>
+  </si>
+  <si>
+    <t>Blairs Ferry Senior Apartments LP</t>
+  </si>
+  <si>
+    <t>Tony Knoble</t>
+  </si>
+  <si>
+    <t>BOONE SUNDANCE APTS</t>
+  </si>
+  <si>
+    <t>98-23</t>
+  </si>
+  <si>
+    <t>1305 S Linn St</t>
+  </si>
+  <si>
+    <t>Premier Boone IA, LLC</t>
+  </si>
+  <si>
+    <t>Casey Duffy</t>
+  </si>
+  <si>
+    <t>CASALINA CHATEAU</t>
+  </si>
+  <si>
+    <t>15-HM-388</t>
+  </si>
+  <si>
+    <t>1507 8th St</t>
+  </si>
+  <si>
+    <t>Casalina Chateau</t>
+  </si>
+  <si>
+    <t>La Toya Guevara</t>
+  </si>
+  <si>
+    <t>CASTLEWOOD APARTMENTS</t>
+  </si>
+  <si>
+    <t>15-15-26</t>
+  </si>
+  <si>
+    <t>2130 Emerald Dr</t>
+  </si>
+  <si>
+    <t>Davenport MAHC LLLP</t>
+  </si>
+  <si>
+    <t>Jeff Huggett</t>
+  </si>
+  <si>
+    <t>Dominium Management Services LLC</t>
+  </si>
+  <si>
+    <t>Jen Brewerton</t>
+  </si>
+  <si>
+    <t>CEDAR CREST/HICKORY PLACE</t>
+  </si>
+  <si>
+    <t>95-34</t>
+  </si>
+  <si>
+    <t>M-93-400-731-05</t>
+  </si>
+  <si>
+    <t>806 2nd St SW</t>
+  </si>
+  <si>
+    <t>CRESCO</t>
+  </si>
+  <si>
+    <t>Premier Cresco IA, LLC</t>
+  </si>
+  <si>
+    <t>Cal Akin</t>
+  </si>
+  <si>
+    <t>CEDAR MANOR APARTMENTS II</t>
+  </si>
+  <si>
+    <t>07-12</t>
+  </si>
+  <si>
+    <t>07-HM-412-721</t>
+  </si>
+  <si>
+    <t>2003 Cedar St</t>
+  </si>
+  <si>
+    <t>Boone 2 Limited Partnership</t>
+  </si>
+  <si>
+    <t>CEDAR MANOR APTS</t>
+  </si>
+  <si>
+    <t>95-50</t>
+  </si>
+  <si>
+    <t>94-HM-405-701</t>
+  </si>
+  <si>
+    <t>Boone I LP</t>
+  </si>
+  <si>
+    <t>CEDAR PARK APARTMENTS</t>
+  </si>
+  <si>
+    <t>04-27</t>
+  </si>
+  <si>
+    <t>1816 Logan St</t>
+  </si>
+  <si>
+    <t>Cedar Park Preservation LP</t>
+  </si>
+  <si>
+    <t>Eric Lynner</t>
+  </si>
+  <si>
+    <t>Darwin Lynner Company, Inc</t>
+  </si>
+  <si>
+    <t>Andrew Lynner</t>
+  </si>
+  <si>
+    <t>Central Iowa Shelter Services Phase II</t>
+  </si>
+  <si>
+    <t>19-1-NHTF-1075</t>
+  </si>
+  <si>
+    <t>20PI-HM-100</t>
+  </si>
+  <si>
+    <t>1420 Mulberry St</t>
+  </si>
+  <si>
+    <t>Melissa O'Neil</t>
+  </si>
+  <si>
+    <t>Chandler Pointe</t>
+  </si>
+  <si>
+    <t>20-18</t>
+  </si>
+  <si>
+    <t>20-HT-418</t>
+  </si>
+  <si>
+    <t>801 W. 5th Street</t>
+  </si>
+  <si>
+    <t>WILTON</t>
+  </si>
+  <si>
+    <t>Chandler Pointe Limited Partnership</t>
+  </si>
+  <si>
+    <t>CHESAPEAKE APTS</t>
+  </si>
+  <si>
+    <t>96-64</t>
+  </si>
+  <si>
+    <t>96-HM-424-731</t>
+  </si>
+  <si>
+    <t>804 Palm Ave</t>
+  </si>
+  <si>
+    <t>Premier Mt. Pleasant IA, LLC</t>
+  </si>
+  <si>
+    <t>Calvin Akin</t>
+  </si>
+  <si>
+    <t>CHESAPEAKE APTS PHASE II</t>
+  </si>
+  <si>
+    <t>97-63</t>
+  </si>
+  <si>
+    <t>96-HM-424-731-A</t>
+  </si>
+  <si>
+    <t>800 N Palm Ave</t>
+  </si>
+  <si>
+    <t>CLOVERIDGE APTS</t>
+  </si>
+  <si>
+    <t>93-27</t>
+  </si>
+  <si>
+    <t>858 8th St SE</t>
+  </si>
+  <si>
+    <t>Altoona I Limited Partnership</t>
+  </si>
+  <si>
+    <t>COMMON GROUND DUPLEXES</t>
+  </si>
+  <si>
+    <t>09-HM-409-731</t>
+  </si>
+  <si>
+    <t>1304 Oak St</t>
+  </si>
+  <si>
+    <t>OSAGE</t>
+  </si>
+  <si>
+    <t>Mitchell</t>
+  </si>
+  <si>
+    <t>Common Ground Duplexes</t>
+  </si>
+  <si>
+    <t>Roger Mayer</t>
+  </si>
+  <si>
+    <t>Kolbet Realtors</t>
+  </si>
+  <si>
+    <t>Kevin Kolbet</t>
+  </si>
+  <si>
+    <t>COMMON GROUND DUPLEXES LLC</t>
+  </si>
+  <si>
+    <t>07-HM-400-731</t>
+  </si>
+  <si>
+    <t>609 5th St</t>
+  </si>
+  <si>
+    <t>ST. ANSGAR</t>
+  </si>
+  <si>
+    <t>COMMONWEALTH SENIOR APARTMENTS</t>
+  </si>
+  <si>
+    <t>14-14-6</t>
+  </si>
+  <si>
+    <t>1400 2nd Ave SE</t>
+  </si>
+  <si>
+    <t>Commonwealth Senior Apartments LP</t>
+  </si>
+  <si>
+    <t>COUNTRY CLUB APTS</t>
+  </si>
+  <si>
+    <t>97-17</t>
+  </si>
+  <si>
+    <t>263 Manor Dr</t>
+  </si>
+  <si>
+    <t>Premier Osceola IA, LLC</t>
+  </si>
+  <si>
+    <t>COUNTRY CLUB VILLAGE PROJECT</t>
+  </si>
+  <si>
+    <t>06-51</t>
+  </si>
+  <si>
+    <t>1200 Office Park Rd</t>
+  </si>
+  <si>
+    <t>CCV I LLC</t>
+  </si>
+  <si>
+    <t>Anthony J Rogers</t>
+  </si>
+  <si>
+    <t>R&amp;R Investors d/b/a Management Professionals, Inc.</t>
+  </si>
+  <si>
+    <t>Chad Holtey</t>
+  </si>
+  <si>
+    <t>COUNTRYSIDE OF CLINTON</t>
+  </si>
+  <si>
+    <t>99-70</t>
+  </si>
+  <si>
+    <t>99-HM-402-731</t>
+  </si>
+  <si>
+    <t>1130 N 11th St</t>
+  </si>
+  <si>
+    <t>Premier Clinton IA, LLC</t>
+  </si>
+  <si>
+    <t>Twyla Kuha</t>
+  </si>
+  <si>
+    <t>CRESTON PLAZA APTS II</t>
+  </si>
+  <si>
+    <t>07-01</t>
+  </si>
+  <si>
+    <t>07-HM-201-731</t>
+  </si>
+  <si>
+    <t>1003 S Sumner St</t>
+  </si>
+  <si>
+    <t>MBL Creston Plaza Apartments II LLC</t>
+  </si>
+  <si>
+    <t>Mary Kuntzelman</t>
+  </si>
+  <si>
+    <t>Millennia, LLC</t>
+  </si>
+  <si>
+    <t>DECORAH WOOLEN MILL</t>
+  </si>
+  <si>
+    <t>01-03</t>
+  </si>
+  <si>
+    <t>01-HM-219-21</t>
+  </si>
+  <si>
+    <t>301 W Day Spring Lane</t>
+  </si>
+  <si>
+    <t>DECORAH</t>
+  </si>
+  <si>
+    <t>Winneshiek</t>
+  </si>
+  <si>
+    <t>Decorah Woolen Mills LP</t>
+  </si>
+  <si>
+    <t>Trisha S Wilkins</t>
+  </si>
+  <si>
+    <t>Northeast Iowa Community Action Corporation</t>
+  </si>
+  <si>
+    <t>Julie Buddenberg</t>
+  </si>
+  <si>
+    <t>EHDG APTS</t>
+  </si>
+  <si>
+    <t>96-70</t>
+  </si>
+  <si>
+    <t>94-HM-432-731</t>
+  </si>
+  <si>
+    <t>216 W 16th St</t>
+  </si>
+  <si>
+    <t>Humility of Mary Holdings LLC</t>
+  </si>
+  <si>
+    <t>Ashley Velez</t>
+  </si>
+  <si>
+    <t>Vera French Housing Corp</t>
+  </si>
+  <si>
+    <t>Stacy Kiser-Willey</t>
+  </si>
+  <si>
+    <t>Elevate at Jordan Creek aka The Lift</t>
+  </si>
+  <si>
+    <t>18-32</t>
+  </si>
+  <si>
+    <t>8925 Cascade Ave</t>
+  </si>
+  <si>
+    <t>Elevate At Jordan Creek, LP</t>
+  </si>
+  <si>
+    <t>Eric Garrett</t>
+  </si>
+  <si>
+    <t>Garrett Management, LLC</t>
+  </si>
+  <si>
+    <t>Casey Rusk</t>
+  </si>
+  <si>
+    <t>EMERALD HILL APARTMENTS</t>
+  </si>
+  <si>
+    <t>04-44</t>
+  </si>
+  <si>
+    <t>1600 Steller Ave</t>
+  </si>
+  <si>
+    <t>Premier Emerald Hills IA, LLC</t>
+  </si>
+  <si>
+    <t>FEDERAL POINT (fka The Yard)</t>
+  </si>
+  <si>
+    <t>21-03</t>
+  </si>
+  <si>
+    <t>450 LeClaire St</t>
+  </si>
+  <si>
+    <t>TWG Davenport LP</t>
+  </si>
+  <si>
+    <t>Justin Collins</t>
+  </si>
+  <si>
+    <t>FOREST AND FIELDS</t>
+  </si>
+  <si>
+    <t>11-11-21</t>
+  </si>
+  <si>
+    <t>2104 Forest</t>
+  </si>
+  <si>
+    <t>Forest &amp; Fields LLLP</t>
+  </si>
+  <si>
+    <t>FORT DES MOINES</t>
+  </si>
+  <si>
+    <t>15-15-25</t>
+  </si>
+  <si>
+    <t>6840 Chaffee Rd</t>
+  </si>
+  <si>
+    <t>FDM Development Partnership LLLP</t>
+  </si>
+  <si>
+    <t>Christopher Sherman</t>
+  </si>
+  <si>
+    <t>SA Management LLC</t>
+  </si>
+  <si>
+    <t>Jenelle Luxem</t>
+  </si>
+  <si>
+    <t>GRIMES PARK I</t>
+  </si>
+  <si>
+    <t>90-37</t>
+  </si>
+  <si>
+    <t>240 SW James</t>
+  </si>
+  <si>
+    <t>Grimes Park I Limited Partnership</t>
+  </si>
+  <si>
+    <t>HARRISON LOFTS (DAVENPORT)</t>
+  </si>
+  <si>
+    <t>12-12-41</t>
+  </si>
+  <si>
+    <t>1420 Harrison St</t>
+  </si>
+  <si>
+    <t>Harrison Lofts Limited Partnership</t>
+  </si>
+  <si>
+    <t>Sherman Associates, Inc</t>
+  </si>
+  <si>
+    <t>Janelle Luxem</t>
+  </si>
+  <si>
+    <t>HEARTLAND HOMES</t>
+  </si>
+  <si>
+    <t>07-31</t>
+  </si>
+  <si>
+    <t>1503 Ave J</t>
+  </si>
+  <si>
+    <t>HFS Council Bluffs LLC</t>
+  </si>
+  <si>
+    <t>Mindy Paces</t>
+  </si>
+  <si>
+    <t>Heartland Family Service</t>
+  </si>
+  <si>
+    <t>Abby Showers</t>
+  </si>
+  <si>
+    <t>HENRY STOUT SENIOR APARTMENTS</t>
+  </si>
+  <si>
+    <t>00-03</t>
+  </si>
+  <si>
+    <t>125 W 9th St</t>
+  </si>
+  <si>
+    <t>Henry Stout, L.L.L.P</t>
+  </si>
+  <si>
+    <t>Mary Gronen</t>
+  </si>
+  <si>
+    <t>Johnston Crossing</t>
+  </si>
+  <si>
+    <t>20-27</t>
+  </si>
+  <si>
+    <t>5409 Johnston Drive NW</t>
+  </si>
+  <si>
+    <t>Johnston Crossing Limited Partnership</t>
+  </si>
+  <si>
+    <t>Johnston Crossing II</t>
+  </si>
+  <si>
+    <t>21-23</t>
+  </si>
+  <si>
+    <t>5509 NW Johnston Drive</t>
+  </si>
+  <si>
+    <t>Johnston Crossing II Limited Partnership</t>
+  </si>
+  <si>
+    <t>David Cooper Jr.</t>
+  </si>
+  <si>
+    <t>KROMER FLATS APARTMENTS</t>
+  </si>
+  <si>
+    <t>99-29</t>
+  </si>
+  <si>
+    <t>99-HM-409-29</t>
+  </si>
+  <si>
+    <t>1433 Sixth Ave</t>
+  </si>
+  <si>
+    <t>Lau Rentals LLC</t>
+  </si>
+  <si>
+    <t>Tim Lau</t>
+  </si>
+  <si>
+    <t>LAKE PLAZA APARTMENTS PHASE I</t>
+  </si>
+  <si>
+    <t>04-43</t>
+  </si>
+  <si>
+    <t>04-HM-443-721</t>
+  </si>
+  <si>
+    <t>20 N 4th St</t>
+  </si>
+  <si>
+    <t>CLEAR LAKE</t>
+  </si>
+  <si>
+    <t>Premier Lake Plaza I IA, LLC</t>
+  </si>
+  <si>
+    <t>LAKE PLAZA APARTMENTS PHASE II</t>
+  </si>
+  <si>
+    <t>05-29</t>
+  </si>
+  <si>
+    <t>Premier Lake Plaza II IA, LLC</t>
+  </si>
+  <si>
+    <t>LEASE- AFFORDABLE LIVING APARTMENTS</t>
+  </si>
+  <si>
+    <t>12AUG-HM-335</t>
+  </si>
+  <si>
+    <t>1811 6th Ave</t>
+  </si>
+  <si>
+    <t>Casselli Holdings Inc</t>
+  </si>
+  <si>
+    <t>Julian Caselli</t>
+  </si>
+  <si>
+    <t>Goldfinch Property Management</t>
+  </si>
+  <si>
+    <t>Ashley Caselli</t>
+  </si>
+  <si>
+    <t>LEGACY PARK</t>
+  </si>
+  <si>
+    <t>16-35</t>
+  </si>
+  <si>
+    <t>1635 6th Ave</t>
+  </si>
+  <si>
+    <t>Legacy Park, LLLP</t>
+  </si>
+  <si>
+    <t>16-35A</t>
+  </si>
+  <si>
+    <t>LINCOLN RIDGE</t>
+  </si>
+  <si>
+    <t>01-23</t>
+  </si>
+  <si>
+    <t>2815 Lincoln Ave</t>
+  </si>
+  <si>
+    <t>Lee County</t>
+  </si>
+  <si>
+    <t>Donald Amsler</t>
+  </si>
+  <si>
+    <t>Keokuk Housing Authority</t>
+  </si>
+  <si>
+    <t>Don Amsler</t>
+  </si>
+  <si>
+    <t>MADISON HEIGHTS APTS</t>
+  </si>
+  <si>
+    <t>97-18</t>
+  </si>
+  <si>
+    <t>97-HMS-439-731</t>
+  </si>
+  <si>
+    <t>2000 W Madison St</t>
+  </si>
+  <si>
+    <t>Premier Knoxville IA, LLC</t>
+  </si>
+  <si>
+    <t>Marion Lofts</t>
+  </si>
+  <si>
+    <t>19-10</t>
+  </si>
+  <si>
+    <t>2274 5TH Avenue</t>
+  </si>
+  <si>
+    <t>TWG Iowa Apartment Partners LP</t>
+  </si>
+  <si>
+    <t>MARSHALLTOWN SUNDANCE APTS</t>
+  </si>
+  <si>
+    <t>98-25</t>
+  </si>
+  <si>
+    <t>1711 S 7th Ave</t>
+  </si>
+  <si>
+    <t>Premier Marshalltown IA LLC</t>
+  </si>
+  <si>
+    <t>MEADOW LAKE APTS</t>
+  </si>
+  <si>
+    <t>99-71</t>
+  </si>
+  <si>
+    <t>99-HM-401-731</t>
+  </si>
+  <si>
+    <t>1109 Buddy Holly Pl</t>
+  </si>
+  <si>
+    <t>Premier Meadow Lake IA, LLC</t>
+  </si>
+  <si>
+    <t>MEADOW WOOD OF CARROLL PHASE II</t>
+  </si>
+  <si>
+    <t>99-68</t>
+  </si>
+  <si>
+    <t>99-HM-412-731</t>
+  </si>
+  <si>
+    <t>1102 Woodland Ave</t>
+  </si>
+  <si>
+    <t>CARROLL</t>
+  </si>
+  <si>
+    <t>Carroll</t>
+  </si>
+  <si>
+    <t>Premier Meadow Woods I IA, LLC</t>
+  </si>
+  <si>
+    <t>Merle Hay Apartments (aka Lillis Lofts)</t>
+  </si>
+  <si>
+    <t>19-17</t>
+  </si>
+  <si>
+    <t>6313 Douglas Avenue</t>
+  </si>
+  <si>
+    <t>URBANDALE</t>
+  </si>
+  <si>
+    <t>Justin Merle Apartment Partners LP</t>
+  </si>
+  <si>
+    <t>METRO LOFTS</t>
+  </si>
+  <si>
+    <t>08-0922</t>
+  </si>
+  <si>
+    <t>100 2nd Ave</t>
+  </si>
+  <si>
+    <t>SA Metro Lofts LP</t>
+  </si>
+  <si>
+    <t>MURRAY APARTMENTS</t>
+  </si>
+  <si>
+    <t>09-0916</t>
+  </si>
+  <si>
+    <t>09-HM-416-29</t>
+  </si>
+  <si>
+    <t>821 Jackson St</t>
+  </si>
+  <si>
+    <t>821 Jackson St LLLP</t>
+  </si>
+  <si>
+    <t>James Johnson</t>
+  </si>
+  <si>
+    <t>Plains Asset Group</t>
+  </si>
+  <si>
+    <t>Jamie Friedel</t>
+  </si>
+  <si>
+    <t>NEICAC Rental Condos Phase I</t>
+  </si>
+  <si>
+    <t>18MAY-HM-326</t>
+  </si>
+  <si>
+    <t>321 W Stoneman St</t>
+  </si>
+  <si>
+    <t>POSTVILLE</t>
+  </si>
+  <si>
+    <t>Allamakee</t>
+  </si>
+  <si>
+    <t>Trisha Wilkins</t>
+  </si>
+  <si>
+    <t>NEICAC SINGLE FAMILY RENTAL 2014</t>
+  </si>
+  <si>
+    <t>14JUL-HM-924</t>
+  </si>
+  <si>
+    <t>310 Commercial St</t>
+  </si>
+  <si>
+    <t>STRAWBERRY POINT</t>
+  </si>
+  <si>
+    <t>Clayton</t>
+  </si>
+  <si>
+    <t>NEWTON SUNDANCE APTS</t>
+  </si>
+  <si>
+    <t>98-24</t>
+  </si>
+  <si>
+    <t>210 E 28th St N</t>
+  </si>
+  <si>
+    <t>Premier Newton IA, LLC</t>
+  </si>
+  <si>
+    <t>NORTH STONE APARTMENTS</t>
+  </si>
+  <si>
+    <t>15-HM-384</t>
+  </si>
+  <si>
+    <t>1315 N 8th Ave</t>
+  </si>
+  <si>
+    <t>North Stone Apartments LLC</t>
+  </si>
+  <si>
+    <t>Peter Corkrean</t>
+  </si>
+  <si>
+    <t>North Stone Apartments Phase 2</t>
+  </si>
+  <si>
+    <t>19MAR-HM-381</t>
+  </si>
+  <si>
+    <t>1315 N 8 Ave</t>
+  </si>
+  <si>
+    <t>NORTHEAST IOWA COMMUNITY ACTION CORP</t>
+  </si>
+  <si>
+    <t>05-HM-296-721</t>
+  </si>
+  <si>
+    <t>704 Ridgewood Dr</t>
+  </si>
+  <si>
+    <t>NORWALK PARK APTS</t>
+  </si>
+  <si>
+    <t>90-29</t>
+  </si>
+  <si>
+    <t>918 17th St</t>
+  </si>
+  <si>
+    <t>Norwalk Park Apartments Limited Partnership</t>
+  </si>
+  <si>
+    <t>OAK COURT RENTALS</t>
+  </si>
+  <si>
+    <t>11-HM-408</t>
+  </si>
+  <si>
+    <t>1305 Oak Court Dr</t>
+  </si>
+  <si>
+    <t>OAK TERRACE</t>
+  </si>
+  <si>
+    <t>03-34</t>
+  </si>
+  <si>
+    <t>03-HM-434-731</t>
+  </si>
+  <si>
+    <t>561 Ottumwa St</t>
+  </si>
+  <si>
+    <t>Ottumwa Housing Authority</t>
+  </si>
+  <si>
+    <t>Meliha Cavkusic</t>
+  </si>
+  <si>
+    <t>PARK RUN APARTMENTS</t>
+  </si>
+  <si>
+    <t>04-45</t>
+  </si>
+  <si>
+    <t>1701 Iowa Dr</t>
+  </si>
+  <si>
+    <t>TGR Group LLC</t>
+  </si>
+  <si>
+    <t>PARKWINDS</t>
+  </si>
+  <si>
+    <t>10-10-13</t>
+  </si>
+  <si>
+    <t>3600 Kennedy Drive</t>
+  </si>
+  <si>
+    <t>Park Winds Apartments LLC</t>
+  </si>
+  <si>
+    <t>Elliot Horowitz</t>
+  </si>
+  <si>
+    <t>Advanced Precision Group LLC</t>
+  </si>
+  <si>
+    <t>Dionne Fuller</t>
+  </si>
+  <si>
+    <t>PEBBLE CREEK APTS PHASE II</t>
+  </si>
+  <si>
+    <t>02-21</t>
+  </si>
+  <si>
+    <t>02-HM-421-731</t>
+  </si>
+  <si>
+    <t>190 S Grover Ave</t>
+  </si>
+  <si>
+    <t>Premier Pebble Creek II IA, LLC</t>
+  </si>
+  <si>
+    <t>PHEASANT HOLLOW APARTMENTS</t>
+  </si>
+  <si>
+    <t>99-03</t>
+  </si>
+  <si>
+    <t>99-HM-411-731</t>
+  </si>
+  <si>
+    <t>19 D Ave</t>
+  </si>
+  <si>
+    <t>GRUNDY CENTER</t>
+  </si>
+  <si>
+    <t>Grundy</t>
+  </si>
+  <si>
+    <t>Premier Grundy Center IA, LLC</t>
+  </si>
+  <si>
+    <t>PHEASANT RIDGE</t>
+  </si>
+  <si>
+    <t>17-26</t>
+  </si>
+  <si>
+    <t>2626 Bartelt Rd</t>
+  </si>
+  <si>
+    <t>IOWA CITY</t>
+  </si>
+  <si>
+    <t>Iowa City Leased Housing Associates III LLLP</t>
+  </si>
+  <si>
+    <t>Jen Brewereton</t>
+  </si>
+  <si>
+    <t>PHEASANT RUN APTS (IOWA FALLS)</t>
+  </si>
+  <si>
+    <t>99-04</t>
+  </si>
+  <si>
+    <t>99-HM-410-731</t>
+  </si>
+  <si>
+    <t>1430 E Georgetown Rd</t>
+  </si>
+  <si>
+    <t>Premier Iowa City IA LLC</t>
+  </si>
+  <si>
+    <t>PIONEER WOODS</t>
+  </si>
+  <si>
+    <t>06-21</t>
+  </si>
+  <si>
+    <t>06-HM-121-20</t>
+  </si>
+  <si>
+    <t>2300 SE 17th Ct</t>
+  </si>
+  <si>
+    <t>Pioneer Woods LLC</t>
+  </si>
+  <si>
+    <t>PRAIRIEWINDS</t>
+  </si>
+  <si>
+    <t>10-10-20</t>
+  </si>
+  <si>
+    <t>2201 E Park Ave</t>
+  </si>
+  <si>
+    <t>Prairie Winds Apartments LLC</t>
+  </si>
+  <si>
+    <t>Elliot Kozlowitz</t>
+  </si>
+  <si>
+    <t>PRESTWICK APTS</t>
+  </si>
+  <si>
+    <t>95-04</t>
+  </si>
+  <si>
+    <t>4230 Hickory Ln</t>
+  </si>
+  <si>
+    <t>Prestwick Apartments Ltd LP</t>
+  </si>
+  <si>
+    <t>Karen Jacobs</t>
+  </si>
+  <si>
+    <t>Midstates Development Inc</t>
+  </si>
+  <si>
+    <t>PROJECT HOPE AND A HOME</t>
+  </si>
+  <si>
+    <t>22-1-NHTF-1013</t>
+  </si>
+  <si>
+    <t>207 S Sherman</t>
+  </si>
+  <si>
+    <t>AMES</t>
+  </si>
+  <si>
+    <t>Shelter Housing Corporation, dba The Bridge Home</t>
+  </si>
+  <si>
+    <t>Sam Carrell</t>
+  </si>
+  <si>
+    <t>RIVERBEND DUPLEXES</t>
+  </si>
+  <si>
+    <t>01-37</t>
+  </si>
+  <si>
+    <t>1233 7th St</t>
+  </si>
+  <si>
+    <t>Riverbend Duplexes LP</t>
+  </si>
+  <si>
+    <t>Cynthia Latcham</t>
+  </si>
+  <si>
+    <t>RIVEREAST APARTMENTS</t>
+  </si>
+  <si>
+    <t>17-30</t>
+  </si>
+  <si>
+    <t>3201 Renner Dr</t>
+  </si>
+  <si>
+    <t>Council Bluffs Leased Housing Associates I, LLLP</t>
+  </si>
+  <si>
+    <t>Ryan Lunderby</t>
+  </si>
+  <si>
+    <t>RIVERWALK LOFTS</t>
+  </si>
+  <si>
+    <t>07-14</t>
+  </si>
+  <si>
+    <t>420 River Dr</t>
+  </si>
+  <si>
+    <t>Premier Davenport Riverwalk LLC</t>
+  </si>
+  <si>
+    <t>RUMELY LOFTS</t>
+  </si>
+  <si>
+    <t>08-0923</t>
+  </si>
+  <si>
+    <t>104 SW 4th St</t>
+  </si>
+  <si>
+    <t>Rumely Lofts LP</t>
+  </si>
+  <si>
+    <t>Shiva Anderson</t>
+  </si>
+  <si>
+    <t>RUSSELL LAMSON</t>
+  </si>
+  <si>
+    <t>10-10-24</t>
+  </si>
+  <si>
+    <t>209 W 5th St</t>
+  </si>
+  <si>
+    <t>SA Russell Lamson Limited Partnership</t>
+  </si>
+  <si>
+    <t>SHERWOOD PLACE</t>
+  </si>
+  <si>
+    <t>00-37</t>
+  </si>
+  <si>
+    <t>00-HM-430-731</t>
+  </si>
+  <si>
+    <t>2331 Sherwood Dr</t>
+  </si>
+  <si>
+    <t>Mercy Housing Iowa II LP</t>
+  </si>
+  <si>
+    <t>Carolyn Purtle</t>
+  </si>
+  <si>
+    <t>Mercy Housing Management Group</t>
+  </si>
+  <si>
+    <t>Amanda Petersen</t>
+  </si>
+  <si>
+    <t>98-39</t>
+  </si>
+  <si>
+    <t>202 18th Ave E</t>
+  </si>
+  <si>
+    <t>Premier Winneconne, LLC</t>
+  </si>
+  <si>
+    <t>SOUTHERN HILLS APTS PHASE II</t>
+  </si>
+  <si>
+    <t>99-43</t>
+  </si>
+  <si>
+    <t>Southridge Apartments</t>
+  </si>
+  <si>
+    <t>17-27</t>
+  </si>
+  <si>
+    <t>7113 SE 5th Street</t>
+  </si>
+  <si>
+    <t>Southridge Apartments Partners L.P.</t>
+  </si>
+  <si>
+    <t>Louis A. (Tony) Knoble</t>
+  </si>
+  <si>
+    <t>Spring Creek Apartments</t>
+  </si>
+  <si>
+    <t>20-20</t>
+  </si>
+  <si>
+    <t>6120 NE 12th Ave</t>
+  </si>
+  <si>
+    <t>PLEASANT HILL</t>
+  </si>
+  <si>
+    <t>Spring Creek Housing Associates LP</t>
+  </si>
+  <si>
+    <t>Kevin Rose</t>
+  </si>
+  <si>
+    <t>STAR LOFTS</t>
+  </si>
+  <si>
+    <t>22-1-HM-350</t>
+  </si>
+  <si>
+    <t>2701 Ingersoll Ave</t>
+  </si>
+  <si>
+    <t>Star Apartments LLC</t>
+  </si>
+  <si>
+    <t>Scott Cutler</t>
+  </si>
+  <si>
+    <t>Cutler Development, LLC</t>
+  </si>
+  <si>
+    <t>Molly Cutler</t>
+  </si>
+  <si>
+    <t>SUGAR CREEK APTS</t>
+  </si>
+  <si>
+    <t>00-31</t>
+  </si>
+  <si>
+    <t>00-HM-427-721</t>
+  </si>
+  <si>
+    <t>1600 LA Grant Parkway</t>
+  </si>
+  <si>
+    <t>Premier Sugar Creek Waukee IA, LLC</t>
+  </si>
+  <si>
+    <t>SUMMIT HOUSE</t>
+  </si>
+  <si>
+    <t>02-20</t>
+  </si>
+  <si>
+    <t>02-HM-420-721</t>
+  </si>
+  <si>
+    <t>509 N Maple</t>
+  </si>
+  <si>
+    <t>Premier Summit House IA, LLC</t>
+  </si>
+  <si>
+    <t>THE ABERDEEN APARTMENTS</t>
+  </si>
+  <si>
+    <t>17-09</t>
+  </si>
+  <si>
+    <t>1121 Jackson St</t>
+  </si>
+  <si>
+    <t>The Aberdeen Apartments LLC</t>
+  </si>
+  <si>
+    <t>Darin Smith</t>
+  </si>
+  <si>
+    <t>Lloyd Property Management</t>
+  </si>
+  <si>
+    <t>Tami Lawson</t>
+  </si>
+  <si>
+    <t>THE BRICKSTONES AT RIVERBEND</t>
+  </si>
+  <si>
+    <t>16-07</t>
+  </si>
+  <si>
+    <t>513 Forest Ave</t>
+  </si>
+  <si>
+    <t>Megan Brickstones at Riverbend LLLP</t>
+  </si>
+  <si>
+    <t>The Bridges (fka Candle Ridge Apartments</t>
+  </si>
+  <si>
+    <t>98-62</t>
+  </si>
+  <si>
+    <t>98-HMS-447-721</t>
+  </si>
+  <si>
+    <t>1111 N 8th Ave</t>
+  </si>
+  <si>
+    <t>Premier Winterset IA, LLC</t>
+  </si>
+  <si>
+    <t>THE CREST AT BAKER CREEK</t>
+  </si>
+  <si>
+    <t>12-12-19</t>
+  </si>
+  <si>
+    <t>McKinley Crest LLLP</t>
+  </si>
+  <si>
+    <t>THE EVERETT</t>
+  </si>
+  <si>
+    <t>18-11</t>
+  </si>
+  <si>
+    <t>1314 W 3rd St</t>
+  </si>
+  <si>
+    <t>1314 W 3rd LLC</t>
+  </si>
+  <si>
+    <t>THE MONARCH APARTMENTS</t>
+  </si>
+  <si>
+    <t>22-1-HM-359</t>
+  </si>
+  <si>
+    <t>4845 Merle Hay Rd</t>
+  </si>
+  <si>
+    <t>THE POINTE ON 88TH (fka West Des Moines</t>
+  </si>
+  <si>
+    <t>20-02</t>
+  </si>
+  <si>
+    <t>20-HT-402</t>
+  </si>
+  <si>
+    <t>8790 EP True Pkwy</t>
+  </si>
+  <si>
+    <t>TWG WDM LP</t>
+  </si>
+  <si>
+    <t>THE ROOSEVELT</t>
+  </si>
+  <si>
+    <t>08-0921</t>
+  </si>
+  <si>
+    <t>200 1st Ave NE</t>
+  </si>
+  <si>
+    <t>SA Roosevelt LP</t>
+  </si>
+  <si>
+    <t>Townhomes at Pinewood Village (fka Lyn C</t>
+  </si>
+  <si>
+    <t>98-61</t>
+  </si>
+  <si>
+    <t>97-HMS-446-721</t>
+  </si>
+  <si>
+    <t>1120 Maple Leaf Lane</t>
+  </si>
+  <si>
+    <t>Premier Pinewood Village Waukee, LLC</t>
+  </si>
+  <si>
+    <t>UPPER MAIN REVITALIZATION PROJECT</t>
+  </si>
+  <si>
+    <t>04-01</t>
+  </si>
+  <si>
+    <t>1042 Main St</t>
+  </si>
+  <si>
+    <t>Gronen Adaptive Reuse LLLP</t>
+  </si>
+  <si>
+    <t>Cheryl Schromen</t>
+  </si>
+  <si>
+    <t>VALLEY VIEW APTS-MCGREGOR</t>
+  </si>
+  <si>
+    <t>91-55</t>
+  </si>
+  <si>
+    <t>1115 Buell Ave</t>
+  </si>
+  <si>
+    <t>MCGREGOR</t>
+  </si>
+  <si>
+    <t>WHPC McGregor Partners Limited Partnership</t>
+  </si>
+  <si>
+    <t>Nicole Perry-Besley</t>
+  </si>
+  <si>
+    <t>Meyers Property Management, Inc</t>
+  </si>
+  <si>
+    <t>Julie Meyers</t>
+  </si>
+  <si>
+    <t>VERA FRENCH HOLIDAY COURT</t>
+  </si>
+  <si>
+    <t>09-0911</t>
+  </si>
+  <si>
+    <t>09-HM-211-721</t>
+  </si>
+  <si>
+    <t>3465 Holiday Ct</t>
+  </si>
+  <si>
+    <t>Holiday Court LLLP</t>
+  </si>
+  <si>
+    <t>Charles Timm</t>
+  </si>
+  <si>
+    <t>VERA FRENCH MANOR</t>
+  </si>
+  <si>
+    <t>02-01</t>
+  </si>
+  <si>
+    <t>02-HM-201-721</t>
+  </si>
+  <si>
+    <t>215 E 37th St</t>
+  </si>
+  <si>
+    <t>VFH LLLP</t>
+  </si>
+  <si>
+    <t>VERA FRENCH TERRACE</t>
+  </si>
+  <si>
+    <t>04-02</t>
+  </si>
+  <si>
+    <t>04-HM-202-721</t>
+  </si>
+  <si>
+    <t>227 E 37th St</t>
+  </si>
+  <si>
+    <t>DLB LLLP</t>
+  </si>
+  <si>
+    <t>VINE STREET LOFTS</t>
+  </si>
+  <si>
+    <t>04-49</t>
+  </si>
+  <si>
+    <t>01-HM-119-731</t>
+  </si>
+  <si>
+    <t>101 2nd Ave</t>
+  </si>
+  <si>
+    <t>Vine Street LP</t>
+  </si>
+  <si>
+    <t>WASHINGTON APARTMENTS</t>
+  </si>
+  <si>
+    <t>17-16</t>
+  </si>
+  <si>
+    <t>539 W 4th St</t>
+  </si>
+  <si>
+    <t>Washington Apartments L.L.L.P.</t>
+  </si>
+  <si>
+    <t>WASHINGTON COURT (DES MOINES)</t>
+  </si>
+  <si>
+    <t>15-HM-306</t>
+  </si>
+  <si>
+    <t>811 Washington Ave</t>
+  </si>
+  <si>
+    <t>WASHINGTON COURT (DUBUQUE)</t>
+  </si>
+  <si>
+    <t>05-32</t>
+  </si>
+  <si>
+    <t>05-HM-232-29</t>
+  </si>
+  <si>
+    <t>1798 Washington St</t>
+  </si>
+  <si>
+    <t>Washington Court LP</t>
+  </si>
+  <si>
+    <t>WASHINGTON COURT APTS (DECORAH)</t>
+  </si>
+  <si>
+    <t>97-56</t>
+  </si>
+  <si>
+    <t>97-HM-204-731</t>
+  </si>
+  <si>
+    <t>510 Washington St</t>
+  </si>
+  <si>
+    <t>NEICAC Housing Investors LLC</t>
+  </si>
+  <si>
+    <t>Westdale Apartments (aka The Avenue)</t>
+  </si>
+  <si>
+    <t>17-28</t>
+  </si>
+  <si>
+    <t>5200 16th Avenue SW</t>
+  </si>
+  <si>
+    <t>Westdale Apartments LP</t>
+  </si>
+  <si>
+    <t>Andrea Gregory</t>
+  </si>
+  <si>
+    <t>WESTOWN APARTMENTS</t>
+  </si>
+  <si>
+    <t>03-25</t>
+  </si>
+  <si>
+    <t>03-HM-425-731</t>
+  </si>
+  <si>
+    <t>122 W Main Str</t>
+  </si>
+  <si>
+    <t>Mtown Westown LLLP</t>
+  </si>
+  <si>
+    <t>James Clark</t>
+  </si>
+  <si>
+    <t>WILLIAMS TERRACE</t>
+  </si>
+  <si>
+    <t>20-19</t>
+  </si>
+  <si>
+    <t>20-HT-419</t>
+  </si>
+  <si>
+    <t>1603 N. 9th Street</t>
+  </si>
+  <si>
+    <t>INDIANOLA</t>
+  </si>
+  <si>
+    <t>Williams Terrace Limited Partnership</t>
+  </si>
+  <si>
+    <t>Jeffrey J Woda</t>
+  </si>
+  <si>
+    <t>WILLOWAY HEIGHTS</t>
+  </si>
+  <si>
+    <t>10-HM-311-29</t>
+  </si>
+  <si>
+    <t>409 Ash St</t>
+  </si>
+  <si>
+    <t>SUTHERLAND</t>
+  </si>
+  <si>
+    <t>Willoway Heights LLC</t>
+  </si>
+  <si>
+    <t>Mark Cody</t>
+  </si>
+  <si>
+    <t>Connie Cody</t>
+  </si>
+  <si>
+    <t>Windsor Pointe Apartments</t>
+  </si>
+  <si>
+    <t>21-39</t>
+  </si>
+  <si>
+    <t>3815 Tripp Street</t>
+  </si>
+  <si>
+    <t>Windsor TWG, LP</t>
+  </si>
+  <si>
+    <t>WOODLAND HEIGHTS APTS</t>
+  </si>
+  <si>
+    <t>97-14</t>
+  </si>
+  <si>
+    <t>98-HM-448-731</t>
+  </si>
+  <si>
+    <t>1800 W 4th St N</t>
+  </si>
+  <si>
+    <t>Premier Woodland Heights, LLC</t>
+  </si>
+  <si>
+    <t>YMCA SUPPORTIVE HOUSING</t>
+  </si>
+  <si>
+    <t>09-0948</t>
+  </si>
+  <si>
+    <t>2 SW 9th St</t>
+  </si>
+  <si>
+    <t>Central Iowa Supportive Housing LLLP</t>
+  </si>
+  <si>
+    <t>Cameron Nicholson</t>
+  </si>
+  <si>
+    <t>YMCA Supportive Housing Campus</t>
+  </si>
+  <si>
+    <t>Jennifer Juehring-Hill</t>
+  </si>
+  <si>
+    <t>1917 Lofts</t>
+  </si>
+  <si>
+    <t>22-30</t>
+  </si>
+  <si>
+    <t>308 E. Corning Street</t>
+  </si>
+  <si>
+    <t>RED OAK</t>
+  </si>
+  <si>
+    <t>Montgomery</t>
+  </si>
+  <si>
+    <t>Ohrtman, Vicky</t>
+  </si>
+  <si>
+    <t>Red Oak Partners LLC</t>
+  </si>
+  <si>
+    <t>Chele Thornton</t>
+  </si>
+  <si>
+    <t>Beacon Management, LLC</t>
+  </si>
+  <si>
+    <t>Sarah Goldman</t>
+  </si>
+  <si>
+    <t>ANISTON VILLAGE</t>
+  </si>
+  <si>
+    <t>08-0912</t>
+  </si>
+  <si>
+    <t>09-HM-212-731</t>
+  </si>
+  <si>
+    <t>1062 Chamberlain Dr</t>
+  </si>
+  <si>
+    <t>Aniston Village LP</t>
+  </si>
+  <si>
+    <t>Simon Andrew</t>
+  </si>
+  <si>
+    <t>The Housing Fellowship</t>
+  </si>
+  <si>
+    <t>Tashandra Gathright</t>
+  </si>
+  <si>
+    <t>ANTLERS APTS</t>
+  </si>
+  <si>
+    <t>05-36</t>
+  </si>
+  <si>
+    <t>05-HM-236-29</t>
+  </si>
+  <si>
+    <t>1703 Hill Ave</t>
+  </si>
+  <si>
+    <t>SPIRIT LAKE</t>
+  </si>
+  <si>
+    <t>Dickinson</t>
+  </si>
+  <si>
+    <t>The Antlers LP</t>
+  </si>
+  <si>
+    <t>Sam Erickson</t>
+  </si>
+  <si>
+    <t>ARMSTRONG APARTMENTS</t>
+  </si>
+  <si>
+    <t>05-33</t>
+  </si>
+  <si>
+    <t>05-HM-233-29</t>
+  </si>
+  <si>
+    <t>721 S 2nd St</t>
+  </si>
+  <si>
+    <t>Armstrong Apartments LP</t>
+  </si>
+  <si>
+    <t>BERRY COURT</t>
+  </si>
+  <si>
+    <t>07-11</t>
+  </si>
+  <si>
+    <t>2160 Taylor Dr</t>
+  </si>
+  <si>
+    <t>Berry Court Limited Partnership</t>
+  </si>
+  <si>
+    <t>BLUFFS APT OF FT MADISON</t>
+  </si>
+  <si>
+    <t>09-0958</t>
+  </si>
+  <si>
+    <t>09-HM-455-731</t>
+  </si>
+  <si>
+    <t>5202 River Valley Rd</t>
+  </si>
+  <si>
+    <t>Bluffs Apartments of Fort Madison LP</t>
+  </si>
+  <si>
+    <t>Linda Thurmond</t>
+  </si>
+  <si>
+    <t>Seldin Management Company</t>
+  </si>
+  <si>
+    <t>Morgan Jones</t>
+  </si>
+  <si>
+    <t>CALL TERMINAL II</t>
+  </si>
+  <si>
+    <t>14-14-1</t>
+  </si>
+  <si>
+    <t>14-HT-401</t>
+  </si>
+  <si>
+    <t>1106 4th St</t>
+  </si>
+  <si>
+    <t>Call Terminal II LP</t>
+  </si>
+  <si>
+    <t>CAPITOL CITY DUPLEXES</t>
+  </si>
+  <si>
+    <t>11-11-49</t>
+  </si>
+  <si>
+    <t>11-HT-349</t>
+  </si>
+  <si>
+    <t>3600 SE 11th St</t>
+  </si>
+  <si>
+    <t>Capitol City Duplexes LLLP</t>
+  </si>
+  <si>
+    <t>CARNEGIE PLACE APARTMENTS</t>
+  </si>
+  <si>
+    <t>12-12-4</t>
+  </si>
+  <si>
+    <t>705 E 6th St</t>
+  </si>
+  <si>
+    <t>CHI Sioux City LLLP</t>
+  </si>
+  <si>
+    <t>CEDAR POND TOWNHOMES</t>
+  </si>
+  <si>
+    <t>09-0941</t>
+  </si>
+  <si>
+    <t>09-HM-430-731</t>
+  </si>
+  <si>
+    <t>3025 Williams Pkwy SW</t>
+  </si>
+  <si>
+    <t>Cedar Pond Townhomes LP</t>
+  </si>
+  <si>
+    <t>Gregory McClenahan</t>
+  </si>
+  <si>
+    <t>EverGreen Real Estate Devlopment Corp</t>
+  </si>
+  <si>
+    <t>Cedar River Renewal LLC</t>
+  </si>
+  <si>
+    <t>19-25</t>
+  </si>
+  <si>
+    <t>Todd Travis</t>
+  </si>
+  <si>
+    <t>CENTURY PLAZA APTS</t>
+  </si>
+  <si>
+    <t>98-04</t>
+  </si>
+  <si>
+    <t>98-HM-203-27</t>
+  </si>
+  <si>
+    <t>411 Nebraska St</t>
+  </si>
+  <si>
+    <t>Century Plaza LP</t>
+  </si>
+  <si>
+    <t>CHAPELRIDGE OF COUNCIL BLUFFS</t>
+  </si>
+  <si>
+    <t>03-47</t>
+  </si>
+  <si>
+    <t>4506 Chapel Ridge Ln</t>
+  </si>
+  <si>
+    <t>ChapelRidge of Council Bluffs Limited Partnership</t>
+  </si>
+  <si>
+    <t>Robert Dean</t>
+  </si>
+  <si>
+    <t>CHAPELRIDGE OF MARION</t>
+  </si>
+  <si>
+    <t>03-46</t>
+  </si>
+  <si>
+    <t>1 Chapel Ridge Circle</t>
+  </si>
+  <si>
+    <t>ChapelRidge of Cedar Rapids LP</t>
+  </si>
+  <si>
+    <t>Christiansen Meadows</t>
+  </si>
+  <si>
+    <t>19-06</t>
+  </si>
+  <si>
+    <t>611 Gary Scull Drive</t>
+  </si>
+  <si>
+    <t>HARLAN</t>
+  </si>
+  <si>
+    <t>Shelby</t>
+  </si>
+  <si>
+    <t>Harlan Partners LLC</t>
+  </si>
+  <si>
+    <t>Kelley Hrabe</t>
+  </si>
+  <si>
+    <t>CLINTON BLOCK</t>
+  </si>
+  <si>
+    <t>04-39</t>
+  </si>
+  <si>
+    <t>04-HM-239-21</t>
+  </si>
+  <si>
+    <t>419 2nd St S</t>
+  </si>
+  <si>
+    <t>Clinton Block LP (fka Howes Armstrong LP)</t>
+  </si>
+  <si>
+    <t>COLUMBUS JUNCTION PARK</t>
+  </si>
+  <si>
+    <t>13-13-40</t>
+  </si>
+  <si>
+    <t>13-HT-01RD</t>
+  </si>
+  <si>
+    <t>820 Springer Ave</t>
+  </si>
+  <si>
+    <t>COLUMBUS JUNCTION</t>
+  </si>
+  <si>
+    <t>Louisa</t>
+  </si>
+  <si>
+    <t>CHI Sheldon LLLP</t>
+  </si>
+  <si>
+    <t>COMMUNITY HOMES</t>
+  </si>
+  <si>
+    <t>07-30</t>
+  </si>
+  <si>
+    <t>5301 9th St SW</t>
+  </si>
+  <si>
+    <t>Community Homes LP</t>
+  </si>
+  <si>
+    <t>COMMUNITY PLAZA APARTMENTS</t>
+  </si>
+  <si>
+    <t>13-13-41</t>
+  </si>
+  <si>
+    <t>13-HT-02RD</t>
+  </si>
+  <si>
+    <t>125 Cathedral Oaks Rd</t>
+  </si>
+  <si>
+    <t>FOREST CITY</t>
+  </si>
+  <si>
+    <t>Winnebago</t>
+  </si>
+  <si>
+    <t>CORAL NORTH APARTMENTS</t>
+  </si>
+  <si>
+    <t>20-10</t>
+  </si>
+  <si>
+    <t>20-HT-410</t>
+  </si>
+  <si>
+    <t>2500 Holiday Court</t>
+  </si>
+  <si>
+    <t>CORALVILLE</t>
+  </si>
+  <si>
+    <t>Coralville Housing Group II LLC</t>
+  </si>
+  <si>
+    <t>Megan Carr</t>
+  </si>
+  <si>
+    <t>Sand Property Management, LLC</t>
+  </si>
+  <si>
+    <t>Andee Minkel</t>
+  </si>
+  <si>
+    <t>CORAL RIDGE APARTMENTS</t>
+  </si>
+  <si>
+    <t>16-17</t>
+  </si>
+  <si>
+    <t>915 20th Ave</t>
+  </si>
+  <si>
+    <t>Coral Ridge LLC</t>
+  </si>
+  <si>
+    <t>Jamie Thelen</t>
+  </si>
+  <si>
+    <t>CORRIDOR WOODS LIMITED PARTNERSHIP</t>
+  </si>
+  <si>
+    <t>11-11-46</t>
+  </si>
+  <si>
+    <t>11-HT-346</t>
+  </si>
+  <si>
+    <t>720 Foster Rd</t>
+  </si>
+  <si>
+    <t>Corridor Woods Limited Partnership</t>
+  </si>
+  <si>
+    <t>COURT VIEW APARTMENTS</t>
+  </si>
+  <si>
+    <t>17-01</t>
+  </si>
+  <si>
+    <t>2200 Court St</t>
+  </si>
+  <si>
+    <t>Court View LP</t>
+  </si>
+  <si>
+    <t>CRESTVIEW TERRACE</t>
+  </si>
+  <si>
+    <t>09-0904</t>
+  </si>
+  <si>
+    <t>916 Ashworth Rd</t>
+  </si>
+  <si>
+    <t>Crestview Terrace LLLP</t>
+  </si>
+  <si>
+    <t>Del Ray Ridge LP</t>
+  </si>
+  <si>
+    <t>18-10</t>
+  </si>
+  <si>
+    <t>628 S Dubuque St</t>
+  </si>
+  <si>
+    <t>DIAMOND SENIOR APARTMENTS OF DUBUQUE</t>
+  </si>
+  <si>
+    <t>10-10-245</t>
+  </si>
+  <si>
+    <t>1401 Wingate Dr</t>
+  </si>
+  <si>
+    <t>Dubuque Senior Apartments LP</t>
+  </si>
+  <si>
+    <t>Ben Porush</t>
+  </si>
+  <si>
+    <t>Ludwig and Company</t>
+  </si>
+  <si>
+    <t>Cori Durch</t>
+  </si>
+  <si>
+    <t>DIAMOND SENIOR APARTMENTS OF IOWA CITY</t>
+  </si>
+  <si>
+    <t>16-24</t>
+  </si>
+  <si>
+    <t>1030 William St</t>
+  </si>
+  <si>
+    <t>Iowa City Senior Apartments L. P.</t>
+  </si>
+  <si>
+    <t>EASTWOOD APTS</t>
+  </si>
+  <si>
+    <t>09-0903</t>
+  </si>
+  <si>
+    <t>420 E 7th St</t>
+  </si>
+  <si>
+    <t>CHI Ames LLLP</t>
+  </si>
+  <si>
+    <t>FEATHERSTONE APARTMENTS</t>
+  </si>
+  <si>
+    <t>97-68</t>
+  </si>
+  <si>
+    <t>901 N 35th St</t>
+  </si>
+  <si>
+    <t>SMV Featherstone, LLC</t>
+  </si>
+  <si>
+    <t>FUSE-HOUSING FIRST AKA CROSSPARK</t>
+  </si>
+  <si>
+    <t>17-NHTF-1285</t>
+  </si>
+  <si>
+    <t>820 Cross Park Ave</t>
+  </si>
+  <si>
+    <t>Shelter House Community Shelter &amp; Trans Services</t>
+  </si>
+  <si>
+    <t>Crissy Canganelli</t>
+  </si>
+  <si>
+    <t>Grace Creek Senior Apartments</t>
+  </si>
+  <si>
+    <t>21-28</t>
+  </si>
+  <si>
+    <t>8710 Ashworth Road</t>
+  </si>
+  <si>
+    <t>Grace Creek Senior Apartments L.L.L.P.</t>
+  </si>
+  <si>
+    <t>Tim Mauro</t>
+  </si>
+  <si>
+    <t>The Family Company</t>
+  </si>
+  <si>
+    <t>Kevin Troxel</t>
+  </si>
+  <si>
+    <t>GRANT TERRACE</t>
+  </si>
+  <si>
+    <t>08-06</t>
+  </si>
+  <si>
+    <t>08-HM-206-29</t>
+  </si>
+  <si>
+    <t>715 B Ave W</t>
+  </si>
+  <si>
+    <t>Grant Terrace LLLP</t>
+  </si>
+  <si>
+    <t>GRANT VILLAGE</t>
+  </si>
+  <si>
+    <t>03-15</t>
+  </si>
+  <si>
+    <t>823 6th St SW</t>
+  </si>
+  <si>
+    <t>CCM-Mason City, LLC</t>
+  </si>
+  <si>
+    <t>Erich Schwenker</t>
+  </si>
+  <si>
+    <t>Cardinal Capital Management Inc</t>
+  </si>
+  <si>
+    <t>Tanya Puyleart</t>
+  </si>
+  <si>
+    <t>HAMILTON KNOLLS</t>
+  </si>
+  <si>
+    <t>04-40</t>
+  </si>
+  <si>
+    <t>04-HM-240-721</t>
+  </si>
+  <si>
+    <t>2304 Des Moines St</t>
+  </si>
+  <si>
+    <t>Hamilton Knolls LP</t>
+  </si>
+  <si>
+    <t>HARTLAND APTS</t>
+  </si>
+  <si>
+    <t>98-02</t>
+  </si>
+  <si>
+    <t>98-HM-204-731</t>
+  </si>
+  <si>
+    <t>140 N 7th Ave E</t>
+  </si>
+  <si>
+    <t>Hartley Housing Asociates LP</t>
+  </si>
+  <si>
+    <t>HILLSIDE PARK</t>
+  </si>
+  <si>
+    <t>07-42</t>
+  </si>
+  <si>
+    <t>2800 W 4th St</t>
+  </si>
+  <si>
+    <t>Diamond Family Development</t>
+  </si>
+  <si>
+    <t>David Porush</t>
+  </si>
+  <si>
+    <t>HOTEL IOWA</t>
+  </si>
+  <si>
+    <t>04-28</t>
+  </si>
+  <si>
+    <t>04-HM-428-21</t>
+  </si>
+  <si>
+    <t>401 Main St</t>
+  </si>
+  <si>
+    <t>Historic Hotel Iowa LLLP</t>
+  </si>
+  <si>
+    <t>Kevin Kuckelman</t>
+  </si>
+  <si>
+    <t>Kuckelman Properties Inc</t>
+  </si>
+  <si>
+    <t>HOTEL PRESIDENT</t>
+  </si>
+  <si>
+    <t>14-14-32</t>
+  </si>
+  <si>
+    <t>500 Sycamore St</t>
+  </si>
+  <si>
+    <t>Hotel President Partners LP</t>
+  </si>
+  <si>
+    <t>Matthew Segerdal</t>
+  </si>
+  <si>
+    <t>IVY APARTMENTS</t>
+  </si>
+  <si>
+    <t>99-02</t>
+  </si>
+  <si>
+    <t>99-HM-206-721</t>
+  </si>
+  <si>
+    <t>210 9th St N</t>
+  </si>
+  <si>
+    <t>Ivy Apartments LP</t>
+  </si>
+  <si>
+    <t>KINGSTON VILLAGE</t>
+  </si>
+  <si>
+    <t>14-14-27</t>
+  </si>
+  <si>
+    <t>600 2nd St SW</t>
+  </si>
+  <si>
+    <t>Kingston Village LLC</t>
+  </si>
+  <si>
+    <t>LAKEWOOD COURT APTS</t>
+  </si>
+  <si>
+    <t>98-06</t>
+  </si>
+  <si>
+    <t>98-HM-205-731</t>
+  </si>
+  <si>
+    <t>607 15th St</t>
+  </si>
+  <si>
+    <t>Lakewood Court LP</t>
+  </si>
+  <si>
+    <t>LESSENICH PLACE APARTMENTS</t>
+  </si>
+  <si>
+    <t>12-12-5</t>
+  </si>
+  <si>
+    <t>301 5th St</t>
+  </si>
+  <si>
+    <t>LIBERTY MANOR</t>
+  </si>
+  <si>
+    <t>09-0913</t>
+  </si>
+  <si>
+    <t>09-HM-413-29</t>
+  </si>
+  <si>
+    <t>1119 Kent Circle</t>
+  </si>
+  <si>
+    <t>THR - Liberty Manor LLC</t>
+  </si>
+  <si>
+    <t>LINCOLN TERRACE</t>
+  </si>
+  <si>
+    <t>08-07</t>
+  </si>
+  <si>
+    <t>08-HM-207-29</t>
+  </si>
+  <si>
+    <t>911 B Ave W</t>
+  </si>
+  <si>
+    <t>Lincoln Terrace LP</t>
+  </si>
+  <si>
+    <t>Linden Place Apartments</t>
+  </si>
+  <si>
+    <t>18-22</t>
+  </si>
+  <si>
+    <t>1105 E 12th St South</t>
+  </si>
+  <si>
+    <t>McCann Housing Associates LP</t>
+  </si>
+  <si>
+    <t>LUNDBY TOWNHOMES</t>
+  </si>
+  <si>
+    <t>08-0935</t>
+  </si>
+  <si>
+    <t>08-HM-208-721</t>
+  </si>
+  <si>
+    <t>845 31st Ave SW</t>
+  </si>
+  <si>
+    <t>Home to Stay LP</t>
+  </si>
+  <si>
+    <t>MAPLECREST APTS</t>
+  </si>
+  <si>
+    <t>98-10</t>
+  </si>
+  <si>
+    <t>98-HM-207-731</t>
+  </si>
+  <si>
+    <t>2117 Central Ave</t>
+  </si>
+  <si>
+    <t>HAWARDEN</t>
+  </si>
+  <si>
+    <t>Maplecrest Apartments LP</t>
+  </si>
+  <si>
+    <t>MARSH PLACE APTS</t>
+  </si>
+  <si>
+    <t>98-14</t>
+  </si>
+  <si>
+    <t>98-HM-208-28</t>
+  </si>
+  <si>
+    <t>627 Sycamore St</t>
+  </si>
+  <si>
+    <t>Marsh Place LP</t>
+  </si>
+  <si>
+    <t>MEADOWS APTS OF NEVADA</t>
+  </si>
+  <si>
+    <t>09-0959</t>
+  </si>
+  <si>
+    <t>09-HM-456-22</t>
+  </si>
+  <si>
+    <t>402 5th St</t>
+  </si>
+  <si>
+    <t>Meadows Apts of Nevada LLC</t>
+  </si>
+  <si>
+    <t>MLK CROSSING SENIOR APARTMENTS</t>
+  </si>
+  <si>
+    <t>15-15-13</t>
+  </si>
+  <si>
+    <t>2455 MLK Jr Pkwy</t>
+  </si>
+  <si>
+    <t>MLK Crossing Senior Apartments LLLP</t>
+  </si>
+  <si>
+    <t>NEX</t>
+  </si>
+  <si>
+    <t>18-30</t>
+  </si>
+  <si>
+    <t>671 Nex Ave</t>
+  </si>
+  <si>
+    <t>IC Housing Group, LLC</t>
+  </si>
+  <si>
+    <t>North Bay</t>
+  </si>
+  <si>
+    <t>18-03</t>
+  </si>
+  <si>
+    <t>210 E Pierce Ave</t>
+  </si>
+  <si>
+    <t>CHI North Bay LLLP</t>
+  </si>
+  <si>
+    <t>NORTHWOOD COURT APTS</t>
+  </si>
+  <si>
+    <t>98-01</t>
+  </si>
+  <si>
+    <t>98-HM-209-731</t>
+  </si>
+  <si>
+    <t>1051 2nd Ave NE</t>
+  </si>
+  <si>
+    <t>SIOUX CENTER</t>
+  </si>
+  <si>
+    <t>Northwood Court LP</t>
+  </si>
+  <si>
+    <t>OAKBROOK APTS</t>
+  </si>
+  <si>
+    <t>97-61</t>
+  </si>
+  <si>
+    <t>503 3rd St</t>
+  </si>
+  <si>
+    <t>ROCKWELL</t>
+  </si>
+  <si>
+    <t>Pilot Creek Properties L.L.C.</t>
+  </si>
+  <si>
+    <t>Nicholas B Graham</t>
+  </si>
+  <si>
+    <t>PARKWILD APTS</t>
+  </si>
+  <si>
+    <t>97-40</t>
+  </si>
+  <si>
+    <t>649 Parkwild Dr</t>
+  </si>
+  <si>
+    <t>CAP8 Heights LLC</t>
+  </si>
+  <si>
+    <t>Lakshmi Chilamkurty</t>
+  </si>
+  <si>
+    <t>Maridian Management Company</t>
+  </si>
+  <si>
+    <t>Bryan Brinson</t>
+  </si>
+  <si>
+    <t>PARKWILD II</t>
+  </si>
+  <si>
+    <t>98-07</t>
+  </si>
+  <si>
+    <t>Penn Oaks</t>
+  </si>
+  <si>
+    <t>18-02</t>
+  </si>
+  <si>
+    <t>10 Penn Oaks Dr</t>
+  </si>
+  <si>
+    <t>CHI Penn Oaks, LLP</t>
+  </si>
+  <si>
+    <t>PRAIRIE RIDGE</t>
+  </si>
+  <si>
+    <t>13-13-42</t>
+  </si>
+  <si>
+    <t>94-HM-404-731</t>
+  </si>
+  <si>
+    <t>1011 16th St</t>
+  </si>
+  <si>
+    <t>SHELDON</t>
+  </si>
+  <si>
+    <t>PRAIRIE TOWNHOMES</t>
+  </si>
+  <si>
+    <t>03-31</t>
+  </si>
+  <si>
+    <t>03-HM-231-731</t>
+  </si>
+  <si>
+    <t>910 E Locust</t>
+  </si>
+  <si>
+    <t>Prairie Townhomes LP</t>
+  </si>
+  <si>
+    <t>PRIME SQUARE APARTMENTS</t>
+  </si>
+  <si>
+    <t>06-19</t>
+  </si>
+  <si>
+    <t>822 S Main St</t>
+  </si>
+  <si>
+    <t>CBIA LLLP</t>
+  </si>
+  <si>
+    <t>Patrick McKee</t>
+  </si>
+  <si>
+    <t>REMCARES TOWNHOMES</t>
+  </si>
+  <si>
+    <t>04-42</t>
+  </si>
+  <si>
+    <t>04-HM-242-721</t>
+  </si>
+  <si>
+    <t>300 7th St NE</t>
+  </si>
+  <si>
+    <t>MOUNT VERNON</t>
+  </si>
+  <si>
+    <t>REMcares Townhomes LP</t>
+  </si>
+  <si>
+    <t>RIVER CITY APTS</t>
+  </si>
+  <si>
+    <t>02-15</t>
+  </si>
+  <si>
+    <t>02-HM-215-28</t>
+  </si>
+  <si>
+    <t>15 N Pennsylvania Ave</t>
+  </si>
+  <si>
+    <t>River City LP</t>
+  </si>
+  <si>
+    <t>RIVER WEST APARTMENTS</t>
+  </si>
+  <si>
+    <t>13-13-1</t>
+  </si>
+  <si>
+    <t>96-HM-423-731</t>
+  </si>
+  <si>
+    <t>674 Terrace Park Blvd</t>
+  </si>
+  <si>
+    <t>MILFORD</t>
+  </si>
+  <si>
+    <t>CHI Milford LLLP</t>
+  </si>
+  <si>
+    <t>SALISBURY COURT APTS</t>
+  </si>
+  <si>
+    <t>05-35</t>
+  </si>
+  <si>
+    <t>05-HM-235-731</t>
+  </si>
+  <si>
+    <t>1831 Nash Blvd</t>
+  </si>
+  <si>
+    <t>Salisbury Court LP</t>
+  </si>
+  <si>
+    <t>SCOTT MEADOWS</t>
+  </si>
+  <si>
+    <t>02-25</t>
+  </si>
+  <si>
+    <t>02-HM-425-721</t>
+  </si>
+  <si>
+    <t>5960 E Kacena Ave</t>
+  </si>
+  <si>
+    <t>Scott Meadows Senior Housing LP</t>
+  </si>
+  <si>
+    <t>Tammy Danover</t>
+  </si>
+  <si>
+    <t>Shelter House Housing First 2.0 AKA 501</t>
+  </si>
+  <si>
+    <t>20-1-NHTF-1071</t>
+  </si>
+  <si>
+    <t>20PI-HM-101</t>
+  </si>
+  <si>
+    <t>501 Southgate</t>
+  </si>
+  <si>
+    <t>SILVER LAKE APTS</t>
+  </si>
+  <si>
+    <t>95-28</t>
+  </si>
+  <si>
+    <t>95-HM-201-721</t>
+  </si>
+  <si>
+    <t>212 E 4th St</t>
+  </si>
+  <si>
+    <t>LAKE PARK</t>
+  </si>
+  <si>
+    <t>Silver Lake LP</t>
+  </si>
+  <si>
+    <t>SOUTH VIEW SENIOR APTS I</t>
+  </si>
+  <si>
+    <t>07-28</t>
+  </si>
+  <si>
+    <t>504 E Hillside Ave</t>
+  </si>
+  <si>
+    <t>Southview One Senior Apartments</t>
+  </si>
+  <si>
+    <t>SOUTH VIEW SENIOR APTS II</t>
+  </si>
+  <si>
+    <t>10-10-11</t>
+  </si>
+  <si>
+    <t>10-HM-411-731</t>
+  </si>
+  <si>
+    <t>1900 SE 6th Ave</t>
+  </si>
+  <si>
+    <t>South View Sr Apts II LLLP</t>
+  </si>
+  <si>
+    <t>SOUTHERN POINTE</t>
+  </si>
+  <si>
+    <t>15-15-1</t>
+  </si>
+  <si>
+    <t>15-HT-401</t>
+  </si>
+  <si>
+    <t>902 13th St SW</t>
+  </si>
+  <si>
+    <t>Southern Pointe LLLP</t>
+  </si>
+  <si>
+    <t>Spencer Manor</t>
+  </si>
+  <si>
+    <t>19-09</t>
+  </si>
+  <si>
+    <t>Building 1- 503 E. 19th Street</t>
+  </si>
+  <si>
+    <t>Spencer Manor LLLP</t>
+  </si>
+  <si>
+    <t>SPENCER SCHOOL APTS</t>
+  </si>
+  <si>
+    <t>08-12</t>
+  </si>
+  <si>
+    <t>08-HM-212-29</t>
+  </si>
+  <si>
+    <t>104 E 4th St</t>
+  </si>
+  <si>
+    <t>Old Spencer School LLLP</t>
+  </si>
+  <si>
+    <t>SPRING VILLAGE APARTMENTS</t>
+  </si>
+  <si>
+    <t>06-49</t>
+  </si>
+  <si>
+    <t>3320 Spring St</t>
+  </si>
+  <si>
+    <t>Spring Village Apartments of Iowa LLC</t>
+  </si>
+  <si>
+    <t>SPRUCE HILLS VILLAGE</t>
+  </si>
+  <si>
+    <t>06-50</t>
+  </si>
+  <si>
+    <t>2380 Tech Dr</t>
+  </si>
+  <si>
+    <t>Spruce Hills Village LLC</t>
+  </si>
+  <si>
+    <t>ST. MARY'S APARTMENTS</t>
+  </si>
+  <si>
+    <t>07-41</t>
+  </si>
+  <si>
+    <t>2955 Kaufmann Ave</t>
+  </si>
+  <si>
+    <t>St. Mary's Apartments of Dubuque LLC</t>
+  </si>
+  <si>
+    <t>STONE RIDGE TOWNHOMES</t>
+  </si>
+  <si>
+    <t>06-28</t>
+  </si>
+  <si>
+    <t>305 Fairmeadow Dr</t>
+  </si>
+  <si>
+    <t>SUGAR CREEK BEND</t>
+  </si>
+  <si>
+    <t>09-0956</t>
+  </si>
+  <si>
+    <t>09-HM-253-731</t>
+  </si>
+  <si>
+    <t>2160 Sugar Creek Dr NW</t>
+  </si>
+  <si>
+    <t>Sugar Creek Bend LLLP</t>
+  </si>
+  <si>
+    <t>SUMMERFIELD PARK</t>
+  </si>
+  <si>
+    <t>00-18</t>
+  </si>
+  <si>
+    <t>00-HM-219-731</t>
+  </si>
+  <si>
+    <t>2300 Sunner Ave</t>
+  </si>
+  <si>
+    <t>Summerfield Park LP</t>
+  </si>
+  <si>
+    <t>Sunset Apartments</t>
+  </si>
+  <si>
+    <t>17-03</t>
+  </si>
+  <si>
+    <t>118 East 21st Street</t>
+  </si>
+  <si>
+    <t>Sunset Spencer LLLP</t>
+  </si>
+  <si>
+    <t>THE BLUFFS APTS PHASE II</t>
+  </si>
+  <si>
+    <t>95-05</t>
+  </si>
+  <si>
+    <t>2095 Nash Blvd</t>
+  </si>
+  <si>
+    <t>SMV Bluffs Apt LP</t>
+  </si>
+  <si>
+    <t>THE GABLES</t>
+  </si>
+  <si>
+    <t>04-22</t>
+  </si>
+  <si>
+    <t>04-HM-222-731</t>
+  </si>
+  <si>
+    <t>2701 12th Ave SW</t>
+  </si>
+  <si>
+    <t>Quarton Place 2 Limited Partnership</t>
+  </si>
+  <si>
+    <t>THE HOUSING FELLOWSHIP</t>
+  </si>
+  <si>
+    <t>02-HM-260-731</t>
+  </si>
+  <si>
+    <t>1201 Moses Bloom Ln</t>
+  </si>
+  <si>
+    <t>THE HOUSING FELLOWSHIP AFFORDABLE RENTAL</t>
+  </si>
+  <si>
+    <t>14JUL-HM-923</t>
+  </si>
+  <si>
+    <t>4812 E Court St</t>
+  </si>
+  <si>
+    <t>THE HOUSING FELLOWSHIP CHDO ACQUISITION</t>
+  </si>
+  <si>
+    <t>16-HM-924</t>
+  </si>
+  <si>
+    <t>2607 Blazing Star Dr</t>
+  </si>
+  <si>
+    <t>THE HOUSING FELLOWSHIP LONGFELLOW MANOR</t>
+  </si>
+  <si>
+    <t>04-HM-248-731</t>
+  </si>
+  <si>
+    <t>857 Longfellow Pl</t>
+  </si>
+  <si>
+    <t>THE ROSE OF AMES</t>
+  </si>
+  <si>
+    <t>03-37</t>
+  </si>
+  <si>
+    <t>1315 Coconino Rd</t>
+  </si>
+  <si>
+    <t>The Rose of Ames Limited Partnership</t>
+  </si>
+  <si>
+    <t>THE ROSE OF COUNCIL BLUFFS</t>
+  </si>
+  <si>
+    <t>09-0946</t>
+  </si>
+  <si>
+    <t>2306 Sherwood Dr</t>
+  </si>
+  <si>
+    <t>The Rose of Council Bluffs LP</t>
+  </si>
+  <si>
+    <t>THE ROSE OF DES MOINES</t>
+  </si>
+  <si>
+    <t>04-23</t>
+  </si>
+  <si>
+    <t>04-HM-123-721</t>
+  </si>
+  <si>
+    <t>1330 19th St</t>
+  </si>
+  <si>
+    <t>The Rose of Des Moines LP</t>
+  </si>
+  <si>
+    <t>THE ROSE OF DUBUQUE</t>
+  </si>
+  <si>
+    <t>11-11-54</t>
+  </si>
+  <si>
+    <t>3390 Lake Ridge Dr</t>
+  </si>
+  <si>
+    <t>The Rose of Dubuque</t>
+  </si>
+  <si>
+    <t>THE ROSE OF EAST DES MOINES</t>
+  </si>
+  <si>
+    <t>07-17</t>
+  </si>
+  <si>
+    <t>1331 Idaho St</t>
+  </si>
+  <si>
+    <t>The Rose of East Des Moines LP</t>
+  </si>
+  <si>
+    <t>THE ROSE OF WATERLOO</t>
+  </si>
+  <si>
+    <t>06-01</t>
+  </si>
+  <si>
+    <t>421 Oak Ave</t>
+  </si>
+  <si>
+    <t>The Rose of Waterloo LP</t>
+  </si>
+  <si>
+    <t>THORNBURY WAY</t>
+  </si>
+  <si>
+    <t>02-14</t>
+  </si>
+  <si>
+    <t>02-HM-214-731</t>
+  </si>
+  <si>
+    <t>1951 Nash Blvd</t>
+  </si>
+  <si>
+    <t>Thornbury Way LP</t>
+  </si>
+  <si>
+    <t>THUNDER RIDGE SENIOR APARTMENTS</t>
+  </si>
+  <si>
+    <t>10-10-263</t>
+  </si>
+  <si>
+    <t>202 N Magnolia Dr</t>
+  </si>
+  <si>
+    <t>CEDAR FALLS</t>
+  </si>
+  <si>
+    <t>Thunder Ridge Senior Apartments LLC</t>
+  </si>
+  <si>
+    <t>TULIP TREE APARTMENTS</t>
+  </si>
+  <si>
+    <t>21-08</t>
+  </si>
+  <si>
+    <t>21-HT-408</t>
+  </si>
+  <si>
+    <t>728 Oakbrook Dr</t>
+  </si>
+  <si>
+    <t>CHI Tulip Tree LLLP</t>
+  </si>
+  <si>
+    <t>UNIVERCITY NEIGHBORHOOD</t>
+  </si>
+  <si>
+    <t>11-HM-204</t>
+  </si>
+  <si>
+    <t>230 Elizabeth St</t>
+  </si>
+  <si>
+    <t>UPPER DES MOINES OPPORTUNITY INC</t>
+  </si>
+  <si>
+    <t>10-HM-212-21</t>
+  </si>
+  <si>
+    <t>1302 S Grand Plaza Dr</t>
+  </si>
+  <si>
+    <t>Upper Des Moines Opportunity Inc</t>
+  </si>
+  <si>
+    <t>Jamey Whitney</t>
+  </si>
+  <si>
+    <t>URBAN CROSSING APARTMENTS</t>
+  </si>
+  <si>
+    <t>18-14</t>
+  </si>
+  <si>
+    <t>875 SE Gateway Dr</t>
+  </si>
+  <si>
+    <t>Urban Crossing Apartments L.L.L.P.</t>
+  </si>
+  <si>
+    <t>VALLEY VIEW APTS-COLUMBUS JUNCTION</t>
+  </si>
+  <si>
+    <t>11-11-60</t>
+  </si>
+  <si>
+    <t>11-HT-01RD</t>
+  </si>
+  <si>
+    <t>125 9th St</t>
+  </si>
+  <si>
+    <t>125 9th Street LLLP</t>
+  </si>
+  <si>
+    <t>VAN ALLEN</t>
+  </si>
+  <si>
+    <t>21-11</t>
+  </si>
+  <si>
+    <t>200 5th Ave S</t>
+  </si>
+  <si>
+    <t>Van Allen LP</t>
+  </si>
+  <si>
     <t>VAN FOSSEN SQUARE (ADEL ASSIST. LIVING)</t>
   </si>
   <si>
-    <t>AFTON PARK APTS CRESTON PARK APTS</t>
+    <t>04-38</t>
+  </si>
+  <si>
+    <t>04-HM-238-721</t>
+  </si>
+  <si>
+    <t>504 Van Fossen Ln</t>
+  </si>
+  <si>
+    <t>Adel Assisted Living Apartments LP</t>
+  </si>
+  <si>
+    <t>VIVE SENIOR</t>
+  </si>
+  <si>
+    <t>21-34</t>
+  </si>
+  <si>
+    <t>21-HT-434</t>
+  </si>
+  <si>
+    <t>925 Kirkwood Parkway SW</t>
+  </si>
+  <si>
+    <t>Cedar Rapids Vive LLC</t>
+  </si>
+  <si>
+    <t>WAHKONSA MANOR</t>
+  </si>
+  <si>
+    <t>08-35</t>
+  </si>
+  <si>
+    <t>927 Central Ave</t>
+  </si>
+  <si>
+    <t>Diamond Senior Development Fort Dodge, LLC</t>
+  </si>
+  <si>
+    <t>East Lake Management</t>
+  </si>
+  <si>
+    <t>Eileen Rhodes</t>
+  </si>
+  <si>
+    <t>WALDEN POINT</t>
+  </si>
+  <si>
+    <t>04-33</t>
+  </si>
+  <si>
+    <t>1200 4th St</t>
+  </si>
+  <si>
+    <t>Walden Point Limited Partnership</t>
+  </si>
+  <si>
+    <t>Jesse Burns</t>
+  </si>
+  <si>
+    <t>Wall Lake</t>
+  </si>
+  <si>
+    <t>18MAY-HM-329</t>
+  </si>
+  <si>
+    <t>208 Main St</t>
+  </si>
+  <si>
+    <t>WALL LAKE</t>
+  </si>
+  <si>
+    <t>Region XII Council of Governments Inc</t>
+  </si>
+  <si>
+    <t>Karla Janning</t>
+  </si>
+  <si>
+    <t>WEST HEIGHTS TOWNHOMES</t>
+  </si>
+  <si>
+    <t>12-12-8</t>
+  </si>
+  <si>
+    <t>12-HT-408</t>
+  </si>
+  <si>
+    <t>1155 14th Ave NW</t>
+  </si>
+  <si>
+    <t>West Heights Townhomes LLLP</t>
+  </si>
+  <si>
+    <t>Westown Crossing Senior Apartments</t>
+  </si>
+  <si>
+    <t>21-30</t>
+  </si>
+  <si>
+    <t>1675 28th Street</t>
+  </si>
+  <si>
+    <t>Westown Crossing Senior Apartments L.L.L.P.</t>
+  </si>
+  <si>
+    <t>WHISPERING GARDEN</t>
+  </si>
+  <si>
+    <t>05-18</t>
+  </si>
+  <si>
+    <t>05-HM-218-731</t>
+  </si>
+  <si>
+    <t>2417 Whispering Meadow Dr</t>
+  </si>
+  <si>
+    <t>Whispering Garden IHA Limited Partnership</t>
+  </si>
+  <si>
+    <t>WINNGATE VILLAGE APTS</t>
+  </si>
+  <si>
+    <t>99-49</t>
+  </si>
+  <si>
+    <t>102 Winngate Dr</t>
+  </si>
+  <si>
+    <t>IHC Forest City LP I</t>
+  </si>
+  <si>
+    <t>WOODBURY PARK APARTMENTS</t>
+  </si>
+  <si>
+    <t>98-08</t>
+  </si>
+  <si>
+    <t>98-HM-206-731</t>
+  </si>
+  <si>
+    <t>419 S Irene St</t>
+  </si>
+  <si>
+    <t>Woodbury Park LP</t>
+  </si>
+  <si>
+    <t>WOODBURY RIDGE</t>
+  </si>
+  <si>
+    <t>00-15</t>
+  </si>
+  <si>
+    <t>00-HM-216-731</t>
+  </si>
+  <si>
+    <t>805 Main St</t>
+  </si>
+  <si>
+    <t>MOVILLE</t>
+  </si>
+  <si>
+    <t>Woodbury Ridge LP</t>
+  </si>
+  <si>
+    <t>WOODRIDGE APTS</t>
+  </si>
+  <si>
+    <t>97-16</t>
+  </si>
+  <si>
+    <t>97-HMS-438-731</t>
+  </si>
+  <si>
+    <t>601 W Adams St</t>
+  </si>
+  <si>
+    <t>WASHINGTON</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>IHC Limited Partnership I</t>
+  </si>
+  <si>
+    <t>2022 Home Inc Lease Purchase Rental Proj</t>
+  </si>
+  <si>
+    <t>22-1-HM-322</t>
+  </si>
+  <si>
+    <t>3114, 3118 Lincoln Ave</t>
+  </si>
+  <si>
+    <t>Wong, Jennifer</t>
+  </si>
+  <si>
+    <t>Home Opportunities Made Easy, Inc.</t>
+  </si>
+  <si>
+    <t>Carrie Woerdeman</t>
+  </si>
+  <si>
+    <t>Angela Reiter</t>
+  </si>
+  <si>
+    <t>2022 HOME Inc. Lease-Purchase</t>
+  </si>
+  <si>
+    <t>22-CR-HM-369</t>
+  </si>
+  <si>
+    <t>1507 11th Street</t>
+  </si>
+  <si>
+    <t>3RD AVE SINGLE FAMILY HOMES REHAB</t>
+  </si>
+  <si>
+    <t>13AUG-HM-398</t>
+  </si>
+  <si>
+    <t>1417 3rd Ave SE</t>
+  </si>
+  <si>
+    <t>Affordable Housing Network Inc.</t>
+  </si>
+  <si>
+    <t>Emily Johnson</t>
+  </si>
+  <si>
+    <t>Amelia Wutzke</t>
+  </si>
+  <si>
+    <t>APPLEWOOD III</t>
+  </si>
+  <si>
+    <t>09-0942</t>
+  </si>
+  <si>
+    <t>3225 Pennsylvania Ave</t>
+  </si>
+  <si>
+    <t>Dubuque Sr Housing IV LLC</t>
+  </si>
+  <si>
+    <t>Becky Hildebrandt</t>
+  </si>
+  <si>
+    <t>Horizon Management Services Inc</t>
+  </si>
+  <si>
+    <t>APPLEWOOD IV</t>
+  </si>
+  <si>
+    <t>16-01</t>
+  </si>
+  <si>
+    <t>3275 Pennsylvania Ave</t>
+  </si>
+  <si>
+    <t>Applewood IV LLC</t>
+  </si>
+  <si>
+    <t>Birdland Duplexes</t>
+  </si>
+  <si>
+    <t>18MAY-HM-336</t>
+  </si>
+  <si>
+    <t>1321 Fremont St</t>
+  </si>
+  <si>
+    <t>BISHOP HILL APTS</t>
+  </si>
+  <si>
+    <t>96-40</t>
+  </si>
+  <si>
+    <t>96-HMS-425-731</t>
+  </si>
+  <si>
+    <t>708 W 9th St</t>
+  </si>
+  <si>
+    <t>TIPTON</t>
+  </si>
+  <si>
+    <t>Cedar</t>
+  </si>
+  <si>
+    <t>Tipton Iowa Housing Associates LP</t>
+  </si>
+  <si>
+    <t>Keyway Management Company LLC</t>
+  </si>
+  <si>
+    <t>Justin Burns</t>
+  </si>
+  <si>
+    <t>BLACK HAWK VILLAGE</t>
+  </si>
+  <si>
+    <t>01-31</t>
+  </si>
+  <si>
+    <t>01-HM-428-731</t>
+  </si>
+  <si>
+    <t>3420 Mason Rd</t>
+  </si>
+  <si>
+    <t>Black Hawk Village LP</t>
+  </si>
+  <si>
+    <t>Michael Busch</t>
+  </si>
+  <si>
+    <t>Paramark Corp</t>
+  </si>
+  <si>
+    <t>BOYER VIEW APARTMENTS</t>
+  </si>
+  <si>
+    <t>12-12-50</t>
+  </si>
+  <si>
+    <t>12-HT-03RD</t>
+  </si>
+  <si>
+    <t>103 Boyer View</t>
+  </si>
+  <si>
+    <t>LOGAN</t>
+  </si>
+  <si>
+    <t>Logan 24 LP</t>
+  </si>
+  <si>
+    <t>Julie Nylen</t>
+  </si>
+  <si>
+    <t>Park Avenue Management</t>
+  </si>
+  <si>
+    <t>Nikki Nieman</t>
+  </si>
+  <si>
+    <t>BROOKSIDE SENIOR APTS</t>
+  </si>
+  <si>
+    <t>96-63</t>
+  </si>
+  <si>
+    <t>3575 Marquette St</t>
+  </si>
+  <si>
+    <t>JP Star Housing Cooperative</t>
+  </si>
+  <si>
+    <t>James Gantz</t>
+  </si>
+  <si>
+    <t>BROOKSIDE SR HOUSING II</t>
+  </si>
+  <si>
+    <t>99-08</t>
+  </si>
+  <si>
+    <t>3525 Marquette St</t>
+  </si>
+  <si>
+    <t>BROWN APARTMENTS</t>
+  </si>
+  <si>
+    <t>08-22</t>
+  </si>
+  <si>
+    <t>1234 4th Ave SE</t>
+  </si>
+  <si>
+    <t>CANTERBURY HEIGHTS</t>
+  </si>
+  <si>
+    <t>15-15-11</t>
+  </si>
+  <si>
+    <t>755 NE 56th St</t>
+  </si>
+  <si>
+    <t>Canterbury Heights Limited Partnership</t>
+  </si>
+  <si>
+    <t>JB Conlin</t>
+  </si>
+  <si>
+    <t>Conlin Properties Inc</t>
+  </si>
+  <si>
+    <t>Beth Runles</t>
+  </si>
+  <si>
+    <t>CANTERBURY PARK II APARTMENTS</t>
+  </si>
+  <si>
+    <t>05-02</t>
+  </si>
+  <si>
+    <t>925 Sherrylynn Blvd</t>
+  </si>
+  <si>
+    <t>Canterbury II Limited Partnership</t>
+  </si>
+  <si>
+    <t>CANTERBURY PARK III</t>
+  </si>
+  <si>
+    <t>07-08</t>
+  </si>
+  <si>
+    <t>700 NE 56th St</t>
+  </si>
+  <si>
+    <t>Canterbury III Limited Partnership</t>
+  </si>
+  <si>
+    <t>CANTERBURY PARK IV APARTMENTS</t>
+  </si>
+  <si>
+    <t>08-05</t>
+  </si>
+  <si>
+    <t>600 NE 56th St</t>
+  </si>
+  <si>
+    <t>Canterbury IV Limited Partnership</t>
+  </si>
+  <si>
+    <t>CEDAR CREST I, LP</t>
+  </si>
+  <si>
+    <t>98-HM-441-721</t>
+  </si>
+  <si>
+    <t>910 13th St</t>
+  </si>
+  <si>
+    <t>CHARLES CITY</t>
+  </si>
+  <si>
+    <t>Floyd</t>
+  </si>
+  <si>
+    <t>Charle City IHA Senior Housing LP</t>
+  </si>
+  <si>
+    <t>CEDAR CREST II LP</t>
+  </si>
+  <si>
+    <t>02-HM-487-721</t>
+  </si>
+  <si>
+    <t>1200 Valley West Dr</t>
+  </si>
+  <si>
+    <t>Cedar Crest II LP</t>
+  </si>
+  <si>
+    <t>CEDAR VIEW APARTMENTS</t>
+  </si>
+  <si>
+    <t>08-0917</t>
+  </si>
+  <si>
+    <t>09-HM-417-721</t>
+  </si>
+  <si>
+    <t>1100 O Ave</t>
+  </si>
+  <si>
+    <t>Cedar View Apts LP</t>
+  </si>
+  <si>
+    <t>Rob McCready</t>
+  </si>
+  <si>
+    <t>Jessica Brimmer</t>
+  </si>
+  <si>
+    <t>CHAPEL RIDGE WEST I</t>
+  </si>
+  <si>
+    <t>08-01</t>
+  </si>
+  <si>
+    <t>210 S 41st St</t>
+  </si>
+  <si>
+    <t>Chapel Ridge West I LP</t>
+  </si>
+  <si>
+    <t>CHAPEL RIDGE WEST II</t>
+  </si>
+  <si>
+    <t>08-0909</t>
+  </si>
+  <si>
+    <t>Chapel Ridge West II LP</t>
+  </si>
+  <si>
+    <t>Clock Tower Senior</t>
+  </si>
+  <si>
+    <t>21-25</t>
+  </si>
+  <si>
+    <t>21-HT-425</t>
+  </si>
+  <si>
+    <t>403 East Church Street</t>
+  </si>
+  <si>
+    <t>Timber Ridge Senior Limited Partnership</t>
+  </si>
+  <si>
+    <t>CONCORD TERRACE</t>
+  </si>
+  <si>
+    <t>98-28</t>
+  </si>
+  <si>
+    <t>99-HM-407-721</t>
+  </si>
+  <si>
+    <t>1259 Shannon Dr</t>
+  </si>
+  <si>
+    <t>Iowa City IHA Senior Housing LP</t>
+  </si>
+  <si>
+    <t>CRANE ARTISTS LOFTS</t>
+  </si>
+  <si>
+    <t>11-11-57</t>
+  </si>
+  <si>
+    <t>1440 Walnut St</t>
+  </si>
+  <si>
+    <t>MDI Limited Partnership #86</t>
+  </si>
+  <si>
+    <t>Jason Moore</t>
+  </si>
+  <si>
+    <t>DAVENPORT LOFTS</t>
+  </si>
+  <si>
+    <t>03-41</t>
+  </si>
+  <si>
+    <t>427 Iowa St</t>
+  </si>
+  <si>
+    <t>Artisan Capital Group</t>
+  </si>
+  <si>
+    <t>Michael Perry</t>
+  </si>
+  <si>
+    <t>Optimum Real Estate Management DBA Artisan MG</t>
+  </si>
+  <si>
+    <t>Devon O'Hare</t>
+  </si>
+  <si>
+    <t>DEER MEADOW</t>
+  </si>
+  <si>
+    <t>00-24</t>
+  </si>
+  <si>
+    <t>00-HM-425-721</t>
+  </si>
+  <si>
+    <t>715 Cleveland Ave</t>
+  </si>
+  <si>
+    <t>Keokuk Senior Housing LP</t>
+  </si>
+  <si>
+    <t>DEER RIDGE APTS I</t>
+  </si>
+  <si>
+    <t>99-59</t>
+  </si>
+  <si>
+    <t>6001 SW Creston Ave</t>
+  </si>
+  <si>
+    <t>River Valley Estates LP</t>
+  </si>
+  <si>
+    <t>DEER RIDGE II APARTMENTS</t>
+  </si>
+  <si>
+    <t>02-04</t>
+  </si>
+  <si>
+    <t>6009 SW Creston Ave</t>
+  </si>
+  <si>
+    <t>Raccoon Valley Estates Limited Partnership</t>
+  </si>
+  <si>
+    <t>DEER RIDGE III APARTMENTS</t>
+  </si>
+  <si>
+    <t>03-01</t>
+  </si>
+  <si>
+    <t>Deer Ridge III LP</t>
+  </si>
+  <si>
+    <t>DEER RIDGE IV APARTMENTS</t>
+  </si>
+  <si>
+    <t>05-03</t>
+  </si>
+  <si>
+    <t>Deer Ridge IV LP</t>
+  </si>
+  <si>
+    <t>DEER RIDGE V APARTMENTS</t>
+  </si>
+  <si>
+    <t>07-07</t>
+  </si>
+  <si>
+    <t>6000 SW Creston Ave</t>
+  </si>
+  <si>
+    <t>Deer Ridge V Limited Partnership</t>
+  </si>
+  <si>
+    <t>DEER RIDGE VI APARTMENTS</t>
+  </si>
+  <si>
+    <t>08-04</t>
+  </si>
+  <si>
+    <t>Deer Ridge VI Limited Partnership</t>
+  </si>
+  <si>
+    <t>DRAKE SCHAULAND APTS</t>
+  </si>
+  <si>
+    <t>97-15</t>
+  </si>
+  <si>
+    <t>98-HM-201-731</t>
+  </si>
+  <si>
+    <t>3009 Harmony Ln</t>
+  </si>
+  <si>
+    <t>MCSA MWA LP I</t>
+  </si>
+  <si>
+    <t>John Eichelberger</t>
+  </si>
+  <si>
+    <t>EAGLE BLUFF APTS PHASE II</t>
+  </si>
+  <si>
+    <t>98-78</t>
+  </si>
+  <si>
+    <t>99-HM-405-721</t>
+  </si>
+  <si>
+    <t>2803 A Ave</t>
+  </si>
+  <si>
+    <t>Fort Madison IHA II Senior Housing LP</t>
+  </si>
+  <si>
+    <t>EAGLE BLUFF PHASE I</t>
+  </si>
+  <si>
+    <t>98-30</t>
+  </si>
+  <si>
+    <t>98-HM-444-721</t>
+  </si>
+  <si>
+    <t>Fort Madison IHA Senior Housing LP</t>
   </si>
   <si>
     <t>EASTLAND PARK SENIOR APTS</t>
   </si>
   <si>
-    <t>CENTENNIAL PLACE I</t>
-[...8 lines deleted...]
-    <t>THE HOMESTEAD</t>
+    <t>93-01</t>
+  </si>
+  <si>
+    <t>206 S Finn Dr</t>
+  </si>
+  <si>
+    <t>ALGONA</t>
+  </si>
+  <si>
+    <t>Kossuth</t>
+  </si>
+  <si>
+    <t>Eastland Park Senior Apartments LP</t>
+  </si>
+  <si>
+    <t>Dean Doyscher</t>
+  </si>
+  <si>
+    <t>SMR Management, Inc.</t>
+  </si>
+  <si>
+    <t>Rachel Malecka</t>
+  </si>
+  <si>
+    <t>EMERSON POINT</t>
+  </si>
+  <si>
+    <t>02-11</t>
+  </si>
+  <si>
+    <t>1355 Shannon Dr</t>
+  </si>
+  <si>
+    <t>Emerson Point Limited Partnership</t>
+  </si>
+  <si>
+    <t>FB HARLAN</t>
+  </si>
+  <si>
+    <t>10-10-286</t>
+  </si>
+  <si>
+    <t>919 Dye St</t>
+  </si>
+  <si>
+    <t>FB Harlan LP</t>
+  </si>
+  <si>
+    <t>Shawn Foutch</t>
+  </si>
+  <si>
+    <t>JMAE, LLC</t>
+  </si>
+  <si>
+    <t>FIFTEENTH STREET APARTMENTS</t>
+  </si>
+  <si>
+    <t>17-25</t>
+  </si>
+  <si>
+    <t>180 W 15th</t>
+  </si>
+  <si>
+    <t>Fifteenth Street Apartments Limited Partnership</t>
+  </si>
+  <si>
+    <t>Kim Sisney</t>
+  </si>
+  <si>
+    <t>Full Circle Management, LLC</t>
+  </si>
+  <si>
+    <t>Corina Pitsenbarger</t>
+  </si>
+  <si>
+    <t>FOX MEADOWS APTS</t>
+  </si>
+  <si>
+    <t>96-60</t>
+  </si>
+  <si>
+    <t>715 Central Ave</t>
+  </si>
+  <si>
+    <t>EVANSDALE</t>
+  </si>
+  <si>
+    <t>FULTON PLACE</t>
+  </si>
+  <si>
+    <t>05-19</t>
+  </si>
+  <si>
+    <t>05-HM-419-721</t>
+  </si>
+  <si>
+    <t>3003 Harmony Ln</t>
+  </si>
+  <si>
+    <t>Fulton Place Limited Partnership</t>
+  </si>
+  <si>
+    <t>Graceview Courtyard (Immanuel Elderly Ho</t>
+  </si>
+  <si>
+    <t>18-34</t>
+  </si>
+  <si>
+    <t>1681 College Road</t>
+  </si>
+  <si>
+    <t>Immanuel Elderly Housing II LLC</t>
+  </si>
+  <si>
+    <t>Scott Bear</t>
+  </si>
+  <si>
+    <t>Immanuel</t>
+  </si>
+  <si>
+    <t>Haley Hickson</t>
+  </si>
+  <si>
+    <t>Graceview Courtyard Phase II</t>
+  </si>
+  <si>
+    <t>21-32</t>
+  </si>
+  <si>
+    <t>21-HT-432</t>
+  </si>
+  <si>
+    <t>1689 College Road</t>
+  </si>
+  <si>
+    <t>Immanuel Elderly Housing III LLC</t>
+  </si>
+  <si>
+    <t>HARRINGTON APARTMENTS</t>
+  </si>
+  <si>
+    <t>06-16</t>
+  </si>
+  <si>
+    <t>677 16th St</t>
+  </si>
+  <si>
+    <t>Harrington I Limited Partnership</t>
+  </si>
+  <si>
+    <t>HARVESTER ARTIST LOFTS</t>
+  </si>
+  <si>
+    <t>08-09</t>
+  </si>
+  <si>
+    <t>1000 S Main St</t>
+  </si>
+  <si>
+    <t>Harvester Artist Lofts LP</t>
+  </si>
+  <si>
+    <t>Greg Foley</t>
+  </si>
+  <si>
+    <t>Elisha Joecks</t>
+  </si>
+  <si>
+    <t>HAWTHORN HILL</t>
+  </si>
+  <si>
+    <t>06-03</t>
+  </si>
+  <si>
+    <t>921 Pleasant St</t>
+  </si>
+  <si>
+    <t>Chestnut Hills Limited Partnership</t>
+  </si>
+  <si>
+    <t>HIGHLAND PARK I</t>
+  </si>
+  <si>
+    <t>98-29</t>
+  </si>
+  <si>
+    <t>98-HM-445-721</t>
+  </si>
+  <si>
+    <t>109 18th Ave E</t>
+  </si>
+  <si>
+    <t>Oskaloosa IHA Senior Housing LP</t>
+  </si>
+  <si>
+    <t>HIGHLAND PARK II</t>
+  </si>
+  <si>
+    <t>98-77</t>
+  </si>
+  <si>
+    <t>99-HM-406-721</t>
+  </si>
+  <si>
+    <t>Oskaloosa IHA II Senior Housing LP</t>
+  </si>
+  <si>
+    <t>HILLTOP I</t>
+  </si>
+  <si>
+    <t>13-13-14</t>
+  </si>
+  <si>
+    <t>3724 Hubbell Ave</t>
+  </si>
+  <si>
+    <t>Hilltop I Limited Partnershp</t>
+  </si>
+  <si>
+    <t>Hilltop II</t>
+  </si>
+  <si>
+    <t>18-13</t>
+  </si>
+  <si>
+    <t>3726 Hubbell</t>
+  </si>
+  <si>
+    <t>Hilltop II Limited Partnership</t>
+  </si>
+  <si>
+    <t>HILLTOP SENIOR</t>
+  </si>
+  <si>
+    <t>13-13-18</t>
+  </si>
+  <si>
+    <t>3720 Hubbell Ave</t>
+  </si>
+  <si>
+    <t>HOME Inc Rental Lease Purchase 2020</t>
+  </si>
+  <si>
+    <t>20-1-HM-399</t>
+  </si>
+  <si>
+    <t>5403 SW 8th St</t>
+  </si>
+  <si>
+    <t>HOME, Inc. Single Families Rental</t>
+  </si>
+  <si>
+    <t>19MAR-HM-375</t>
+  </si>
+  <si>
+    <t>919 E 9th St</t>
+  </si>
+  <si>
+    <t>IRVING POINT</t>
+  </si>
+  <si>
+    <t>06-13</t>
+  </si>
+  <si>
+    <t>910 7th St SE</t>
+  </si>
+  <si>
+    <t>Irving Point Limited Partnership</t>
+  </si>
+  <si>
+    <t>JACKSON POINT</t>
+  </si>
+  <si>
+    <t>05-20</t>
+  </si>
+  <si>
+    <t>05-HM-420-721</t>
+  </si>
+  <si>
+    <t>802 W Jackson Ave</t>
+  </si>
+  <si>
+    <t>Jackson Point Limited Partnership</t>
+  </si>
+  <si>
+    <t>Lee Dimmitt</t>
+  </si>
+  <si>
+    <t>JEFFERSON POINT I</t>
+  </si>
+  <si>
+    <t>06-11</t>
+  </si>
+  <si>
+    <t>06-HM-411-721</t>
+  </si>
+  <si>
+    <t>45 W Jefferson St</t>
+  </si>
+  <si>
+    <t>Jefferson Point Limited Partnership</t>
+  </si>
+  <si>
+    <t>JEFFERSON POINT II</t>
+  </si>
+  <si>
+    <t>07-18</t>
+  </si>
+  <si>
+    <t>07-HM-418-721</t>
+  </si>
+  <si>
+    <t>Jefferson Point II Limited Partnership</t>
+  </si>
+  <si>
+    <t>KENNEDY POINT</t>
+  </si>
+  <si>
+    <t>03-35</t>
+  </si>
+  <si>
+    <t>03-HM-435-721</t>
+  </si>
+  <si>
+    <t>3395 John F Kennedy Circle</t>
+  </si>
+  <si>
+    <t>Kennedy Point Limited Partnership</t>
+  </si>
+  <si>
+    <t>Susan Freeman</t>
+  </si>
+  <si>
+    <t>KNOXVILLE IHA SENIOR HOUSING LP</t>
+  </si>
+  <si>
+    <t>07-HM-405-721</t>
+  </si>
+  <si>
+    <t>1210 Eric Dr</t>
+  </si>
+  <si>
+    <t>Knoxville IHA Senior Housing LP</t>
+  </si>
+  <si>
+    <t>LAFAYETTE SQUARE</t>
+  </si>
+  <si>
+    <t>15-15-3</t>
+  </si>
+  <si>
+    <t>625 W 4th St</t>
+  </si>
+  <si>
+    <t>MWF IA3 Limited Partnership</t>
+  </si>
+  <si>
+    <t>Joe Rohlf</t>
+  </si>
+  <si>
+    <t>LAVERNE APARTMENTS</t>
+  </si>
+  <si>
+    <t>09-0932</t>
+  </si>
+  <si>
+    <t>919 S 16th St</t>
+  </si>
+  <si>
+    <t>Laverne Apts LP</t>
+  </si>
+  <si>
+    <t>Chris Stokka</t>
+  </si>
+  <si>
+    <t>LEXINGTON PLACE</t>
+  </si>
+  <si>
+    <t>00-22</t>
+  </si>
+  <si>
+    <t>00-HMS-423-721</t>
+  </si>
+  <si>
+    <t>1229 Shannon Dr</t>
+  </si>
+  <si>
+    <t>Lexington Place Limited Partnership</t>
+  </si>
+  <si>
+    <t>MAPLE RIVER APTS</t>
+  </si>
+  <si>
+    <t>95-12</t>
+  </si>
+  <si>
+    <t>95-HM-408-731</t>
+  </si>
+  <si>
+    <t>1104 W 5th St</t>
+  </si>
+  <si>
+    <t>IDA GROVE</t>
+  </si>
+  <si>
+    <t>Ida</t>
+  </si>
+  <si>
+    <t>Ida Grove Iowa Housing Associates LP</t>
+  </si>
+  <si>
+    <t>Marshalltown Lofts</t>
+  </si>
+  <si>
+    <t>19-35</t>
+  </si>
+  <si>
+    <t>20 E. State St</t>
+  </si>
+  <si>
+    <t>Marshalltown Lofts LLC</t>
+  </si>
+  <si>
+    <t>Tony Krsnich</t>
+  </si>
+  <si>
+    <t>Weigand-Omega Mgmt Inc</t>
+  </si>
+  <si>
+    <t>Jessica Felton</t>
+  </si>
+  <si>
+    <t>MELROSE RIDGE</t>
+  </si>
+  <si>
+    <t>06-12</t>
+  </si>
+  <si>
+    <t>06-HM-412-721</t>
+  </si>
+  <si>
+    <t>4435 Melrose Ave</t>
+  </si>
+  <si>
+    <t>Johnson Co Permanent Supportive Housing LP</t>
+  </si>
+  <si>
+    <t>Brenda Hollinger</t>
+  </si>
+  <si>
+    <t>MONTEREY POINT</t>
+  </si>
+  <si>
+    <t>00-23</t>
+  </si>
+  <si>
+    <t>00-HM-424-721</t>
+  </si>
+  <si>
+    <t>822 Monterey Dr</t>
+  </si>
+  <si>
+    <t>Carroll IHA Senior Housing Limited Partnership</t>
+  </si>
+  <si>
+    <t>NEICAC -CALMAR APTS II</t>
+  </si>
+  <si>
+    <t>95-HM-205-731</t>
+  </si>
+  <si>
+    <t>507 W Elm St</t>
+  </si>
+  <si>
+    <t>CALMAR</t>
+  </si>
+  <si>
+    <t>NEW DIRECTIONS HOUSING</t>
+  </si>
+  <si>
+    <t>06-10</t>
+  </si>
+  <si>
+    <t>06-HM-410-721</t>
+  </si>
+  <si>
+    <t>2733 S 19th S</t>
+  </si>
+  <si>
+    <t>ASAC Housing Corp</t>
+  </si>
+  <si>
+    <t>Stephanie Boesenberg</t>
+  </si>
+  <si>
+    <t>Larry Maeder</t>
+  </si>
+  <si>
+    <t>NEW VISIONS CENTER</t>
+  </si>
+  <si>
+    <t>06-47</t>
+  </si>
+  <si>
+    <t>06-HM-447-721</t>
+  </si>
+  <si>
+    <t>1435 N 15th St</t>
+  </si>
+  <si>
+    <t>Council Bluffs Housing for the Homeless LLC</t>
+  </si>
+  <si>
+    <t>Brandy Wallar</t>
+  </si>
+  <si>
+    <t>New Visions Homeless Services</t>
+  </si>
+  <si>
+    <t>Stephanie Wallar</t>
+  </si>
+  <si>
+    <t>PARKSIDE EAST I APARTMENTS</t>
+  </si>
+  <si>
+    <t>01-33</t>
+  </si>
+  <si>
+    <t>3640 E Douglas Ave</t>
+  </si>
+  <si>
+    <t>Parkside East LP</t>
+  </si>
+  <si>
+    <t>PARKSIDE EAST II APARTMENTS</t>
+  </si>
+  <si>
+    <t>02-02</t>
+  </si>
+  <si>
+    <t>Parkside East II Limited Partnership</t>
+  </si>
+  <si>
+    <t>PARKSIDE EAST III APARTMENTS</t>
+  </si>
+  <si>
+    <t>03-02</t>
+  </si>
+  <si>
+    <t>3560 E Douglas Ave</t>
+  </si>
+  <si>
+    <t>Parkside East III LP</t>
+  </si>
+  <si>
+    <t>PARKSIDE EAST IV APARTMENTS</t>
+  </si>
+  <si>
+    <t>05-01</t>
+  </si>
+  <si>
+    <t>Parkside East IV Limited Partnership</t>
+  </si>
+  <si>
+    <t>PHEASANT RUN APTS I (DEWITT)</t>
+  </si>
+  <si>
+    <t>95-76</t>
+  </si>
+  <si>
+    <t>1301 14th St</t>
+  </si>
+  <si>
+    <t>Pheasant Run Apartments LLC</t>
+  </si>
+  <si>
+    <t>Scott Braden</t>
+  </si>
+  <si>
+    <t>Braden Bookkeeping LLC</t>
+  </si>
+  <si>
+    <t>PHEASANT RUN APTS II (DEWITT)</t>
+  </si>
+  <si>
+    <t>96-37</t>
+  </si>
+  <si>
+    <t>96-HM-421-731</t>
+  </si>
+  <si>
+    <t>1303 14th St</t>
+  </si>
+  <si>
+    <t>PINNACLE APTS OF SIOUX CITY</t>
+  </si>
+  <si>
+    <t>98-43</t>
+  </si>
+  <si>
+    <t>2610 Apache Ct</t>
+  </si>
+  <si>
+    <t>Mid-Step Services</t>
+  </si>
+  <si>
+    <t>Eric Hammer</t>
+  </si>
+  <si>
+    <t>Karen Horky</t>
+  </si>
+  <si>
+    <t>PRIME LIVING APARTMENTS</t>
+  </si>
+  <si>
+    <t>03-11</t>
+  </si>
+  <si>
+    <t>03-HM-411-721</t>
+  </si>
+  <si>
+    <t>108 1st Ave NW</t>
+  </si>
+  <si>
+    <t>Prime LMAAL-GP LLC</t>
+  </si>
+  <si>
+    <t>Barbara Kaarlie</t>
+  </si>
+  <si>
+    <t>Prime Agency LLC</t>
+  </si>
+  <si>
+    <t>05-27</t>
+  </si>
+  <si>
+    <t>05-HM-427-721</t>
+  </si>
+  <si>
+    <t>725 Pearl St</t>
+  </si>
+  <si>
+    <t>SCAAL - GP LLC</t>
+  </si>
+  <si>
+    <t>REGENCY HEIGHTS II SENIOR RESIDENCE</t>
+  </si>
+  <si>
+    <t>00-25</t>
+  </si>
+  <si>
+    <t>1060 Scott Park Dr</t>
+  </si>
+  <si>
+    <t>Regency Heights Iowa City II, LLC</t>
+  </si>
+  <si>
+    <t>Angie Welton</t>
+  </si>
+  <si>
+    <t>Perry Reid Properties</t>
+  </si>
+  <si>
+    <t>Julie Johnson</t>
+  </si>
+  <si>
+    <t>REGENCY HEIGHTS SENIOR RESIDENCES</t>
+  </si>
+  <si>
+    <t>98-60</t>
+  </si>
+  <si>
+    <t>99-HM-404-721</t>
+  </si>
+  <si>
+    <t>1010 Scott Park Dr</t>
+  </si>
+  <si>
+    <t>Regency Heights Iowa City I, LLC</t>
+  </si>
+  <si>
+    <t>RIDGEVIEW (BELLEVUE IHA)</t>
+  </si>
+  <si>
+    <t>03-HM-451-721</t>
+  </si>
+  <si>
+    <t>1509 State St</t>
+  </si>
+  <si>
+    <t>BELLEVUE</t>
+  </si>
+  <si>
+    <t>Bellevuew IHA Limited Partnership</t>
+  </si>
+  <si>
+    <t>RIVER BIRCH ETO</t>
+  </si>
+  <si>
+    <t>02-10</t>
+  </si>
+  <si>
+    <t>02-HM-410-731</t>
+  </si>
+  <si>
+    <t>1601 Marion St</t>
+  </si>
+  <si>
+    <t>River Birch IHA Limited Partnership</t>
+  </si>
+  <si>
+    <t>RIVER OAKS</t>
+  </si>
+  <si>
+    <t>01-22</t>
+  </si>
+  <si>
+    <t>01-HM-412-731</t>
+  </si>
+  <si>
+    <t>1509 Marion St</t>
+  </si>
+  <si>
+    <t>River Oaks IHA LP</t>
+  </si>
+  <si>
+    <t>Roosevelt West</t>
+  </si>
+  <si>
+    <t>20-23</t>
+  </si>
+  <si>
+    <t>1865 Radford Road</t>
+  </si>
+  <si>
+    <t>Roosevelt West LLC</t>
+  </si>
+  <si>
+    <t>Curt Peerenboom</t>
+  </si>
+  <si>
+    <t>SAVANNAH VILLAGE</t>
+  </si>
+  <si>
+    <t>03-45</t>
+  </si>
+  <si>
+    <t>01-HM-424-731</t>
+  </si>
+  <si>
+    <t>711 Savannah Dr</t>
+  </si>
+  <si>
+    <t>Savannah Village LP</t>
+  </si>
+  <si>
+    <t>SHADY CREEK APTS</t>
+  </si>
+  <si>
+    <t>98-76</t>
+  </si>
+  <si>
+    <t>98-HMS-662-731</t>
+  </si>
+  <si>
+    <t>210 E Jefferson</t>
+  </si>
+  <si>
+    <t>PELLA</t>
+  </si>
+  <si>
+    <t>Pella Housing Partners LLC</t>
+  </si>
+  <si>
+    <t>SIEG IRON LOFTS</t>
+  </si>
+  <si>
+    <t>05-34</t>
+  </si>
+  <si>
+    <t>320 E 4th St</t>
+  </si>
+  <si>
+    <t>SOLON COMMUNITY HOUSING CORP</t>
+  </si>
+  <si>
+    <t>07-HM-397-721</t>
+  </si>
+  <si>
+    <t>1765 Racine Ave</t>
+  </si>
+  <si>
+    <t>SOLON</t>
+  </si>
+  <si>
+    <t>Solon Community Housing Corp.</t>
+  </si>
+  <si>
+    <t>Allen Phillips</t>
+  </si>
+  <si>
+    <t>Andrea King Property Services, LLC</t>
+  </si>
+  <si>
+    <t>Andrea King</t>
+  </si>
+  <si>
+    <t>SOUTHBROOK GREEN II APARTMENTS</t>
+  </si>
+  <si>
+    <t>98-52</t>
+  </si>
+  <si>
+    <t>1516 SE Evergreen Ave</t>
+  </si>
+  <si>
+    <t>Southbrook Green Apartments II L P</t>
+  </si>
+  <si>
+    <t>SPRING HILL APTS</t>
+  </si>
+  <si>
+    <t>02-08</t>
+  </si>
+  <si>
+    <t>02-HM-408-721</t>
+  </si>
+  <si>
+    <t>2800 41st St</t>
+  </si>
+  <si>
+    <t>Sioux City Apartment Partners II LLC</t>
+  </si>
+  <si>
+    <t>TALLGRASS</t>
+  </si>
+  <si>
+    <t>21-36</t>
+  </si>
+  <si>
+    <t>21-HT-436</t>
+  </si>
+  <si>
+    <t>1311 7th Street</t>
+  </si>
+  <si>
+    <t>Tallgrass DeWitt LP</t>
+  </si>
+  <si>
+    <t>John Cronin</t>
+  </si>
+  <si>
+    <t>Darcy Geerdes</t>
+  </si>
+  <si>
+    <t>THE ARBOR AT LINDALE TRAIL</t>
+  </si>
+  <si>
+    <t>15-15-16</t>
+  </si>
+  <si>
+    <t>15-HT-416</t>
+  </si>
+  <si>
+    <t>1362 Blairs Ferry Rd</t>
+  </si>
+  <si>
+    <t>Arbor Marion Limited Partnership</t>
+  </si>
+  <si>
+    <t>The Gardens of Dubuque</t>
+  </si>
+  <si>
+    <t>19-41</t>
+  </si>
+  <si>
+    <t>1895 Radford Road</t>
+  </si>
+  <si>
+    <t>Gardens of Dubuque LLC</t>
+  </si>
+  <si>
+    <t>THE MEAD (ROSE APTS REHAB PROJECT)</t>
+  </si>
+  <si>
+    <t>13-HM-371</t>
+  </si>
+  <si>
+    <t>1407 3rd Ave SE</t>
+  </si>
+  <si>
+    <t>THE PRESERVE AT CROSSROADS</t>
+  </si>
+  <si>
+    <t>09-0928</t>
+  </si>
+  <si>
+    <t>1455 Oleson Rd</t>
+  </si>
+  <si>
+    <t>Preserve at Crossroads LP</t>
+  </si>
+  <si>
+    <t>Matthew Pierce</t>
+  </si>
+  <si>
+    <t>Darcy Geedes</t>
+  </si>
+  <si>
+    <t>THE RESERVES AT BRIARWOOD</t>
+  </si>
+  <si>
+    <t>14-14-30</t>
+  </si>
+  <si>
+    <t>14-HT-430</t>
+  </si>
+  <si>
+    <t>600 W Tyler</t>
+  </si>
+  <si>
+    <t>Briarwood Partners LLC</t>
+  </si>
+  <si>
+    <t>Matt Gillam</t>
+  </si>
+  <si>
+    <t>THE RESERVES AT IRONWOOD</t>
+  </si>
+  <si>
+    <t>14-14-31</t>
+  </si>
+  <si>
+    <t>1302 High Ave W</t>
+  </si>
+  <si>
+    <t>Ironwood Partners LLC</t>
+  </si>
+  <si>
+    <t>THE RESERVES AT MILL FARM</t>
+  </si>
+  <si>
+    <t>13-13-24</t>
+  </si>
+  <si>
+    <t>1135 W 16th St</t>
+  </si>
+  <si>
+    <t>Mill Farm Partners LLC</t>
+  </si>
+  <si>
+    <t>The Reserves at Mill Farm II</t>
+  </si>
+  <si>
+    <t>19-39</t>
+  </si>
+  <si>
+    <t>1119 W 16th St</t>
+  </si>
+  <si>
+    <t>Mill Farm Partners II LLC</t>
+  </si>
+  <si>
+    <t>The Reserves at South Lake</t>
+  </si>
+  <si>
+    <t>21-35</t>
+  </si>
+  <si>
+    <t>21-HT-435</t>
+  </si>
+  <si>
+    <t>500 Industrial Drive</t>
+  </si>
+  <si>
+    <t>OPG South Lake Partners LLC</t>
+  </si>
+  <si>
+    <t>THE RESERVES AT STORM LAKE</t>
+  </si>
+  <si>
+    <t>13-13-25</t>
+  </si>
+  <si>
+    <t>1500 Seneca</t>
+  </si>
+  <si>
+    <t>Storm Lake Affordable Partners LLC</t>
+  </si>
+  <si>
+    <t>THE WAY HOME</t>
+  </si>
+  <si>
+    <t>06-09</t>
+  </si>
+  <si>
+    <t>06-HM-409-721</t>
+  </si>
+  <si>
+    <t>5480 Kirkwood Blvd SW</t>
+  </si>
+  <si>
+    <t>TOWN SQUARE APARTMENTS</t>
+  </si>
+  <si>
+    <t>07-10</t>
+  </si>
+  <si>
+    <t>07-HM-410-721</t>
+  </si>
+  <si>
+    <t>328 Central Ave</t>
+  </si>
+  <si>
+    <t>Northwoods Limited Partnership 1</t>
+  </si>
+  <si>
+    <t>Jessica Hosper</t>
+  </si>
+  <si>
+    <t>TWIN OAKS MANOR</t>
+  </si>
+  <si>
+    <t>98-11</t>
+  </si>
+  <si>
+    <t>95-HM-416-731</t>
+  </si>
+  <si>
+    <t>504 2nd St</t>
+  </si>
+  <si>
+    <t>DENMARK</t>
+  </si>
+  <si>
+    <t>Twin Oaks Manor Inc</t>
+  </si>
+  <si>
+    <t>Dean Blanchard</t>
+  </si>
+  <si>
+    <t>Liberty Realty</t>
+  </si>
+  <si>
+    <t>Jeanine Thurston</t>
+  </si>
+  <si>
+    <t>VALLEY VIEW APTS-CEDAR RAPIDS</t>
+  </si>
+  <si>
+    <t>94-18</t>
+  </si>
+  <si>
+    <t>427 Ashton Place NE</t>
   </si>
   <si>
     <t>VENBURY TRAIL APARTMENTS</t>
   </si>
   <si>
-    <t>EASTWOOD APTS</t>
-[...14 lines deleted...]
-    <t>FLETCHER ESTATES APARTMENT HOMES</t>
+    <t>97-48</t>
+  </si>
+  <si>
+    <t>900 8th St SW</t>
+  </si>
+  <si>
+    <t>Venbury Trail Limited Partnership</t>
+  </si>
+  <si>
+    <t>VILLAGE AT NINE 23 II</t>
+  </si>
+  <si>
+    <t>93-41</t>
+  </si>
+  <si>
+    <t>1119 Maplewood Dr</t>
   </si>
   <si>
     <t>VILLAS AT MEADOW SPRINGS</t>
   </si>
   <si>
-    <t>ASBURY MEADOWS APARTMENTS</t>
-[...158 lines deleted...]
-    <t>VALLEY VIEW APTS-CEDAR RAPIDS</t>
+    <t>16-03</t>
+  </si>
+  <si>
+    <t>710 S Ankeny Blvd</t>
+  </si>
+  <si>
+    <t>Villas at Meadow Springs LP</t>
+  </si>
+  <si>
+    <t>Vaughn Zimmerman</t>
+  </si>
+  <si>
+    <t>Wilhoit Properties Inc.</t>
+  </si>
+  <si>
+    <t>Michelle Gardner</t>
+  </si>
+  <si>
+    <t>WAGON WHEEL SENIOR HOUSING</t>
+  </si>
+  <si>
+    <t>97-53</t>
+  </si>
+  <si>
+    <t>96-HMS-431-731</t>
+  </si>
+  <si>
+    <t>208 S Court St</t>
+  </si>
+  <si>
+    <t>Wagon Wheel LP</t>
+  </si>
+  <si>
+    <t>WALKER CORNERS (428 WALKER)</t>
+  </si>
+  <si>
+    <t>10-10-234</t>
+  </si>
+  <si>
+    <t>10-HM-434-28</t>
+  </si>
+  <si>
+    <t>428 Walker St</t>
+  </si>
+  <si>
+    <t>WOODBINE</t>
+  </si>
+  <si>
+    <t>Walker Corners Limited Liability Company</t>
+  </si>
+  <si>
+    <t>Aaron Pryor</t>
+  </si>
+  <si>
+    <t>Pryor Management LLC</t>
   </si>
   <si>
     <t>WELLINGTON HEIGHTS NEIGHBORHOOD REV</t>
   </si>
   <si>
-    <t>Westdale Apartments (aka The Avenue)</t>
+    <t>12AUG-HM-326</t>
+  </si>
+  <si>
+    <t>1403 5th Ave SE</t>
+  </si>
+  <si>
+    <t>WEST FIELD APTS</t>
+  </si>
+  <si>
+    <t>98-73</t>
+  </si>
+  <si>
+    <t>98-HMS-660-731</t>
+  </si>
+  <si>
+    <t>304 4th Ave W</t>
+  </si>
+  <si>
+    <t>Grinnell Housing Partners LLC</t>
+  </si>
+  <si>
+    <t>WHITE TAIL RUN</t>
+  </si>
+  <si>
+    <t>99-31</t>
+  </si>
+  <si>
+    <t>99-HM-408-731</t>
+  </si>
+  <si>
+    <t>801 Myatt Dr</t>
+  </si>
+  <si>
+    <t>Maquoketa IHA Senior Housing LP</t>
   </si>
   <si>
     <t>WILLIAM B QUARTON PLACE</t>
   </si>
   <si>
-    <t>CENTERVILLE SENIOR LOFTS</t>
-[...503 lines deleted...]
-    <t>WASHINGTON COURT (DES MOINES)</t>
+    <t>02-23</t>
+  </si>
+  <si>
+    <t>02-HM-223-721</t>
+  </si>
+  <si>
+    <t>85 Harbet Ave NW</t>
   </si>
   <si>
     <t>WILLOW BEND I APARTMENTS</t>
   </si>
   <si>
+    <t>08-0910</t>
+  </si>
+  <si>
+    <t>6616 SW 9th St</t>
+  </si>
+  <si>
+    <t>Willow Bend, LP</t>
+  </si>
+  <si>
     <t>WILLOW BEND II APARTMENTS</t>
   </si>
   <si>
-    <t>WOODLAND AVE BRICKSTONE APTS</t>
-[...329 lines deleted...]
-    <t>VILLAS AT FOX POINTE</t>
+    <t>08-03</t>
+  </si>
+  <si>
+    <t>6500 SW 9th St</t>
+  </si>
+  <si>
+    <t>Willow Bend II Limited Partnership</t>
+  </si>
+  <si>
+    <t>WINDFIELD WEST APTS</t>
+  </si>
+  <si>
+    <t>00-35</t>
+  </si>
+  <si>
+    <t>301 Warrior Lane</t>
+  </si>
+  <si>
+    <t>Windfield West Limited Partnership</t>
+  </si>
+  <si>
+    <t>WINDFIELD WEST II APARTMENTS</t>
+  </si>
+  <si>
+    <t>02-03</t>
+  </si>
+  <si>
+    <t>105 SE Windfield Pkwy</t>
+  </si>
+  <si>
+    <t>Windfield West II Limited Partnership</t>
+  </si>
+  <si>
+    <t>WINDFIELD WEST III APARTMENTS</t>
+  </si>
+  <si>
+    <t>05-04</t>
+  </si>
+  <si>
+    <t>125 SE Windfield Pkwy</t>
+  </si>
+  <si>
+    <t>Windfield West III Limited Partnership</t>
   </si>
   <si>
     <t>WINDSOR RIDGE</t>
   </si>
   <si>
-    <t>PRAIRIE VILLAGE OF LAPORTE CITY</t>
-[...1717 lines deleted...]
-  <si>
     <t>99-37</t>
   </si>
   <si>
-    <t>12-12-48</t>
-[...1003 lines deleted...]
-  <si>
     <t>99-HM-403-731</t>
   </si>
   <si>
-    <t>12-HT-02RD</t>
-[...3698 lines deleted...]
-    <t>M4:571EADOW VISTA PARKSIDE</t>
+    <t>Active project list as of 1/1/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <u/>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7748,23117 +9424,23519 @@
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M583"/>
+  <dimension ref="A1:N582"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H2" sqref="H2"/>
+      <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="43.7109375" bestFit="1"/>
+    <col min="1" max="1" width="44.28515625" bestFit="1"/>
     <col min="2" max="2" width="16.28515625" bestFit="1"/>
     <col min="3" max="3" width="16.42578125" bestFit="1"/>
-    <col min="4" max="4" width="19.85546875" bestFit="1"/>
-[...3 lines deleted...]
-    <col min="8" max="8" width="47" customWidth="1"/>
+    <col min="4" max="4" width="28.28515625" bestFit="1"/>
+    <col min="5" max="5" width="21" customWidth="1"/>
+    <col min="6" max="6" width="15.28515625" customWidth="1"/>
+    <col min="7" max="7" width="18.42578125" bestFit="1"/>
+    <col min="8" max="8" width="45.5703125" bestFit="1"/>
     <col min="9" max="9" width="33.85546875" bestFit="1"/>
     <col min="10" max="10" width="12.5703125" bestFit="1"/>
     <col min="11" max="11" width="47.7109375" bestFit="1"/>
-    <col min="12" max="12" width="19.7109375" bestFit="1"/>
+    <col min="12" max="12" width="22.28515625" bestFit="1"/>
     <col min="13" max="13" width="14.7109375" bestFit="1"/>
+    <col min="14" max="14" width="24.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:13" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="10" t="s">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A2" s="11"/>
+    </row>
+    <row r="3" spans="1:13" s="9" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="8" t="s">
-        <v>572</v>
+        <v>1</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>1149</v>
+        <v>2</v>
       </c>
       <c r="D3" s="7" t="s">
-        <v>1352</v>
+        <v>3</v>
       </c>
       <c r="E3" s="7" t="s">
-        <v>1488</v>
+        <v>4</v>
       </c>
       <c r="F3" s="7" t="s">
-        <v>1565</v>
+        <v>5</v>
       </c>
       <c r="G3" s="7" t="s">
-        <v>1571</v>
+        <v>6</v>
       </c>
       <c r="H3" s="7" t="s">
-        <v>1572</v>
+        <v>7</v>
       </c>
       <c r="I3" s="7" t="s">
-        <v>2092</v>
+        <v>8</v>
       </c>
       <c r="J3" s="7" t="s">
-        <v>2302</v>
+        <v>9</v>
       </c>
       <c r="K3" s="7" t="s">
-        <v>2303</v>
+        <v>10</v>
       </c>
       <c r="L3" s="7" t="s">
-        <v>2397</v>
+        <v>11</v>
       </c>
       <c r="M3" s="7" t="s">
-        <v>2497</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>1</v>
+        <v>1093</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>573</v>
+        <v>1094</v>
       </c>
       <c r="C4" s="2"/>
       <c r="D4" s="2" t="s">
-        <v>1353</v>
+        <v>1095</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>1489</v>
+        <v>1096</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>292</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>1573</v>
+        <v>1097</v>
       </c>
       <c r="I4" s="2" t="s">
-        <v>2093</v>
+        <v>1001</v>
       </c>
       <c r="J4" s="2">
         <v>9134927800</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>2304</v>
+        <v>633</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>2237</v>
+        <v>634</v>
       </c>
       <c r="M4" s="2">
         <v>8003835204</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
-        <v>2</v>
+        <v>2391</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>574</v>
+        <v>2392</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>1150</v>
+        <v>2393</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>1353</v>
+        <v>2394</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>1489</v>
+        <v>1096</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>292</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>1574</v>
+        <v>2395</v>
       </c>
       <c r="I5" s="2" t="s">
-        <v>2094</v>
+        <v>1930</v>
       </c>
       <c r="J5" s="2">
         <v>5152625965</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>2305</v>
+        <v>974</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>2398</v>
+        <v>975</v>
       </c>
       <c r="M5" s="2">
         <v>7125805963</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>3</v>
+        <v>626</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>575</v>
+        <v>627</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="s">
-        <v>1354</v>
+        <v>628</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>1490</v>
+        <v>629</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>630</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>1575</v>
+        <v>631</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>2095</v>
+        <v>632</v>
       </c>
       <c r="J6" s="2">
         <v>7125805360</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>2304</v>
+        <v>633</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>2237</v>
+        <v>634</v>
       </c>
       <c r="M6" s="2">
         <v>8003835204</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
-        <v>4</v>
+        <v>2625</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>576</v>
+        <v>2626</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="s">
-        <v>1355</v>
+        <v>2627</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>1491</v>
+        <v>2628</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2629</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>1576</v>
+        <v>2630</v>
       </c>
       <c r="I7" s="2" t="s">
-        <v>2096</v>
+        <v>2631</v>
       </c>
       <c r="J7" s="2">
         <v>5073451290</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>2306</v>
+        <v>2632</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>2399</v>
+        <v>2633</v>
       </c>
       <c r="M7" s="2">
         <v>5073451290</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>2500</v>
+        <v>1417</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>579</v>
+        <v>1418</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="s">
-        <v>1356</v>
+        <v>1419</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>1492</v>
+        <v>397</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>37</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>1579</v>
+        <v>1420</v>
       </c>
       <c r="I8" s="2" t="s">
-        <v>2099</v>
+        <v>1340</v>
       </c>
       <c r="J8" s="2">
-        <v>5139641140</v>
+        <v>5156898593</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>2309</v>
+        <v>1341</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>2400</v>
+        <v>1340</v>
       </c>
       <c r="M8" s="2">
-        <v>8166820100</v>
+        <v>5156898593</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
-        <v>7</v>
+        <v>394</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>580</v>
+        <v>395</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="s">
-        <v>1356</v>
+        <v>396</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>1492</v>
+        <v>397</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>37</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>1580</v>
+        <v>398</v>
       </c>
       <c r="I9" s="2" t="s">
-        <v>2099</v>
+        <v>29</v>
       </c>
       <c r="J9" s="2">
         <v>5139641140</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>2309</v>
+        <v>30</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>2400</v>
+        <v>31</v>
       </c>
       <c r="M9" s="2">
         <v>8166820100</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>5</v>
+        <v>399</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="s">
-        <v>1356</v>
+        <v>401</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>1492</v>
+        <v>397</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>37</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>1577</v>
+        <v>402</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>2097</v>
+        <v>29</v>
       </c>
       <c r="J10" s="2">
-        <v>5152839095</v>
+        <v>5139641140</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>2307</v>
+        <v>30</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>2097</v>
+        <v>31</v>
       </c>
       <c r="M10" s="2">
-        <v>5152839095</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>6</v>
+        <v>2978</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>578</v>
+        <v>2979</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="s">
-        <v>1356</v>
+        <v>2980</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>1492</v>
+        <v>397</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>37</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>1578</v>
+        <v>2981</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>2098</v>
+        <v>2523</v>
       </c>
       <c r="J11" s="2">
-        <v>5156898593</v>
+        <v>5152462936</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>2308</v>
+        <v>2524</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>2098</v>
+        <v>2525</v>
       </c>
       <c r="M11" s="2">
-        <v>5156898593</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>8</v>
+        <v>2056</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>581</v>
-[...3 lines deleted...]
-      </c>
+        <v>2057</v>
+      </c>
+      <c r="C12" s="2"/>
       <c r="D12" s="2" t="s">
-        <v>1356</v>
+        <v>2058</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>1492</v>
+        <v>1706</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>999</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>1581</v>
+        <v>2059</v>
       </c>
       <c r="I12" s="2" t="s">
-        <v>2100</v>
+        <v>1930</v>
       </c>
       <c r="J12" s="2">
-        <v>5159573343</v>
+        <v>5152625965</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>2310</v>
+        <v>974</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>2100</v>
+        <v>975</v>
       </c>
       <c r="M12" s="2">
-        <v>5159573342</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>9</v>
+        <v>2746</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>582</v>
+        <v>2747</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="s">
-        <v>1356</v>
+        <v>2748</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>1492</v>
+        <v>1706</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>999</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>1582</v>
+        <v>2749</v>
       </c>
       <c r="I13" s="2" t="s">
-        <v>2101</v>
+        <v>2750</v>
       </c>
       <c r="J13" s="2">
-        <v>5152462936</v>
+        <v>6122434636</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>1745</v>
+        <v>2498</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>2191</v>
+        <v>2497</v>
       </c>
       <c r="M13" s="2">
-        <v>5152462912</v>
+        <v>5072928229</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
-        <v>11</v>
+        <v>1703</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>584</v>
-[...1 lines deleted...]
-      <c r="C14" s="2"/>
+        <v>1704</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>1704</v>
+      </c>
       <c r="D14" s="2" t="s">
-        <v>1357</v>
+        <v>1705</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>1493</v>
+        <v>1706</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>999</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>1584</v>
+        <v>1707</v>
       </c>
       <c r="I14" s="2" t="s">
-        <v>2102</v>
+        <v>1708</v>
       </c>
       <c r="J14" s="2">
-        <v>6122434636</v>
+        <v>5152407993</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>2311</v>
+        <v>1396</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>2401</v>
-[...3 lines deleted...]
-      </c>
+        <v>1708</v>
+      </c>
+      <c r="M14" s="2"/>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>13</v>
+        <v>2330</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>586</v>
+        <v>2331</v>
       </c>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="s">
-        <v>1357</v>
+        <v>2332</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>1493</v>
+        <v>1706</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>999</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>1586</v>
+        <v>2333</v>
       </c>
       <c r="I15" s="2" t="s">
-        <v>2104</v>
+        <v>1967</v>
       </c>
       <c r="J15" s="2">
-        <v>3174930881</v>
+        <v>9524472345</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>2313</v>
+        <v>1968</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>2132</v>
+        <v>1967</v>
       </c>
       <c r="M15" s="2">
-        <v>3172641833</v>
+        <v>9524472345</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>10</v>
+        <v>1889</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>583</v>
+        <v>1890</v>
       </c>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="s">
-        <v>1357</v>
+        <v>1891</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>1493</v>
+        <v>1706</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>999</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>1583</v>
+        <v>1892</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>2094</v>
+        <v>1495</v>
       </c>
       <c r="J16" s="2">
-        <v>5152625965</v>
+        <v>3172641833</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>2305</v>
+        <v>1303</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>2398</v>
+        <v>1304</v>
       </c>
       <c r="M16" s="2">
-        <v>7125805963</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>12</v>
+        <v>1298</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>585</v>
+        <v>1299</v>
       </c>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="s">
-        <v>1357</v>
+        <v>1300</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>1493</v>
+        <v>238</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>37</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>1585</v>
+        <v>1301</v>
       </c>
       <c r="I17" s="2" t="s">
-        <v>2103</v>
+        <v>1302</v>
       </c>
       <c r="J17" s="2">
-        <v>9524472345</v>
+        <v>3172641833</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>2312</v>
+        <v>1303</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>2103</v>
+        <v>1304</v>
       </c>
       <c r="M17" s="2">
-        <v>9524472345</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>15</v>
+        <v>235</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>588</v>
+        <v>236</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="s">
-        <v>1358</v>
+        <v>237</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>1492</v>
+        <v>238</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>37</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>1588</v>
+        <v>239</v>
       </c>
       <c r="I18" s="2" t="s">
-        <v>2106</v>
+        <v>185</v>
       </c>
       <c r="J18" s="2">
         <v>3175870320</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>2314</v>
+        <v>186</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>2402</v>
+        <v>187</v>
       </c>
       <c r="M18" s="2">
         <v>3175870462</v>
       </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>14</v>
+        <v>2985</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>587</v>
+        <v>2986</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="s">
-        <v>1358</v>
+        <v>2987</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>1492</v>
+        <v>238</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>37</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>1587</v>
+        <v>2988</v>
       </c>
       <c r="I19" s="2" t="s">
-        <v>2105</v>
+        <v>2989</v>
       </c>
       <c r="J19" s="2">
-        <v>3172641833</v>
+        <v>4178903241</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>2311</v>
+        <v>2990</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>2123</v>
+        <v>2991</v>
       </c>
       <c r="M19" s="2">
-        <v>5072855082</v>
+        <v>4178903209</v>
       </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>16</v>
+        <v>1050</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>589</v>
-[...1 lines deleted...]
-      <c r="C20" s="2"/>
+        <v>1051</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>1051</v>
+      </c>
       <c r="D20" s="2" t="s">
-        <v>1358</v>
+        <v>1052</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>1492</v>
+        <v>1053</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1054</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>1589</v>
+        <v>1055</v>
       </c>
       <c r="I20" s="2" t="s">
-        <v>2107</v>
+        <v>1055</v>
       </c>
       <c r="J20" s="2">
-        <v>4178903241</v>
+        <v>3199891042</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>2315</v>
+        <v>1055</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>2403</v>
+        <v>1055</v>
       </c>
       <c r="M20" s="2">
-        <v>4178903209</v>
+        <v>3199891042</v>
       </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>590</v>
+        <v>48</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>1152</v>
+        <v>49</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>1359</v>
+        <v>50</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>1494</v>
+        <v>51</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>52</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>1590</v>
+        <v>53</v>
       </c>
       <c r="I21" s="2" t="s">
-        <v>2108</v>
+        <v>54</v>
       </c>
       <c r="J21" s="2">
         <v>5635564166</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>2316</v>
+        <v>55</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>2404</v>
+        <v>56</v>
       </c>
       <c r="M21" s="2">
         <v>5635565013</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>19</v>
+        <v>1322</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>592</v>
+        <v>1323</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="s">
-        <v>1360</v>
+        <v>1324</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>1495</v>
+        <v>1112</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1113</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>1592</v>
+        <v>1325</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>2095</v>
+        <v>1326</v>
       </c>
       <c r="J22" s="2">
-        <v>7125805360</v>
+        <v>2627904560</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>2318</v>
+        <v>1327</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>2405</v>
+        <v>1326</v>
       </c>
       <c r="M22" s="2">
-        <v>7125805360</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>18</v>
+        <v>1109</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>591</v>
+        <v>1110</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="s">
-        <v>1360</v>
+        <v>1111</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>1495</v>
+        <v>1112</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>1113</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>1591</v>
+        <v>1114</v>
       </c>
       <c r="I23" s="2" t="s">
-        <v>2109</v>
+        <v>632</v>
       </c>
       <c r="J23" s="2">
-        <v>2627904560</v>
+        <v>7125805360</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>2317</v>
+        <v>673</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>2109</v>
+        <v>674</v>
       </c>
       <c r="M23" s="2">
-        <v>2627904560</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>20</v>
+        <v>1335</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>593</v>
-[...3 lines deleted...]
-      </c>
+        <v>1336</v>
+      </c>
+      <c r="C24" s="2"/>
       <c r="D24" s="2" t="s">
-        <v>1361</v>
+        <v>1337</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>1491</v>
+        <v>1338</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>432</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>1593</v>
+        <v>1339</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>2110</v>
+        <v>1340</v>
       </c>
       <c r="J24" s="2">
-        <v>5158852723</v>
+        <v>5156898593</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>1593</v>
+        <v>1341</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>2406</v>
+        <v>1340</v>
       </c>
       <c r="M24" s="2">
-        <v>7125411902</v>
+        <v>5156898593</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>21</v>
+        <v>2853</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>594</v>
-[...1 lines deleted...]
-      <c r="C25" s="2"/>
+        <v>2854</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>2854</v>
+      </c>
       <c r="D25" s="2" t="s">
-        <v>1362</v>
+        <v>2855</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>1496</v>
+        <v>2856</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>854</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>1594</v>
+        <v>2857</v>
       </c>
       <c r="I25" s="2" t="s">
-        <v>2098</v>
+        <v>2411</v>
       </c>
       <c r="J25" s="2">
-        <v>5156898593</v>
+        <v>3193387600</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>2308</v>
+        <v>2490</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>2098</v>
+        <v>2491</v>
       </c>
       <c r="M25" s="2">
-        <v>5156898593</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>22</v>
+        <v>830</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>595</v>
-[...3 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="C26" s="2"/>
       <c r="D26" s="2" t="s">
-        <v>1363</v>
+        <v>832</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>1497</v>
+        <v>833</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>132</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>1595</v>
+        <v>834</v>
       </c>
       <c r="I26" s="2" t="s">
-        <v>2111</v>
+        <v>641</v>
       </c>
       <c r="J26" s="2">
-        <v>3193387600</v>
+        <v>6083487755</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>2319</v>
+        <v>642</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>2407</v>
+        <v>643</v>
       </c>
       <c r="M26" s="2">
-        <v>5152254782</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>23</v>
+        <v>2284</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>596</v>
+        <v>2285</v>
       </c>
       <c r="C27" s="2"/>
       <c r="D27" s="2" t="s">
-        <v>1364</v>
+        <v>2286</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>1498</v>
+        <v>833</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>132</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>1596</v>
+        <v>2287</v>
       </c>
       <c r="I27" s="2" t="s">
-        <v>2112</v>
+        <v>2085</v>
       </c>
       <c r="J27" s="2">
-        <v>6083487755</v>
+        <v>4147279902</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>2320</v>
+        <v>2086</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>2116</v>
+        <v>2087</v>
       </c>
       <c r="M27" s="2">
-        <v>6083487755</v>
+        <v>2628794045</v>
       </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
-        <v>25</v>
+        <v>1826</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>598</v>
+        <v>1827</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>1153</v>
+        <v>1828</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>1364</v>
+        <v>1829</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>1498</v>
+        <v>833</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>132</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>1598</v>
+        <v>1830</v>
       </c>
       <c r="I28" s="2" t="s">
-        <v>2114</v>
+        <v>1831</v>
       </c>
       <c r="J28" s="2">
         <v>5633201459</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>2322</v>
+        <v>1478</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>2114</v>
+        <v>1831</v>
       </c>
       <c r="M28" s="2">
         <v>5633201459</v>
       </c>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
-        <v>24</v>
+        <v>298</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>597</v>
+        <v>299</v>
       </c>
       <c r="C29" s="2"/>
       <c r="D29" s="2" t="s">
-        <v>1364</v>
+        <v>300</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>1498</v>
+        <v>301</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>37</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>1597</v>
+        <v>302</v>
       </c>
       <c r="I29" s="2" t="s">
-        <v>2113</v>
+        <v>303</v>
       </c>
       <c r="J29" s="2">
-        <v>4147279902</v>
+        <v>6088242290</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>2321</v>
+        <v>84</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>2408</v>
+        <v>85</v>
       </c>
       <c r="M29" s="2">
-        <v>4143954455</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
-        <v>26</v>
+        <v>635</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>599</v>
+        <v>636</v>
       </c>
       <c r="C30" s="2"/>
       <c r="D30" s="2" t="s">
-        <v>1365</v>
+        <v>637</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>1499</v>
+        <v>638</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>639</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>1599</v>
+        <v>640</v>
       </c>
       <c r="I30" s="2" t="s">
-        <v>2112</v>
+        <v>641</v>
       </c>
       <c r="J30" s="2">
         <v>6083487755</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>2320</v>
+        <v>642</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>2116</v>
+        <v>643</v>
       </c>
       <c r="M30" s="2">
         <v>6083487755</v>
       </c>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>30</v>
+        <v>665</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>603</v>
-[...3 lines deleted...]
-      </c>
+        <v>666</v>
+      </c>
+      <c r="C31" s="2"/>
       <c r="D31" s="2" t="s">
-        <v>1365</v>
+        <v>667</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>1499</v>
+        <v>638</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>639</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>1603</v>
+        <v>668</v>
       </c>
       <c r="I31" s="2" t="s">
-        <v>2116</v>
+        <v>643</v>
       </c>
       <c r="J31" s="2">
         <v>6083487755</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>2320</v>
+        <v>642</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>2116</v>
+        <v>643</v>
       </c>
       <c r="M31" s="2">
         <v>6083487755</v>
       </c>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>31</v>
+        <v>1356</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>604</v>
+        <v>1357</v>
       </c>
       <c r="C32" s="2"/>
       <c r="D32" s="2" t="s">
-        <v>1365</v>
+        <v>1358</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>1499</v>
+        <v>638</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>639</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>1604</v>
+        <v>1359</v>
       </c>
       <c r="I32" s="2" t="s">
-        <v>2117</v>
+        <v>1360</v>
       </c>
       <c r="J32" s="2">
-        <v>4029639099</v>
+        <v>2627904560</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>2323</v>
+        <v>1327</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>2409</v>
+        <v>1326</v>
       </c>
       <c r="M32" s="2">
-        <v>6414354788</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
-        <v>27</v>
+        <v>1380</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>600</v>
-[...1 lines deleted...]
-      <c r="C33" s="2"/>
+        <v>1381</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>1382</v>
+      </c>
       <c r="D33" s="2" t="s">
-        <v>1365</v>
+        <v>1383</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>1499</v>
+        <v>638</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>639</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>1600</v>
+        <v>1384</v>
       </c>
       <c r="I33" s="2" t="s">
-        <v>2115</v>
+        <v>1340</v>
       </c>
       <c r="J33" s="2">
-        <v>2627904560</v>
+        <v>5156898593</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>2317</v>
+        <v>1341</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>2109</v>
+        <v>1340</v>
       </c>
       <c r="M33" s="2">
-        <v>2627904560</v>
+        <v>5156898593</v>
       </c>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>28</v>
+        <v>1385</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>601</v>
+        <v>1386</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>1154</v>
+        <v>1387</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>1365</v>
+        <v>1383</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>1499</v>
+        <v>638</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>639</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>1601</v>
+        <v>1388</v>
       </c>
       <c r="I34" s="2" t="s">
-        <v>2098</v>
+        <v>1340</v>
       </c>
       <c r="J34" s="2">
         <v>5156898593</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>2308</v>
+        <v>1341</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>2098</v>
+        <v>1340</v>
       </c>
       <c r="M34" s="2">
         <v>5156898593</v>
       </c>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>29</v>
+        <v>893</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>602</v>
+        <v>894</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>1155</v>
+        <v>895</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>1365</v>
+        <v>896</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>1499</v>
+        <v>638</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>639</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>1602</v>
+        <v>897</v>
       </c>
       <c r="I35" s="2" t="s">
-        <v>2098</v>
+        <v>643</v>
       </c>
       <c r="J35" s="2">
-        <v>5156898593</v>
+        <v>6083487755</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>2308</v>
+        <v>642</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>2098</v>
+        <v>643</v>
       </c>
       <c r="M35" s="2">
-        <v>5156898593</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>38</v>
+        <v>1072</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>611</v>
+        <v>1073</v>
       </c>
       <c r="C36" s="2"/>
       <c r="D36" s="2" t="s">
-        <v>1366</v>
+        <v>1074</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>1500</v>
+        <v>638</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>639</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>1611</v>
+        <v>1075</v>
       </c>
       <c r="I36" s="2" t="s">
-        <v>2124</v>
+        <v>1076</v>
       </c>
       <c r="J36" s="2">
-        <v>8165611033</v>
+        <v>4029639099</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>2325</v>
+        <v>1077</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>2172</v>
+        <v>1078</v>
       </c>
       <c r="M36" s="2">
-        <v>5154909001</v>
+        <v>4029639099</v>
       </c>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>39</v>
+        <v>1246</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>612</v>
-[...1 lines deleted...]
-      <c r="C37" s="2"/>
+        <v>1247</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>1248</v>
+      </c>
       <c r="D37" s="2" t="s">
-        <v>1366</v>
+        <v>1249</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>1500</v>
+        <v>638</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>639</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>1612</v>
+        <v>1250</v>
       </c>
       <c r="I37" s="2" t="s">
-        <v>2125</v>
+        <v>643</v>
       </c>
       <c r="J37" s="2">
-        <v>2165201250</v>
+        <v>6083487755</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>2326</v>
+        <v>642</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>2411</v>
+        <v>643</v>
       </c>
       <c r="M37" s="2">
-        <v>2165201250</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
-        <v>40</v>
+        <v>595</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>613</v>
-[...1 lines deleted...]
-      <c r="C38" s="2"/>
+        <v>596</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>597</v>
+      </c>
       <c r="D38" s="2" t="s">
-        <v>1366</v>
+        <v>598</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>1500</v>
+        <v>278</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>279</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>1613</v>
+        <v>599</v>
       </c>
       <c r="I38" s="2" t="s">
-        <v>2125</v>
+        <v>600</v>
       </c>
       <c r="J38" s="2">
-        <v>2165201250</v>
+        <v>3197536929</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>2326</v>
+        <v>601</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>2411</v>
+        <v>602</v>
       </c>
       <c r="M38" s="2">
-        <v>2165201250</v>
+        <v>3197526365</v>
       </c>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
-        <v>32</v>
+        <v>603</v>
       </c>
       <c r="B39" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="D39" s="2" t="s">
         <v>605</v>
       </c>
-      <c r="C39" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="2" t="s">
-        <v>1500</v>
+        <v>278</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>279</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>1605</v>
+        <v>606</v>
       </c>
       <c r="I39" s="2" t="s">
-        <v>2118</v>
+        <v>607</v>
       </c>
       <c r="J39" s="2">
-        <v>3197536929</v>
+        <v>3197508920</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>2324</v>
+        <v>601</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>2410</v>
+        <v>602</v>
       </c>
       <c r="M39" s="2">
         <v>3197526365</v>
       </c>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>33</v>
+        <v>608</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>1158</v>
+        <v>597</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>1366</v>
+        <v>610</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>1500</v>
+        <v>278</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>279</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>1606</v>
+        <v>611</v>
       </c>
       <c r="I40" s="2" t="s">
-        <v>2119</v>
+        <v>612</v>
       </c>
       <c r="J40" s="2">
-        <v>3197504598</v>
+        <v>3195722303</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>2324</v>
+        <v>601</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>2410</v>
+        <v>602</v>
       </c>
       <c r="M40" s="2">
         <v>3197526365</v>
       </c>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>34</v>
+        <v>613</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>1157</v>
+        <v>597</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>1366</v>
+        <v>615</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>1500</v>
+        <v>278</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>279</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>1607</v>
+        <v>616</v>
       </c>
       <c r="I41" s="2" t="s">
-        <v>2120</v>
+        <v>617</v>
       </c>
       <c r="J41" s="2">
-        <v>3197508920</v>
+        <v>3197595711</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>2324</v>
+        <v>601</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>2410</v>
+        <v>602</v>
       </c>
       <c r="M41" s="2">
         <v>3197526365</v>
       </c>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>35</v>
+        <v>2492</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>608</v>
+        <v>2493</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>1157</v>
+        <v>2494</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>1366</v>
+        <v>2495</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>1500</v>
+        <v>278</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>279</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>1608</v>
+        <v>2496</v>
       </c>
       <c r="I42" s="2" t="s">
-        <v>2121</v>
+        <v>2497</v>
       </c>
       <c r="J42" s="2">
-        <v>3195722303</v>
+        <v>5072598244</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>2324</v>
+        <v>2498</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>2410</v>
+        <v>2497</v>
       </c>
       <c r="M42" s="2">
-        <v>3197526365</v>
+        <v>5072855082</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>36</v>
+        <v>275</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>609</v>
-[...3 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="C43" s="2"/>
       <c r="D43" s="2" t="s">
-        <v>1366</v>
+        <v>277</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>1500</v>
+        <v>278</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>279</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H43" s="2" t="s">
-        <v>1609</v>
+        <v>280</v>
       </c>
       <c r="I43" s="2" t="s">
-        <v>2122</v>
+        <v>210</v>
       </c>
       <c r="J43" s="2">
-        <v>3197595711</v>
+        <v>8165611033</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>2324</v>
+        <v>125</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>2410</v>
+        <v>152</v>
       </c>
       <c r="M43" s="2">
-        <v>3197526365</v>
+        <v>5154909001</v>
       </c>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>37</v>
+        <v>461</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>610</v>
-[...3 lines deleted...]
-      </c>
+        <v>462</v>
+      </c>
+      <c r="C44" s="2"/>
       <c r="D44" s="2" t="s">
-        <v>1366</v>
+        <v>463</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>1500</v>
+        <v>278</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>279</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>1610</v>
+        <v>464</v>
       </c>
       <c r="I44" s="2" t="s">
-        <v>2123</v>
+        <v>465</v>
       </c>
       <c r="J44" s="2">
-        <v>5072598244</v>
+        <v>2165201250</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>2311</v>
+        <v>466</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>2123</v>
+        <v>467</v>
       </c>
       <c r="M44" s="2">
-        <v>5072855082</v>
+        <v>2165201250</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>41</v>
+        <v>496</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>497</v>
+      </c>
+      <c r="C45" s="2"/>
       <c r="D45" s="2" t="s">
-        <v>1367</v>
+        <v>498</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>1501</v>
+        <v>278</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>279</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H45" s="2" t="s">
-        <v>1614</v>
+        <v>499</v>
       </c>
       <c r="I45" s="2" t="s">
-        <v>2109</v>
+        <v>500</v>
       </c>
       <c r="J45" s="2">
-        <v>2627904560</v>
+        <v>9492368171</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>2317</v>
+        <v>125</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>2109</v>
+        <v>126</v>
       </c>
       <c r="M45" s="2">
-        <v>2627904560</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>42</v>
+        <v>2781</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>615</v>
+        <v>2782</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>1161</v>
+        <v>2782</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>1367</v>
+        <v>2783</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>1501</v>
+        <v>2784</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1467</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>1615</v>
+        <v>1470</v>
       </c>
       <c r="I46" s="2" t="s">
-        <v>2111</v>
+        <v>1619</v>
       </c>
       <c r="J46" s="2">
-        <v>3193387600</v>
+        <v>5633828436</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>2319</v>
+        <v>1470</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>2407</v>
+        <v>1619</v>
       </c>
       <c r="M46" s="2">
-        <v>5152254782</v>
+        <v>5633828436</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>43</v>
+        <v>1590</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>616</v>
-[...1 lines deleted...]
-      <c r="C47" s="2"/>
+        <v>1591</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>1592</v>
+      </c>
       <c r="D47" s="2" t="s">
-        <v>1368</v>
+        <v>1593</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>1502</v>
+        <v>1594</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1595</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H47" s="2" t="s">
-        <v>1616</v>
+        <v>1596</v>
       </c>
       <c r="I47" s="2" t="s">
-        <v>2126</v>
+        <v>1326</v>
       </c>
       <c r="J47" s="2">
-        <v>4029524599</v>
+        <v>2627904560</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>2327</v>
+        <v>1327</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>2412</v>
+        <v>1326</v>
       </c>
       <c r="M47" s="2">
-        <v>4023337373</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>44</v>
+        <v>2776</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="C48" s="2"/>
+        <v>2777</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>2778</v>
+      </c>
       <c r="D48" s="2" t="s">
-        <v>1368</v>
+        <v>2779</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>1502</v>
+        <v>1594</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>1595</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>1617</v>
+        <v>2780</v>
       </c>
       <c r="I48" s="2" t="s">
-        <v>2127</v>
+        <v>2411</v>
       </c>
       <c r="J48" s="2">
-        <v>3122856335</v>
+        <v>3193387600</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>2328</v>
+        <v>2490</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>2413</v>
+        <v>2491</v>
       </c>
       <c r="M48" s="2">
-        <v>5158095400</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>57</v>
+        <v>2360</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>630</v>
+        <v>2361</v>
       </c>
       <c r="C49" s="2"/>
       <c r="D49" s="2" t="s">
-        <v>1369</v>
+        <v>2362</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>1503</v>
+        <v>2363</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>273</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>1627</v>
+        <v>2364</v>
       </c>
       <c r="I49" s="2" t="s">
-        <v>2099</v>
+        <v>1981</v>
       </c>
       <c r="J49" s="2">
-        <v>5139641140</v>
+        <v>4029524599</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>2309</v>
+        <v>1946</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>2400</v>
+        <v>1947</v>
       </c>
       <c r="M49" s="2">
-        <v>8166820100</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>60</v>
+        <v>2982</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>633</v>
+        <v>2983</v>
       </c>
       <c r="C50" s="2"/>
       <c r="D50" s="2" t="s">
-        <v>1369</v>
+        <v>2984</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>1503</v>
+        <v>2363</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>273</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>1630</v>
+        <v>2580</v>
       </c>
       <c r="I50" s="2" t="s">
-        <v>2138</v>
+        <v>2581</v>
       </c>
       <c r="J50" s="2">
-        <v>8155404733</v>
+        <v>3122856335</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>2332</v>
+        <v>2582</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>2418</v>
+        <v>2583</v>
       </c>
       <c r="M50" s="2">
-        <v>8159652417</v>
+        <v>5158095400</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>69</v>
+        <v>2464</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="C51" s="2"/>
+        <v>2465</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>2465</v>
+      </c>
       <c r="D51" s="2" t="s">
-        <v>1369</v>
+        <v>2466</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>179</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>1638</v>
+        <v>2467</v>
       </c>
       <c r="I51" s="2" t="s">
-        <v>2143</v>
+        <v>2468</v>
       </c>
       <c r="J51" s="2">
-        <v>3176691880</v>
+        <v>3193631403</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>2336</v>
+        <v>2467</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>2421</v>
+        <v>2469</v>
       </c>
       <c r="M51" s="2">
-        <v>3175848442</v>
+        <v>3193631403</v>
       </c>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>48</v>
+        <v>1286</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>621</v>
+        <v>1287</v>
       </c>
       <c r="C52" s="2"/>
       <c r="D52" s="2" t="s">
-        <v>1369</v>
+        <v>1288</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>179</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>1621</v>
+        <v>1290</v>
       </c>
       <c r="I52" s="2" t="s">
-        <v>2131</v>
+        <v>1291</v>
       </c>
       <c r="J52" s="2">
-        <v>3193822892</v>
+        <v>6143963200</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>1621</v>
+        <v>1292</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>2131</v>
+        <v>1291</v>
       </c>
       <c r="M52" s="2">
-        <v>3193822892</v>
+        <v>6143963200</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>62</v>
+        <v>1293</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>635</v>
+        <v>1294</v>
       </c>
       <c r="C53" s="2"/>
       <c r="D53" s="2" t="s">
-        <v>1369</v>
+        <v>1295</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>179</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>1632</v>
+        <v>1296</v>
       </c>
       <c r="I53" s="2" t="s">
-        <v>2139</v>
+        <v>1297</v>
       </c>
       <c r="J53" s="2">
-        <v>5153145481</v>
+        <v>6107687732</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>2333</v>
+        <v>1292</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>2139</v>
+        <v>1291</v>
       </c>
       <c r="M53" s="2">
-        <v>5153145481</v>
+        <v>6143963200</v>
       </c>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>63</v>
+        <v>1305</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>636</v>
+        <v>1306</v>
       </c>
       <c r="C54" s="2"/>
       <c r="D54" s="2" t="s">
-        <v>1369</v>
+        <v>1307</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>179</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>1633</v>
+        <v>1308</v>
       </c>
       <c r="I54" s="2" t="s">
-        <v>2140</v>
+        <v>1309</v>
       </c>
       <c r="J54" s="2">
-        <v>3193633900</v>
+        <v>7657481818</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>2334</v>
+        <v>1303</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>2419</v>
+        <v>1304</v>
       </c>
       <c r="M54" s="2">
-        <v>3193633900</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>46</v>
+        <v>653</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>619</v>
+        <v>654</v>
       </c>
       <c r="C55" s="2"/>
       <c r="D55" s="2" t="s">
-        <v>1369</v>
+        <v>655</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>179</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H55" s="2" t="s">
-        <v>1619</v>
+        <v>656</v>
       </c>
       <c r="I55" s="2" t="s">
-        <v>2129</v>
+        <v>657</v>
       </c>
       <c r="J55" s="2">
-        <v>6143963200</v>
+        <v>3193822892</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>2329</v>
+        <v>656</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>2129</v>
+        <v>657</v>
       </c>
       <c r="M55" s="2">
-        <v>6143963200</v>
+        <v>3193822892</v>
       </c>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>47</v>
+        <v>1317</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>620</v>
+        <v>1318</v>
       </c>
       <c r="C56" s="2"/>
       <c r="D56" s="2" t="s">
-        <v>1369</v>
+        <v>1319</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>179</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>1620</v>
+        <v>1320</v>
       </c>
       <c r="I56" s="2" t="s">
-        <v>2130</v>
+        <v>1321</v>
       </c>
       <c r="J56" s="2">
-        <v>6107687732</v>
+        <v>3179836597</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>2329</v>
+        <v>1303</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>2129</v>
+        <v>1304</v>
       </c>
       <c r="M56" s="2">
-        <v>6143963200</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
-        <v>49</v>
+        <v>2516</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>622</v>
+        <v>2517</v>
       </c>
       <c r="C57" s="2"/>
       <c r="D57" s="2" t="s">
-        <v>1369</v>
+        <v>2518</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>179</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>1622</v>
+        <v>2467</v>
       </c>
       <c r="I57" s="2" t="s">
-        <v>2132</v>
+        <v>2468</v>
       </c>
       <c r="J57" s="2">
-        <v>3179836597</v>
+        <v>3193631403</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>2311</v>
+        <v>2467</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>2123</v>
+        <v>2469</v>
       </c>
       <c r="M57" s="2">
-        <v>5072855082</v>
+        <v>3193631403</v>
       </c>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>53</v>
+        <v>1962</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>626</v>
+        <v>1963</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>1163</v>
+        <v>1964</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>1369</v>
+        <v>1965</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>179</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>1624</v>
+        <v>1966</v>
       </c>
       <c r="I58" s="2" t="s">
-        <v>2134</v>
+        <v>1967</v>
       </c>
       <c r="J58" s="2">
-        <v>6515231252</v>
+        <v>9524472345</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>2311</v>
+        <v>1968</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>2415</v>
+        <v>1967</v>
       </c>
       <c r="M58" s="2">
-        <v>5072855082</v>
+        <v>9524472345</v>
       </c>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>54</v>
+        <v>688</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>627</v>
+        <v>689</v>
       </c>
       <c r="C59" s="2"/>
       <c r="D59" s="2" t="s">
-        <v>1369</v>
+        <v>690</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>179</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H59" s="2" t="s">
-        <v>1625</v>
+        <v>688</v>
       </c>
       <c r="I59" s="2" t="s">
-        <v>2135</v>
+        <v>691</v>
       </c>
       <c r="J59" s="2">
-        <v>3172520221</v>
+        <v>5153145481</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>2311</v>
+        <v>692</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>2123</v>
+        <v>691</v>
       </c>
       <c r="M59" s="2">
-        <v>5072855082</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="60" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
-        <v>67</v>
+        <v>2548</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>640</v>
-[...1 lines deleted...]
-      <c r="C60" s="2"/>
+        <v>2549</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>2550</v>
+      </c>
       <c r="D60" s="2" t="s">
-        <v>1369</v>
+        <v>2551</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>179</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>1636</v>
+        <v>2552</v>
       </c>
       <c r="I60" s="2" t="s">
-        <v>2141</v>
+        <v>2553</v>
       </c>
       <c r="J60" s="2">
-        <v>6123323000</v>
+        <v>6515231252</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>2335</v>
+        <v>2498</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>2420</v>
+        <v>2554</v>
       </c>
       <c r="M60" s="2">
-        <v>6123372608</v>
+        <v>5072855082</v>
       </c>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
-        <v>72</v>
+        <v>1434</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>645</v>
+        <v>1435</v>
       </c>
       <c r="C61" s="2"/>
       <c r="D61" s="2" t="s">
-        <v>1369</v>
+        <v>1436</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>179</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>1639</v>
+        <v>1437</v>
       </c>
       <c r="I61" s="2" t="s">
-        <v>2144</v>
+        <v>1355</v>
       </c>
       <c r="J61" s="2">
-        <v>3175505659</v>
+        <v>3172520221</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>2311</v>
+        <v>1303</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>2123</v>
+        <v>1304</v>
       </c>
       <c r="M61" s="2">
-        <v>5072855082</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>52</v>
+        <v>175</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>625</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="C62" s="2"/>
       <c r="D62" s="2" t="s">
-        <v>1369</v>
+        <v>177</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>179</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>1623</v>
+        <v>180</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>2103</v>
+        <v>72</v>
       </c>
       <c r="J62" s="2">
-        <v>9524472345</v>
+        <v>6512911750</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>2312</v>
+        <v>21</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>2103</v>
+        <v>22</v>
       </c>
       <c r="M62" s="2">
-        <v>9524472345</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>629</v>
+        <v>192</v>
       </c>
       <c r="C63" s="2"/>
       <c r="D63" s="2" t="s">
-        <v>1369</v>
+        <v>193</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>179</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>1626</v>
+        <v>194</v>
       </c>
       <c r="I63" s="2" t="s">
-        <v>2136</v>
+        <v>29</v>
       </c>
       <c r="J63" s="2">
-        <v>6512911750</v>
+        <v>5139641140</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>2330</v>
+        <v>30</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>2416</v>
+        <v>31</v>
       </c>
       <c r="M63" s="2">
-        <v>6512911750</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>59</v>
+        <v>2712</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>632</v>
+        <v>2713</v>
       </c>
       <c r="C64" s="2"/>
       <c r="D64" s="2" t="s">
-        <v>1369</v>
+        <v>2714</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>179</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>1629</v>
+        <v>2715</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>2137</v>
+        <v>2411</v>
       </c>
       <c r="J64" s="2">
-        <v>3202023100</v>
+        <v>3193387600</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>2331</v>
+        <v>2490</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>2417</v>
+        <v>2491</v>
       </c>
       <c r="M64" s="2">
-        <v>3202023100</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="65" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
-        <v>61</v>
+        <v>2120</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>634</v>
-[...3 lines deleted...]
-      </c>
+        <v>2121</v>
+      </c>
+      <c r="C65" s="2"/>
       <c r="D65" s="2" t="s">
-        <v>1369</v>
+        <v>2122</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>179</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>1631</v>
+        <v>2123</v>
       </c>
       <c r="I65" s="2" t="s">
-        <v>2094</v>
+        <v>2028</v>
       </c>
       <c r="J65" s="2">
-        <v>5152625965</v>
+        <v>3202023100</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>2305</v>
+        <v>2022</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>2398</v>
+        <v>2023</v>
       </c>
       <c r="M65" s="2">
-        <v>7125805963</v>
+        <v>3202023100</v>
       </c>
     </row>
     <row r="66" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
-        <v>64</v>
+        <v>328</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>637</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="C66" s="2"/>
       <c r="D66" s="2" t="s">
-        <v>1369</v>
+        <v>330</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>179</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>1634</v>
+        <v>331</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>2094</v>
+        <v>332</v>
       </c>
       <c r="J66" s="2">
-        <v>5152625965</v>
+        <v>8155404733</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>2305</v>
+        <v>333</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>2398</v>
+        <v>334</v>
       </c>
       <c r="M66" s="2">
-        <v>7125805963</v>
+        <v>8159652417</v>
       </c>
     </row>
     <row r="67" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>65</v>
+        <v>2146</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>638</v>
+        <v>2147</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>1166</v>
+        <v>2148</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>1369</v>
+        <v>2149</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>179</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>1635</v>
+        <v>2150</v>
       </c>
       <c r="I67" s="2" t="s">
-        <v>2094</v>
+        <v>1930</v>
       </c>
       <c r="J67" s="2">
         <v>5152625965</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>2305</v>
+        <v>974</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>2398</v>
+        <v>975</v>
       </c>
       <c r="M67" s="2">
         <v>7125805963</v>
       </c>
     </row>
     <row r="68" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
-        <v>45</v>
+        <v>1021</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>618</v>
-[...3 lines deleted...]
-      </c>
+        <v>1022</v>
+      </c>
+      <c r="C68" s="2"/>
       <c r="D68" s="2" t="s">
-        <v>1369</v>
+        <v>1023</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>179</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>1618</v>
+        <v>1024</v>
       </c>
       <c r="I68" s="2" t="s">
-        <v>2128</v>
+        <v>691</v>
       </c>
       <c r="J68" s="2">
-        <v>3193631403</v>
+        <v>5153145481</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>1618</v>
+        <v>692</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>2414</v>
+        <v>691</v>
       </c>
       <c r="M68" s="2">
-        <v>3193631403</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="69" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
-        <v>50</v>
+        <v>1145</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>623</v>
+        <v>1146</v>
       </c>
       <c r="C69" s="2"/>
       <c r="D69" s="2" t="s">
-        <v>1369</v>
+        <v>1147</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>179</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>1618</v>
+        <v>1148</v>
       </c>
       <c r="I69" s="2" t="s">
-        <v>2128</v>
+        <v>1149</v>
       </c>
       <c r="J69" s="2">
-        <v>3193631403</v>
+        <v>3193633900</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>1618</v>
+        <v>1150</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>2414</v>
+        <v>1151</v>
       </c>
       <c r="M69" s="2">
-        <v>3193631403</v>
+        <v>3193633900</v>
       </c>
     </row>
     <row r="70" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
-        <v>51</v>
+        <v>2295</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>624</v>
-[...1 lines deleted...]
-      <c r="C70" s="2"/>
+        <v>2296</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>2297</v>
+      </c>
       <c r="D70" s="2" t="s">
-        <v>1369</v>
+        <v>2298</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>179</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>1618</v>
+        <v>2299</v>
       </c>
       <c r="I70" s="2" t="s">
-        <v>2133</v>
+        <v>1930</v>
       </c>
       <c r="J70" s="2">
-        <v>3197842066</v>
+        <v>5152625965</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>1618</v>
+        <v>974</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>2414</v>
+        <v>975</v>
       </c>
       <c r="M70" s="2">
-        <v>3193631403</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="71" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
-        <v>55</v>
+        <v>2313</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>628</v>
-[...1 lines deleted...]
-      <c r="C71" s="2"/>
+        <v>2314</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>2315</v>
+      </c>
       <c r="D71" s="2" t="s">
-        <v>1369</v>
+        <v>2316</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>179</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>1617</v>
+        <v>2317</v>
       </c>
       <c r="I71" s="2" t="s">
-        <v>2127</v>
+        <v>1930</v>
       </c>
       <c r="J71" s="2">
-        <v>3122856335</v>
+        <v>5152625965</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>2328</v>
+        <v>974</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>2413</v>
+        <v>975</v>
       </c>
       <c r="M71" s="2">
-        <v>5158095400</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="72" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
-        <v>58</v>
+        <v>2920</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="C72" s="2"/>
+        <v>2921</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>2921</v>
+      </c>
       <c r="D72" s="2" t="s">
-        <v>1369</v>
+        <v>2922</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>179</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>1628</v>
+        <v>2467</v>
       </c>
       <c r="I72" s="2" t="s">
-        <v>2111</v>
+        <v>2468</v>
       </c>
       <c r="J72" s="2">
-        <v>3193387600</v>
+        <v>3193631403</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>2319</v>
+        <v>2467</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>2407</v>
+        <v>2469</v>
       </c>
       <c r="M72" s="2">
-        <v>5152254782</v>
+        <v>3193631403</v>
       </c>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>66</v>
+        <v>1804</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>639</v>
-[...3 lines deleted...]
-      </c>
+        <v>1805</v>
+      </c>
+      <c r="C73" s="2"/>
       <c r="D73" s="2" t="s">
-        <v>1369</v>
+        <v>1806</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>179</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>1618</v>
+        <v>1807</v>
       </c>
       <c r="I73" s="2" t="s">
-        <v>2128</v>
+        <v>1504</v>
       </c>
       <c r="J73" s="2">
-        <v>3193631403</v>
+        <v>6123323000</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>1618</v>
+        <v>1505</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>2414</v>
+        <v>1506</v>
       </c>
       <c r="M73" s="2">
-        <v>3193631403</v>
+        <v>6123372608</v>
       </c>
     </row>
     <row r="74" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
-        <v>68</v>
+        <v>2956</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>641</v>
+        <v>2957</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>1167</v>
+        <v>2958</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>1369</v>
+        <v>2959</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>179</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>1637</v>
+        <v>2789</v>
       </c>
       <c r="I74" s="2" t="s">
-        <v>2142</v>
+        <v>2790</v>
       </c>
       <c r="J74" s="2">
         <v>3193904611</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>1637</v>
+        <v>2789</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>2142</v>
+        <v>2790</v>
       </c>
       <c r="M74" s="2">
         <v>3193904611</v>
       </c>
     </row>
     <row r="75" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>70</v>
+        <v>536</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>643</v>
+        <v>537</v>
       </c>
       <c r="C75" s="2"/>
       <c r="D75" s="2" t="s">
-        <v>1369</v>
+        <v>538</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>179</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H75" s="2" t="s">
-        <v>1617</v>
+        <v>539</v>
       </c>
       <c r="I75" s="2" t="s">
-        <v>2127</v>
+        <v>540</v>
       </c>
       <c r="J75" s="2">
-        <v>3122856335</v>
+        <v>3176691880</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>2328</v>
+        <v>541</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>2413</v>
+        <v>542</v>
       </c>
       <c r="M75" s="2">
-        <v>5158095400</v>
+        <v>3175848442</v>
       </c>
     </row>
     <row r="76" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
-        <v>71</v>
+        <v>2975</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>644</v>
-[...3 lines deleted...]
-      </c>
+        <v>2976</v>
+      </c>
+      <c r="C76" s="2"/>
       <c r="D76" s="2" t="s">
-        <v>1369</v>
+        <v>2977</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>179</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H76" s="2" t="s">
-        <v>1618</v>
+        <v>2580</v>
       </c>
       <c r="I76" s="2" t="s">
-        <v>2128</v>
+        <v>2581</v>
       </c>
       <c r="J76" s="2">
-        <v>3193631403</v>
+        <v>3122856335</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>1618</v>
+        <v>2582</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>2414</v>
+        <v>2583</v>
       </c>
       <c r="M76" s="2">
-        <v>3193631403</v>
+        <v>5158095400</v>
       </c>
     </row>
     <row r="77" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>73</v>
+        <v>2396</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>646</v>
+        <v>2397</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>1168</v>
+        <v>2398</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>1369</v>
+        <v>2399</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>1503</v>
+        <v>178</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>179</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>1618</v>
+        <v>2400</v>
       </c>
       <c r="I77" s="2" t="s">
-        <v>2133</v>
+        <v>2021</v>
       </c>
       <c r="J77" s="2">
-        <v>3197842066</v>
+        <v>3202023100</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>1618</v>
+        <v>2022</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>2414</v>
+        <v>2023</v>
       </c>
       <c r="M77" s="2">
-        <v>3193631403</v>
+        <v>3202023100</v>
       </c>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>74</v>
+        <v>3005</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>647</v>
+        <v>3006</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>1169</v>
+        <v>3006</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>1370</v>
+        <v>3007</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>1504</v>
+        <v>178</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>179</v>
+      </c>
+      <c r="G78" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>1640</v>
+        <v>2467</v>
       </c>
       <c r="I78" s="2" t="s">
-        <v>2099</v>
+        <v>2468</v>
       </c>
       <c r="J78" s="2">
-        <v>5139641440</v>
+        <v>3193631403</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>2309</v>
+        <v>2467</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>2400</v>
+        <v>2469</v>
       </c>
       <c r="M78" s="2">
-        <v>8166820100</v>
+        <v>3193631403</v>
       </c>
     </row>
     <row r="79" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
-        <v>75</v>
+        <v>1864</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>648</v>
-[...3 lines deleted...]
-      </c>
+        <v>1865</v>
+      </c>
+      <c r="C79" s="2"/>
       <c r="D79" s="2" t="s">
-        <v>1371</v>
+        <v>1866</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>1505</v>
+        <v>178</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>179</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>1641</v>
+        <v>1867</v>
       </c>
       <c r="I79" s="2" t="s">
-        <v>2111</v>
+        <v>1868</v>
       </c>
       <c r="J79" s="2">
-        <v>3193387600</v>
+        <v>3175505659</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>2319</v>
+        <v>1303</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>2407</v>
+        <v>1304</v>
       </c>
       <c r="M79" s="2">
-        <v>5152254782</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>76</v>
+        <v>3018</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>649</v>
-[...1 lines deleted...]
-      <c r="C80" s="2"/>
+        <v>3019</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>3020</v>
+      </c>
       <c r="D80" s="2" t="s">
-        <v>1372</v>
+        <v>3021</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>1506</v>
+        <v>178</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>179</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>1642</v>
+        <v>2467</v>
       </c>
       <c r="I80" s="2" t="s">
-        <v>2095</v>
+        <v>2468</v>
       </c>
       <c r="J80" s="2">
-        <v>7122402188</v>
+        <v>3193631403</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>2318</v>
+        <v>2467</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>2405</v>
+        <v>2469</v>
       </c>
       <c r="M80" s="2">
-        <v>7125805360</v>
+        <v>3193631403</v>
       </c>
     </row>
     <row r="81" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>650</v>
-[...1 lines deleted...]
-      <c r="C81" s="2"/>
+        <v>103</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>104</v>
+      </c>
       <c r="D81" s="2" t="s">
-        <v>1373</v>
+        <v>105</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>1507</v>
+        <v>106</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>107</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H81" s="2" t="s">
-        <v>1643</v>
+        <v>108</v>
       </c>
       <c r="I81" s="2" t="s">
-        <v>2095</v>
+        <v>29</v>
       </c>
       <c r="J81" s="2">
-        <v>7122402188</v>
+        <v>5139641440</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>2318</v>
+        <v>30</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>2405</v>
+        <v>31</v>
       </c>
       <c r="M81" s="2">
-        <v>7125805360</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="82" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
-        <v>78</v>
+        <v>2538</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>651</v>
+        <v>2539</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>1170</v>
+        <v>2539</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>1374</v>
+        <v>2540</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>1508</v>
+        <v>2541</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2542</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>1644</v>
+        <v>2543</v>
       </c>
       <c r="I82" s="2" t="s">
-        <v>2109</v>
+        <v>2411</v>
       </c>
       <c r="J82" s="2">
-        <v>2627904560</v>
+        <v>3193387600</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>2317</v>
+        <v>2490</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>2109</v>
+        <v>2491</v>
       </c>
       <c r="M82" s="2">
-        <v>2627904560</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="83" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>79</v>
+        <v>2544</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>652</v>
-[...1 lines deleted...]
-      <c r="C83" s="2"/>
+        <v>2545</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>2545</v>
+      </c>
       <c r="D83" s="2" t="s">
-        <v>1374</v>
+        <v>2546</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>1508</v>
+        <v>2541</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>2542</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>1645</v>
+        <v>2547</v>
       </c>
       <c r="I83" s="2" t="s">
-        <v>2109</v>
+        <v>2411</v>
       </c>
       <c r="J83" s="2">
-        <v>2627904560</v>
+        <v>3193387600</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>2317</v>
+        <v>2490</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>2422</v>
+        <v>2491</v>
       </c>
       <c r="M83" s="2">
-        <v>5075811338</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="84" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>80</v>
+        <v>1275</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>653</v>
-[...3 lines deleted...]
-      </c>
+        <v>1276</v>
+      </c>
+      <c r="C84" s="2"/>
       <c r="D84" s="2" t="s">
-        <v>1374</v>
+        <v>1277</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>1508</v>
+        <v>1278</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>1279</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>1646</v>
+        <v>1280</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>2115</v>
+        <v>632</v>
       </c>
       <c r="J84" s="2">
-        <v>2627904560</v>
+        <v>7122402188</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>2317</v>
+        <v>673</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>2422</v>
+        <v>674</v>
       </c>
       <c r="M84" s="2">
-        <v>5075811338</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="85" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
-        <v>81</v>
+        <v>961</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>654</v>
+        <v>962</v>
       </c>
       <c r="C85" s="2"/>
       <c r="D85" s="2" t="s">
-        <v>1375</v>
+        <v>963</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>1509</v>
+        <v>964</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>965</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>1647</v>
+        <v>966</v>
       </c>
       <c r="I85" s="2" t="s">
-        <v>2099</v>
+        <v>632</v>
       </c>
       <c r="J85" s="2">
-        <v>5139641140</v>
+        <v>7122402188</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>2309</v>
+        <v>673</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>2400</v>
+        <v>674</v>
       </c>
       <c r="M85" s="2">
-        <v>8166820100</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="86" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>85</v>
+        <v>1544</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>658</v>
+        <v>1545</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>1175</v>
+        <v>1546</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>1375</v>
+        <v>1547</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>1509</v>
+        <v>1548</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>339</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>1651</v>
+        <v>1549</v>
       </c>
       <c r="I86" s="2" t="s">
-        <v>2145</v>
+        <v>1326</v>
       </c>
       <c r="J86" s="2">
-        <v>5632434065</v>
+        <v>2627904560</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>2337</v>
+        <v>1327</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>2423</v>
+        <v>1326</v>
       </c>
       <c r="M86" s="2">
-        <v>5632434065</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="87" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
-        <v>88</v>
+        <v>1550</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>661</v>
+        <v>1551</v>
       </c>
       <c r="C87" s="2"/>
       <c r="D87" s="2" t="s">
-        <v>1375</v>
+        <v>1547</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>1509</v>
+        <v>1548</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>339</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>1653</v>
+        <v>1552</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>2112</v>
+        <v>1326</v>
       </c>
       <c r="J87" s="2">
-        <v>6083487755</v>
+        <v>2627904560</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>2320</v>
+        <v>1327</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>2116</v>
+        <v>1454</v>
       </c>
       <c r="M87" s="2">
-        <v>6083487755</v>
+        <v>5075811338</v>
       </c>
     </row>
     <row r="88" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
-        <v>84</v>
+        <v>1585</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>657</v>
+        <v>1586</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>1174</v>
+        <v>1587</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>1375</v>
+        <v>1588</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>1509</v>
+        <v>1548</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>339</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>1650</v>
+        <v>1589</v>
       </c>
       <c r="I88" s="2" t="s">
-        <v>2109</v>
+        <v>1326</v>
       </c>
       <c r="J88" s="2">
         <v>2627904560</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>2317</v>
+        <v>1327</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>2422</v>
+        <v>1454</v>
       </c>
       <c r="M88" s="2">
         <v>5075811338</v>
       </c>
     </row>
     <row r="89" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>655</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="C89" s="2"/>
       <c r="D89" s="2" t="s">
-        <v>1375</v>
+        <v>25</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>1509</v>
+        <v>26</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>27</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>1648</v>
+        <v>28</v>
       </c>
       <c r="I89" s="2" t="s">
-        <v>2094</v>
+        <v>29</v>
       </c>
       <c r="J89" s="2">
-        <v>5152625965</v>
+        <v>5139641140</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>2305</v>
+        <v>30</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>2398</v>
+        <v>31</v>
       </c>
       <c r="M89" s="2">
-        <v>7125805963</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="90" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
-        <v>83</v>
+        <v>1931</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>656</v>
+        <v>1932</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>1173</v>
+        <v>1933</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>1375</v>
+        <v>1934</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>1509</v>
+        <v>26</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>27</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>1649</v>
+        <v>1935</v>
       </c>
       <c r="I90" s="2" t="s">
-        <v>2094</v>
+        <v>1930</v>
       </c>
       <c r="J90" s="2">
         <v>5152625965</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>2305</v>
+        <v>974</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>2398</v>
+        <v>975</v>
       </c>
       <c r="M90" s="2">
         <v>7125805963</v>
       </c>
     </row>
     <row r="91" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
-        <v>87</v>
+        <v>1993</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>660</v>
+        <v>1994</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>1177</v>
+        <v>1995</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>1375</v>
+        <v>1996</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>1509</v>
+        <v>26</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>27</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>1652</v>
+        <v>1997</v>
       </c>
       <c r="I91" s="2" t="s">
-        <v>2094</v>
+        <v>1930</v>
       </c>
       <c r="J91" s="2">
         <v>5152625965</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>2305</v>
+        <v>974</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>2398</v>
+        <v>975</v>
       </c>
       <c r="M91" s="2">
         <v>7125805963</v>
       </c>
     </row>
     <row r="92" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>89</v>
+        <v>701</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>662</v>
-[...3 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="C92" s="2"/>
       <c r="D92" s="2" t="s">
-        <v>1375</v>
+        <v>703</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>1509</v>
+        <v>26</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>27</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>1654</v>
+        <v>704</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>2094</v>
+        <v>705</v>
       </c>
       <c r="J92" s="2">
-        <v>5152625965</v>
+        <v>4172480044</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>2305</v>
+        <v>642</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>2398</v>
+        <v>643</v>
       </c>
       <c r="M92" s="2">
-        <v>7125805963</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="93" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
-        <v>86</v>
+        <v>1449</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>659</v>
+        <v>1450</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>1176</v>
+        <v>1451</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>1375</v>
+        <v>1452</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>1509</v>
+        <v>26</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>27</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>1637</v>
+        <v>1453</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>2142</v>
+        <v>1326</v>
       </c>
       <c r="J93" s="2">
-        <v>3193904611</v>
+        <v>2627904560</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>1637</v>
+        <v>1327</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>2424</v>
+        <v>1454</v>
       </c>
       <c r="M93" s="2">
-        <v>3193904611</v>
+        <v>5075811338</v>
       </c>
     </row>
     <row r="94" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
-        <v>90</v>
+        <v>953</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>663</v>
+        <v>954</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>1179</v>
+        <v>955</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>1376</v>
+        <v>956</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>1510</v>
+        <v>26</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>27</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>1655</v>
+        <v>957</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>2094</v>
+        <v>958</v>
       </c>
       <c r="J94" s="2">
-        <v>5152625965</v>
+        <v>5632434065</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>2305</v>
+        <v>959</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>2398</v>
+        <v>960</v>
       </c>
       <c r="M94" s="2">
-        <v>7125805963</v>
+        <v>5632434065</v>
       </c>
     </row>
     <row r="95" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
-        <v>91</v>
+        <v>2785</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>664</v>
+        <v>2786</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>1180</v>
+        <v>2787</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>1376</v>
+        <v>2788</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>1510</v>
+        <v>26</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>27</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>1656</v>
+        <v>2789</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>2094</v>
+        <v>2790</v>
       </c>
       <c r="J95" s="2">
-        <v>5152625965</v>
+        <v>3193904611</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>2305</v>
+        <v>2789</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>2398</v>
+        <v>2791</v>
       </c>
       <c r="M95" s="2">
-        <v>7125805963</v>
+        <v>3193904611</v>
       </c>
     </row>
     <row r="96" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
-        <v>92</v>
+        <v>2387</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>665</v>
-[...3 lines deleted...]
-      </c>
+        <v>2388</v>
+      </c>
+      <c r="C96" s="2"/>
       <c r="D96" s="2" t="s">
-        <v>1377</v>
+        <v>2389</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>1511</v>
+        <v>26</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>27</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>1657</v>
+        <v>2390</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>2146</v>
+        <v>1930</v>
       </c>
       <c r="J96" s="2">
-        <v>3202023100</v>
+        <v>5152625965</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>2331</v>
+        <v>974</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>2417</v>
+        <v>1930</v>
       </c>
       <c r="M96" s="2">
-        <v>3202023100</v>
+        <v>5152624932</v>
       </c>
     </row>
     <row r="97" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
-        <v>93</v>
+        <v>1251</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>666</v>
+        <v>1252</v>
       </c>
       <c r="C97" s="2"/>
       <c r="D97" s="2" t="s">
-        <v>1377</v>
+        <v>1253</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>1511</v>
+        <v>26</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>27</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>1658</v>
+        <v>1254</v>
       </c>
       <c r="I97" s="2" t="s">
-        <v>2137</v>
+        <v>641</v>
       </c>
       <c r="J97" s="2">
-        <v>3202023100</v>
+        <v>6083487755</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>2331</v>
+        <v>642</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>2417</v>
+        <v>643</v>
       </c>
       <c r="M97" s="2">
-        <v>3202023100</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="98" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
-        <v>95</v>
+        <v>2418</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>668</v>
-[...1 lines deleted...]
-      <c r="C98" s="2"/>
+        <v>2419</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>2420</v>
+      </c>
       <c r="D98" s="2" t="s">
-        <v>1378</v>
+        <v>2421</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>1512</v>
+        <v>26</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>27</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>1660</v>
+        <v>2422</v>
       </c>
       <c r="I98" s="2" t="s">
-        <v>2148</v>
+        <v>1930</v>
       </c>
       <c r="J98" s="2">
-        <v>4026895118</v>
+        <v>5152625965</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>2339</v>
+        <v>974</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>2426</v>
+        <v>975</v>
       </c>
       <c r="M98" s="2">
-        <v>7123282222</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="99" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
-        <v>96</v>
+        <v>1998</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>669</v>
-[...1 lines deleted...]
-      <c r="C99" s="2"/>
+        <v>1999</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>2000</v>
+      </c>
       <c r="D99" s="2" t="s">
-        <v>1378</v>
+        <v>2001</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>1512</v>
+        <v>2002</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>2003</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H99" s="2" t="s">
-        <v>1661</v>
+        <v>2004</v>
       </c>
       <c r="I99" s="2" t="s">
-        <v>2149</v>
+        <v>1930</v>
       </c>
       <c r="J99" s="2">
-        <v>7123282222</v>
+        <v>5152625965</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>2339</v>
+        <v>974</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>2426</v>
+        <v>975</v>
       </c>
       <c r="M99" s="2">
-        <v>7123282222</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="100" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
-        <v>94</v>
+        <v>2382</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>667</v>
+        <v>2383</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>1182</v>
+        <v>2384</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>1378</v>
+        <v>2385</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>1512</v>
+        <v>2002</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>2003</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>1659</v>
+        <v>2386</v>
       </c>
       <c r="I100" s="2" t="s">
-        <v>2147</v>
+        <v>1930</v>
       </c>
       <c r="J100" s="2">
-        <v>4024512939</v>
+        <v>5152625965</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>2338</v>
+        <v>974</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>2425</v>
+        <v>975</v>
       </c>
       <c r="M100" s="2">
-        <v>4023974900</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="101" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
-        <v>101</v>
+        <v>2015</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>674</v>
-[...1 lines deleted...]
-      <c r="C101" s="2"/>
+        <v>2016</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>2017</v>
+      </c>
       <c r="D101" s="2" t="s">
-        <v>1378</v>
+        <v>2018</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>1512</v>
+        <v>2019</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>1010</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>1666</v>
+        <v>2020</v>
       </c>
       <c r="I101" s="2" t="s">
-        <v>2151</v>
+        <v>2021</v>
       </c>
       <c r="J101" s="2">
-        <v>6128121999</v>
+        <v>3202023100</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>2311</v>
+        <v>2022</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>2428</v>
+        <v>2023</v>
       </c>
       <c r="M101" s="2">
-        <v>5072928210</v>
+        <v>3202023100</v>
       </c>
     </row>
     <row r="102" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
-        <v>102</v>
+        <v>2024</v>
       </c>
       <c r="B102" s="4" t="s">
-        <v>675</v>
+        <v>2025</v>
       </c>
       <c r="C102" s="2"/>
       <c r="D102" s="2" t="s">
-        <v>1378</v>
+        <v>2026</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>1512</v>
+        <v>2019</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>1010</v>
+      </c>
+      <c r="G102" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>1667</v>
+        <v>2027</v>
       </c>
       <c r="I102" s="2" t="s">
-        <v>2152</v>
+        <v>2028</v>
       </c>
       <c r="J102" s="2">
-        <v>4029348874</v>
+        <v>3202023100</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>2341</v>
+        <v>2022</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>2429</v>
+        <v>2023</v>
       </c>
       <c r="M102" s="2">
-        <v>4029348910</v>
+        <v>3202023100</v>
       </c>
     </row>
     <row r="103" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
-        <v>107</v>
+        <v>1342</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>680</v>
-[...1 lines deleted...]
-      <c r="C103" s="2"/>
+        <v>1343</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>1344</v>
+      </c>
       <c r="D103" s="2" t="s">
-        <v>1378</v>
+        <v>1345</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>61</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H103" s="2" t="s">
-        <v>1671</v>
+        <v>1346</v>
       </c>
       <c r="I103" s="2" t="s">
-        <v>2156</v>
+        <v>1347</v>
       </c>
       <c r="J103" s="2">
-        <v>7633545634</v>
+        <v>4024512939</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>2344</v>
+        <v>1348</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>2432</v>
+        <v>1349</v>
       </c>
       <c r="M103" s="2">
-        <v>7633545518</v>
+        <v>4023974900</v>
       </c>
     </row>
     <row r="104" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>682</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="C104" s="2"/>
       <c r="D104" s="2" t="s">
-        <v>1378</v>
+        <v>59</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>61</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>1673</v>
+        <v>62</v>
       </c>
       <c r="I104" s="2" t="s">
-        <v>2157</v>
+        <v>63</v>
       </c>
       <c r="J104" s="2">
-        <v>3038303389</v>
+        <v>4026895118</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>2345</v>
+        <v>64</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>2433</v>
+        <v>65</v>
       </c>
       <c r="M104" s="2">
-        <v>4028950505</v>
+        <v>7123282222</v>
       </c>
     </row>
     <row r="105" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>670</v>
+        <v>74</v>
       </c>
       <c r="C105" s="2"/>
       <c r="D105" s="2" t="s">
-        <v>1378</v>
+        <v>75</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>61</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>1662</v>
+        <v>76</v>
       </c>
       <c r="I105" s="2" t="s">
-        <v>2126</v>
+        <v>77</v>
       </c>
       <c r="J105" s="2">
-        <v>4029524599</v>
+        <v>7123282222</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>2327</v>
+        <v>64</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>2412</v>
+        <v>78</v>
       </c>
       <c r="M105" s="2">
-        <v>4023337373</v>
+        <v>7122075010</v>
       </c>
     </row>
     <row r="106" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>98</v>
+        <v>1977</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>671</v>
+        <v>1978</v>
       </c>
       <c r="C106" s="2"/>
       <c r="D106" s="2" t="s">
-        <v>1378</v>
+        <v>1979</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>61</v>
+      </c>
+      <c r="G106" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>1663</v>
+        <v>1980</v>
       </c>
       <c r="I106" s="2" t="s">
-        <v>2126</v>
+        <v>1981</v>
       </c>
       <c r="J106" s="2">
         <v>4029524599</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>2327</v>
+        <v>1946</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>2412</v>
+        <v>1947</v>
       </c>
       <c r="M106" s="2">
         <v>4023337373</v>
       </c>
     </row>
     <row r="107" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
-        <v>104</v>
+        <v>2060</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>677</v>
+        <v>2061</v>
       </c>
       <c r="C107" s="2"/>
       <c r="D107" s="2" t="s">
-        <v>1378</v>
+        <v>2062</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>61</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>1669</v>
+        <v>2063</v>
       </c>
       <c r="I107" s="2" t="s">
-        <v>2154</v>
+        <v>1981</v>
       </c>
       <c r="J107" s="2">
-        <v>7325723386</v>
+        <v>4029524599</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>2343</v>
+        <v>1946</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>2431</v>
+        <v>1947</v>
       </c>
       <c r="M107" s="2">
-        <v>4043235461</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="108" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
-        <v>105</v>
+        <v>2660</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>678</v>
+        <v>2661</v>
       </c>
       <c r="C108" s="2"/>
       <c r="D108" s="2" t="s">
-        <v>1378</v>
+        <v>2662</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>61</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>1669</v>
+        <v>2663</v>
       </c>
       <c r="I108" s="2" t="s">
-        <v>2154</v>
+        <v>2664</v>
       </c>
       <c r="J108" s="2">
-        <v>7325723386</v>
+        <v>4028292900</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>2343</v>
+        <v>2665</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>2431</v>
+        <v>2666</v>
       </c>
       <c r="M108" s="2">
-        <v>4043235461</v>
+        <v>7128284475</v>
       </c>
     </row>
     <row r="109" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
-        <v>106</v>
+        <v>2667</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="C109" s="2"/>
+        <v>2668</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>2669</v>
+      </c>
       <c r="D109" s="2" t="s">
-        <v>1378</v>
+        <v>2670</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>61</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H109" s="2" t="s">
-        <v>1670</v>
+        <v>2671</v>
       </c>
       <c r="I109" s="2" t="s">
-        <v>2155</v>
+        <v>2664</v>
       </c>
       <c r="J109" s="2">
-        <v>6194357780</v>
+        <v>4028292922</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>2327</v>
+        <v>2665</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>2412</v>
+        <v>2666</v>
       </c>
       <c r="M109" s="2">
-        <v>4023337373</v>
+        <v>7128284475</v>
       </c>
     </row>
     <row r="110" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
-        <v>108</v>
+        <v>2676</v>
       </c>
       <c r="B110" s="4" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>2677</v>
+      </c>
+      <c r="C110" s="2"/>
       <c r="D110" s="2" t="s">
-        <v>1378</v>
+        <v>2678</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>61</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H110" s="2" t="s">
-        <v>1672</v>
+        <v>2679</v>
       </c>
       <c r="I110" s="2" t="s">
-        <v>2094</v>
+        <v>2680</v>
       </c>
       <c r="J110" s="2">
-        <v>5152625965</v>
+        <v>6128121999</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>2305</v>
+        <v>2498</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>2398</v>
+        <v>2681</v>
       </c>
       <c r="M110" s="2">
-        <v>7125805963</v>
+        <v>5072928210</v>
       </c>
     </row>
     <row r="111" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>110</v>
+        <v>1517</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>683</v>
+        <v>1518</v>
       </c>
       <c r="C111" s="2"/>
       <c r="D111" s="2" t="s">
-        <v>1378</v>
+        <v>1519</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>61</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H111" s="2" t="s">
-        <v>1674</v>
+        <v>1520</v>
       </c>
       <c r="I111" s="2" t="s">
-        <v>2126</v>
+        <v>1521</v>
       </c>
       <c r="J111" s="2">
-        <v>4029524599</v>
+        <v>4029348874</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>2327</v>
+        <v>1522</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>2412</v>
+        <v>1523</v>
       </c>
       <c r="M111" s="2">
-        <v>4023337373</v>
+        <v>4029348910</v>
       </c>
     </row>
     <row r="112" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
-        <v>111</v>
+        <v>2792</v>
       </c>
       <c r="B112" s="4" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="C112" s="2"/>
+        <v>2793</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>2794</v>
+      </c>
       <c r="D112" s="2" t="s">
-        <v>1378</v>
+        <v>2795</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>61</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>1674</v>
+        <v>2796</v>
       </c>
       <c r="I112" s="2" t="s">
-        <v>2126</v>
+        <v>2797</v>
       </c>
       <c r="J112" s="2">
-        <v>4029524599</v>
+        <v>7123227570</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>2327</v>
+        <v>2798</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>2412</v>
+        <v>2799</v>
       </c>
       <c r="M112" s="2">
-        <v>4023337373</v>
+        <v>7123227570</v>
       </c>
     </row>
     <row r="113" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>112</v>
+        <v>2191</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>685</v>
+        <v>2192</v>
       </c>
       <c r="C113" s="2"/>
       <c r="D113" s="2" t="s">
-        <v>1378</v>
+        <v>2193</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>61</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>1675</v>
+        <v>2194</v>
       </c>
       <c r="I113" s="2" t="s">
-        <v>2103</v>
+        <v>2195</v>
       </c>
       <c r="J113" s="2">
-        <v>9524472345</v>
+        <v>7325723386</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>2312</v>
+        <v>2196</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>2103</v>
+        <v>2197</v>
       </c>
       <c r="M113" s="2">
-        <v>9524472345</v>
+        <v>4043235461</v>
       </c>
     </row>
     <row r="114" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
-        <v>113</v>
+        <v>2198</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>686</v>
-[...3 lines deleted...]
-      </c>
+        <v>2199</v>
+      </c>
+      <c r="C114" s="2"/>
       <c r="D114" s="2" t="s">
-        <v>1378</v>
+        <v>2193</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>61</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>1676</v>
+        <v>2194</v>
       </c>
       <c r="I114" s="2" t="s">
-        <v>2094</v>
+        <v>2195</v>
       </c>
       <c r="J114" s="2">
-        <v>5152625965</v>
+        <v>7325723386</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>2305</v>
+        <v>2196</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>2398</v>
+        <v>2197</v>
       </c>
       <c r="M114" s="2">
-        <v>7125805963</v>
+        <v>4043235461</v>
       </c>
     </row>
     <row r="115" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
-        <v>99</v>
+        <v>2214</v>
       </c>
       <c r="B115" s="4" t="s">
-        <v>672</v>
+        <v>2215</v>
       </c>
       <c r="C115" s="2"/>
       <c r="D115" s="2" t="s">
-        <v>1378</v>
+        <v>2216</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>61</v>
+      </c>
+      <c r="G115" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>1664</v>
+        <v>2217</v>
       </c>
       <c r="I115" s="2" t="s">
-        <v>2150</v>
+        <v>2218</v>
       </c>
       <c r="J115" s="2">
-        <v>4028292900</v>
+        <v>6194357780</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>2340</v>
+        <v>1946</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>2427</v>
+        <v>1947</v>
       </c>
       <c r="M115" s="2">
-        <v>7128284475</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="116" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>100</v>
+        <v>1714</v>
       </c>
       <c r="B116" s="4" t="s">
-        <v>673</v>
-[...3 lines deleted...]
-      </c>
+        <v>1715</v>
+      </c>
+      <c r="C116" s="2"/>
       <c r="D116" s="2" t="s">
-        <v>1378</v>
+        <v>1716</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>61</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>1665</v>
+        <v>1717</v>
       </c>
       <c r="I116" s="2" t="s">
-        <v>2150</v>
+        <v>1718</v>
       </c>
       <c r="J116" s="2">
-        <v>4028292922</v>
+        <v>7633545634</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>2340</v>
+        <v>1371</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>2427</v>
+        <v>1372</v>
       </c>
       <c r="M116" s="2">
-        <v>7128284475</v>
+        <v>7633545518</v>
       </c>
     </row>
     <row r="117" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
-        <v>103</v>
+        <v>2236</v>
       </c>
       <c r="B117" s="4" t="s">
-        <v>676</v>
+        <v>2237</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>1184</v>
+        <v>2238</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>1378</v>
+        <v>2239</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>1512</v>
+        <v>60</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>61</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>1668</v>
+        <v>2240</v>
       </c>
       <c r="I117" s="2" t="s">
-        <v>2153</v>
+        <v>1930</v>
       </c>
       <c r="J117" s="2">
-        <v>7123227570</v>
+        <v>5152625965</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>2342</v>
+        <v>974</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>2430</v>
+        <v>975</v>
       </c>
       <c r="M117" s="2">
-        <v>7123227570</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="118" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
-        <v>114</v>
+        <v>1732</v>
       </c>
       <c r="B118" s="4" t="s">
-        <v>687</v>
+        <v>1733</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>1188</v>
+        <v>1734</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>1379</v>
+        <v>1735</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>1513</v>
+        <v>60</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>61</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>1677</v>
+        <v>1736</v>
       </c>
       <c r="I118" s="2" t="s">
-        <v>2158</v>
+        <v>1737</v>
       </c>
       <c r="J118" s="2">
-        <v>6022005660</v>
+        <v>3038303389</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>2325</v>
+        <v>1738</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>2172</v>
+        <v>1739</v>
       </c>
       <c r="M118" s="2">
-        <v>5154909001</v>
+        <v>4028950505</v>
       </c>
     </row>
     <row r="119" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
-        <v>117</v>
+        <v>2309</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>690</v>
+        <v>2310</v>
       </c>
       <c r="C119" s="2"/>
       <c r="D119" s="2" t="s">
-        <v>1380</v>
+        <v>2311</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>1490</v>
+        <v>60</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>61</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>1680</v>
+        <v>2312</v>
       </c>
       <c r="I119" s="2" t="s">
-        <v>2160</v>
+        <v>1981</v>
       </c>
       <c r="J119" s="2">
-        <v>6515231245</v>
+        <v>4029524599</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>2347</v>
+        <v>1946</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>2434</v>
+        <v>1947</v>
       </c>
       <c r="M119" s="2">
-        <v>5634326160</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="120" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
-        <v>115</v>
+        <v>2334</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>688</v>
-[...3 lines deleted...]
-      </c>
+        <v>2335</v>
+      </c>
+      <c r="C120" s="2"/>
       <c r="D120" s="2" t="s">
-        <v>1380</v>
+        <v>2336</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>1490</v>
+        <v>60</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>61</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>1678</v>
+        <v>2337</v>
       </c>
       <c r="I120" s="2" t="s">
-        <v>2159</v>
+        <v>1967</v>
       </c>
       <c r="J120" s="2">
-        <v>7204152929</v>
+        <v>9524472345</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>2346</v>
+        <v>1968</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>2159</v>
+        <v>1967</v>
       </c>
       <c r="M120" s="2">
-        <v>7204152929</v>
+        <v>9524472345</v>
       </c>
     </row>
     <row r="121" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>116</v>
+        <v>2355</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>689</v>
+        <v>2356</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>1190</v>
+        <v>2357</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>1380</v>
+        <v>2358</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>1490</v>
+        <v>60</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>61</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>1679</v>
+        <v>2359</v>
       </c>
       <c r="I121" s="2" t="s">
-        <v>2109</v>
+        <v>1930</v>
       </c>
       <c r="J121" s="2">
-        <v>2627904560</v>
+        <v>5152625965</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>2317</v>
+        <v>974</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>2109</v>
+        <v>975</v>
       </c>
       <c r="M121" s="2">
-        <v>2627904560</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="122" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
-        <v>121</v>
+        <v>1373</v>
       </c>
       <c r="B122" s="4" t="s">
-        <v>694</v>
+        <v>1374</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>1191</v>
+        <v>1375</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>1381</v>
+        <v>1376</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>1498</v>
+        <v>1377</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>890</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>1684</v>
+        <v>1378</v>
       </c>
       <c r="I122" s="2" t="s">
-        <v>2163</v>
+        <v>1379</v>
       </c>
       <c r="J122" s="2">
-        <v>6518150665</v>
+        <v>2627904570</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>2349</v>
+        <v>1327</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>2435</v>
+        <v>1326</v>
       </c>
       <c r="M122" s="2">
-        <v>6512090531</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="123" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
-        <v>122</v>
+        <v>1455</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>695</v>
+        <v>1456</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>1192</v>
+        <v>1457</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>1381</v>
+        <v>1458</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>1498</v>
+        <v>1215</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>630</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>1685</v>
+        <v>1459</v>
       </c>
       <c r="I123" s="2" t="s">
-        <v>2163</v>
+        <v>1460</v>
       </c>
       <c r="J123" s="2">
-        <v>6518150665</v>
+        <v>7204152929</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>2349</v>
+        <v>1461</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>2435</v>
+        <v>1460</v>
       </c>
       <c r="M123" s="2">
-        <v>6512090531</v>
+        <v>7204152929</v>
       </c>
     </row>
     <row r="124" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
-        <v>123</v>
+        <v>1768</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>696</v>
-[...1 lines deleted...]
-      <c r="C124" s="2"/>
+        <v>1769</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>1770</v>
+      </c>
       <c r="D124" s="2" t="s">
-        <v>1381</v>
+        <v>1771</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>1498</v>
+        <v>1215</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>630</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>1686</v>
+        <v>1772</v>
       </c>
       <c r="I124" s="2" t="s">
-        <v>2106</v>
+        <v>1326</v>
       </c>
       <c r="J124" s="2">
-        <v>3175870320</v>
+        <v>2627904560</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>2314</v>
+        <v>1327</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>2402</v>
+        <v>1326</v>
       </c>
       <c r="M124" s="2">
-        <v>3175870462</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="125" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
-        <v>124</v>
+        <v>1212</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>697</v>
+        <v>1213</v>
       </c>
       <c r="C125" s="2"/>
       <c r="D125" s="2" t="s">
-        <v>1381</v>
+        <v>1214</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>1498</v>
+        <v>1215</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>630</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H125" s="2" t="s">
-        <v>1687</v>
+        <v>1216</v>
       </c>
       <c r="I125" s="2" t="s">
-        <v>2106</v>
+        <v>1217</v>
       </c>
       <c r="J125" s="2">
-        <v>3175870320</v>
+        <v>6515231245</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>2314</v>
+        <v>1218</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>2402</v>
+        <v>1219</v>
       </c>
       <c r="M125" s="2">
-        <v>3175870462</v>
+        <v>5634326160</v>
       </c>
     </row>
     <row r="126" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
-        <v>127</v>
+        <v>2508</v>
       </c>
       <c r="B126" s="4" t="s">
-        <v>700</v>
+        <v>2509</v>
       </c>
       <c r="C126" s="2"/>
       <c r="D126" s="2" t="s">
-        <v>1381</v>
+        <v>2510</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>132</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>1689</v>
+        <v>2511</v>
       </c>
       <c r="I126" s="2" t="s">
-        <v>2165</v>
+        <v>2512</v>
       </c>
       <c r="J126" s="2">
-        <v>5633454279</v>
+        <v>5635562921</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>2325</v>
+        <v>2475</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>2437</v>
+        <v>2474</v>
       </c>
       <c r="M126" s="2">
-        <v>3197593476</v>
+        <v>6083540900</v>
       </c>
     </row>
     <row r="127" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
-        <v>128</v>
+        <v>2513</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>701</v>
-[...3 lines deleted...]
-      </c>
+        <v>2514</v>
+      </c>
+      <c r="C127" s="2"/>
       <c r="D127" s="2" t="s">
-        <v>1381</v>
+        <v>2515</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>132</v>
+      </c>
+      <c r="G127" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H127" s="2" t="s">
-        <v>1690</v>
+        <v>2511</v>
       </c>
       <c r="I127" s="2" t="s">
-        <v>2166</v>
+        <v>2512</v>
       </c>
       <c r="J127" s="2">
-        <v>5633363000</v>
+        <v>5635562921</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>2325</v>
+        <v>2475</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>2437</v>
+        <v>2474</v>
       </c>
       <c r="M127" s="2">
-        <v>3197593476</v>
+        <v>6083540900</v>
       </c>
     </row>
     <row r="128" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
-        <v>129</v>
+        <v>1366</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>1367</v>
+      </c>
+      <c r="C128" s="2"/>
       <c r="D128" s="2" t="s">
-        <v>1381</v>
+        <v>1368</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>132</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>1691</v>
+        <v>1369</v>
       </c>
       <c r="I128" s="2" t="s">
-        <v>2163</v>
+        <v>1370</v>
       </c>
       <c r="J128" s="2">
-        <v>6518150665</v>
+        <v>7633545500</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>2349</v>
+        <v>1371</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>2435</v>
+        <v>1372</v>
       </c>
       <c r="M128" s="2">
-        <v>6512090531</v>
+        <v>7633545518</v>
       </c>
     </row>
     <row r="129" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="C129" s="2"/>
+        <v>128</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>129</v>
+      </c>
       <c r="D129" s="2" t="s">
-        <v>1381</v>
+        <v>130</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>132</v>
+      </c>
+      <c r="G129" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>1699</v>
+        <v>133</v>
       </c>
       <c r="I129" s="2" t="s">
-        <v>2168</v>
+        <v>134</v>
       </c>
       <c r="J129" s="2">
-        <v>6307666020</v>
+        <v>6518150665</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>2352</v>
+        <v>21</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>2168</v>
+        <v>22</v>
       </c>
       <c r="M129" s="2">
-        <v>6307666020</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="130" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="B130" s="4" t="s">
-        <v>718</v>
+        <v>136</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>718</v>
+        <v>137</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>1381</v>
+        <v>138</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>132</v>
+      </c>
+      <c r="G130" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>1704</v>
+        <v>139</v>
       </c>
       <c r="I130" s="2" t="s">
-        <v>2172</v>
+        <v>134</v>
       </c>
       <c r="J130" s="2">
-        <v>5156989706</v>
+        <v>6518150665</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>2325</v>
+        <v>21</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>2440</v>
+        <v>22</v>
       </c>
       <c r="M130" s="2">
-        <v>5633554885</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="131" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>146</v>
+        <v>181</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>719</v>
+        <v>182</v>
       </c>
       <c r="C131" s="2"/>
       <c r="D131" s="2" t="s">
-        <v>1381</v>
+        <v>183</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>132</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H131" s="2" t="s">
-        <v>1705</v>
+        <v>184</v>
       </c>
       <c r="I131" s="2" t="s">
-        <v>2163</v>
+        <v>185</v>
       </c>
       <c r="J131" s="2">
-        <v>6518150665</v>
+        <v>3175870320</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>2349</v>
+        <v>186</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>2435</v>
+        <v>187</v>
       </c>
       <c r="M131" s="2">
-        <v>6512090531</v>
+        <v>3175870462</v>
       </c>
     </row>
     <row r="132" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="B132" s="4" t="s">
-        <v>720</v>
+        <v>189</v>
       </c>
       <c r="C132" s="2"/>
       <c r="D132" s="2" t="s">
-        <v>1381</v>
+        <v>183</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>132</v>
+      </c>
+      <c r="G132" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>1706</v>
+        <v>190</v>
       </c>
       <c r="I132" s="2" t="s">
-        <v>2163</v>
+        <v>185</v>
       </c>
       <c r="J132" s="2">
-        <v>6518150665</v>
+        <v>3175870320</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>2349</v>
+        <v>186</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>2435</v>
+        <v>187</v>
       </c>
       <c r="M132" s="2">
-        <v>6512090531</v>
+        <v>3175870462</v>
       </c>
     </row>
     <row r="133" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
-        <v>131</v>
+        <v>2577</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>704</v>
+        <v>2578</v>
       </c>
       <c r="C133" s="2"/>
       <c r="D133" s="2" t="s">
-        <v>1381</v>
+        <v>2579</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>132</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>1693</v>
+        <v>2580</v>
       </c>
       <c r="I133" s="2" t="s">
-        <v>2112</v>
+        <v>2581</v>
       </c>
       <c r="J133" s="2">
-        <v>5635055611</v>
+        <v>3122856335</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>2320</v>
+        <v>2582</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>2116</v>
+        <v>2583</v>
       </c>
       <c r="M133" s="2">
-        <v>6083487755</v>
+        <v>5158095400</v>
       </c>
     </row>
     <row r="134" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
-        <v>133</v>
+        <v>1472</v>
       </c>
       <c r="B134" s="4" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="C134" s="2"/>
+        <v>1473</v>
+      </c>
+      <c r="C134" s="2" t="s">
+        <v>1474</v>
+      </c>
       <c r="D134" s="2" t="s">
-        <v>1381</v>
+        <v>1475</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>132</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>1695</v>
+        <v>1476</v>
       </c>
       <c r="I134" s="2" t="s">
-        <v>2167</v>
+        <v>1477</v>
       </c>
       <c r="J134" s="2">
-        <v>2086645081</v>
+        <v>5633261330</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>2351</v>
+        <v>1478</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>2439</v>
+        <v>1479</v>
       </c>
       <c r="M134" s="2">
-        <v>2086645081</v>
+        <v>5634457977</v>
       </c>
     </row>
     <row r="135" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
-        <v>134</v>
+        <v>200</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>707</v>
+        <v>201</v>
       </c>
       <c r="C135" s="2"/>
       <c r="D135" s="2" t="s">
-        <v>1381</v>
+        <v>202</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>132</v>
+      </c>
+      <c r="G135" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>1695</v>
+        <v>203</v>
       </c>
       <c r="I135" s="2" t="s">
-        <v>2167</v>
+        <v>204</v>
       </c>
       <c r="J135" s="2">
-        <v>2086645081</v>
+        <v>3099124773</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>2351</v>
+        <v>125</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>2439</v>
+        <v>126</v>
       </c>
       <c r="M135" s="2">
-        <v>2086645081</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="136" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
-        <v>135</v>
+        <v>225</v>
       </c>
       <c r="B136" s="4" t="s">
-        <v>708</v>
+        <v>226</v>
       </c>
       <c r="C136" s="2"/>
       <c r="D136" s="2" t="s">
-        <v>1381</v>
+        <v>227</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>132</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>1695</v>
+        <v>228</v>
       </c>
       <c r="I136" s="2" t="s">
-        <v>2167</v>
+        <v>229</v>
       </c>
       <c r="J136" s="2">
-        <v>2086645081</v>
+        <v>5633454279</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>2351</v>
+        <v>125</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>2439</v>
+        <v>126</v>
       </c>
       <c r="M136" s="2">
-        <v>2086645081</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="137" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
-        <v>136</v>
+        <v>230</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>709</v>
-[...1 lines deleted...]
-      <c r="C137" s="2"/>
+        <v>231</v>
+      </c>
+      <c r="C137" s="2" t="s">
+        <v>231</v>
+      </c>
       <c r="D137" s="2" t="s">
-        <v>1381</v>
+        <v>232</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>132</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H137" s="2" t="s">
-        <v>1696</v>
+        <v>233</v>
       </c>
       <c r="I137" s="2" t="s">
-        <v>2112</v>
+        <v>234</v>
       </c>
       <c r="J137" s="2">
-        <v>6083487755</v>
+        <v>5633363000</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>2320</v>
+        <v>125</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>2116</v>
+        <v>126</v>
       </c>
       <c r="M137" s="2">
-        <v>6083487755</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="138" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
-        <v>137</v>
+        <v>1491</v>
       </c>
       <c r="B138" s="4" t="s">
-        <v>710</v>
+        <v>1492</v>
       </c>
       <c r="C138" s="2"/>
       <c r="D138" s="2" t="s">
-        <v>1381</v>
+        <v>1493</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>132</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>1697</v>
+        <v>1494</v>
       </c>
       <c r="I138" s="2" t="s">
-        <v>2112</v>
+        <v>1495</v>
       </c>
       <c r="J138" s="2">
-        <v>6083487755</v>
+        <v>3172641833</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>2320</v>
+        <v>1303</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>2116</v>
+        <v>1304</v>
       </c>
       <c r="M138" s="2">
-        <v>6083487755</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="139" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
-        <v>138</v>
+        <v>246</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>711</v>
-[...1 lines deleted...]
-      <c r="C139" s="2"/>
+        <v>247</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>248</v>
+      </c>
       <c r="D139" s="2" t="s">
-        <v>1381</v>
+        <v>249</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>132</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H139" s="2" t="s">
-        <v>1698</v>
+        <v>250</v>
       </c>
       <c r="I139" s="2" t="s">
-        <v>2112</v>
+        <v>134</v>
       </c>
       <c r="J139" s="2">
-        <v>6083487755</v>
+        <v>6518150665</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>2320</v>
+        <v>21</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>2116</v>
+        <v>22</v>
       </c>
       <c r="M139" s="2">
-        <v>6083487755</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="140" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
-        <v>140</v>
+        <v>1511</v>
       </c>
       <c r="B140" s="4" t="s">
-        <v>713</v>
-[...3 lines deleted...]
-      </c>
+        <v>1512</v>
+      </c>
+      <c r="C140" s="2"/>
       <c r="D140" s="2" t="s">
-        <v>1381</v>
+        <v>1513</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>132</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>1700</v>
+        <v>1514</v>
       </c>
       <c r="I140" s="2" t="s">
-        <v>2169</v>
+        <v>1504</v>
       </c>
       <c r="J140" s="2">
-        <v>4172480044</v>
+        <v>6123323000</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>2320</v>
+        <v>1515</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>2116</v>
+        <v>1516</v>
       </c>
       <c r="M140" s="2">
-        <v>6083487755</v>
+        <v>6123372658</v>
       </c>
     </row>
     <row r="141" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
-        <v>144</v>
+        <v>861</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>717</v>
+        <v>862</v>
       </c>
       <c r="C141" s="2"/>
       <c r="D141" s="2" t="s">
-        <v>1381</v>
+        <v>863</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>132</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>1703</v>
+        <v>864</v>
       </c>
       <c r="I141" s="2" t="s">
-        <v>2171</v>
+        <v>641</v>
       </c>
       <c r="J141" s="2">
         <v>5635055611</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>2320</v>
+        <v>642</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>2116</v>
+        <v>643</v>
       </c>
       <c r="M141" s="2">
         <v>6083487755</v>
       </c>
     </row>
     <row r="142" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
-        <v>120</v>
+        <v>2741</v>
       </c>
       <c r="B142" s="4" t="s">
-        <v>693</v>
+        <v>2742</v>
       </c>
       <c r="C142" s="2"/>
       <c r="D142" s="2" t="s">
-        <v>1381</v>
+        <v>2743</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>132</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>1683</v>
+        <v>2744</v>
       </c>
       <c r="I142" s="2" t="s">
-        <v>2162</v>
+        <v>2745</v>
       </c>
       <c r="J142" s="2">
-        <v>7633545500</v>
+        <v>6122434665</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>2344</v>
+        <v>2498</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>2432</v>
+        <v>2497</v>
       </c>
       <c r="M142" s="2">
-        <v>7633545518</v>
+        <v>5072928229</v>
       </c>
     </row>
     <row r="143" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
-        <v>126</v>
+        <v>932</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>933</v>
+      </c>
+      <c r="C143" s="2"/>
       <c r="D143" s="2" t="s">
-        <v>1381</v>
+        <v>934</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>132</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H143" s="2" t="s">
-        <v>1688</v>
+        <v>935</v>
       </c>
       <c r="I143" s="2" t="s">
-        <v>2164</v>
+        <v>936</v>
       </c>
       <c r="J143" s="2">
-        <v>5633261330</v>
+        <v>2086645081</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>2322</v>
+        <v>937</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>2436</v>
+        <v>938</v>
       </c>
       <c r="M143" s="2">
-        <v>5634457977</v>
+        <v>2086645081</v>
       </c>
     </row>
     <row r="144" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
-        <v>130</v>
+        <v>939</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>703</v>
+        <v>940</v>
       </c>
       <c r="C144" s="2"/>
       <c r="D144" s="2" t="s">
-        <v>1381</v>
+        <v>934</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>132</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>1692</v>
+        <v>935</v>
       </c>
       <c r="I144" s="2" t="s">
-        <v>2141</v>
+        <v>936</v>
       </c>
       <c r="J144" s="2">
-        <v>6123323000</v>
+        <v>2086645081</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>2350</v>
+        <v>937</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>2438</v>
+        <v>938</v>
       </c>
       <c r="M144" s="2">
-        <v>6123372658</v>
+        <v>2086645081</v>
       </c>
     </row>
     <row r="145" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
-        <v>132</v>
+        <v>941</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>705</v>
+        <v>942</v>
       </c>
       <c r="C145" s="2"/>
       <c r="D145" s="2" t="s">
-        <v>1381</v>
+        <v>934</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>132</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H145" s="2" t="s">
-        <v>1694</v>
+        <v>935</v>
       </c>
       <c r="I145" s="2" t="s">
-        <v>2102</v>
+        <v>936</v>
       </c>
       <c r="J145" s="2">
-        <v>6122434636</v>
+        <v>2086645081</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>2311</v>
+        <v>937</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>2401</v>
+        <v>938</v>
       </c>
       <c r="M145" s="2">
-        <v>5072855082</v>
+        <v>2086645081</v>
       </c>
     </row>
     <row r="146" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A146" s="2" t="s">
-        <v>141</v>
+        <v>943</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>714</v>
+        <v>944</v>
       </c>
       <c r="C146" s="2"/>
       <c r="D146" s="2" t="s">
-        <v>1381</v>
+        <v>945</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>132</v>
+      </c>
+      <c r="G146" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>1701</v>
+        <v>935</v>
       </c>
       <c r="I146" s="2" t="s">
-        <v>2170</v>
+        <v>936</v>
       </c>
       <c r="J146" s="2">
-        <v>2627904570</v>
+        <v>2086645081</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>2317</v>
+        <v>937</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>2109</v>
+        <v>936</v>
       </c>
       <c r="M146" s="2">
-        <v>2627904560</v>
+        <v>2086645081</v>
       </c>
     </row>
     <row r="147" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A147" s="2" t="s">
-        <v>148</v>
+        <v>946</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>947</v>
+      </c>
+      <c r="C147" s="2"/>
       <c r="D147" s="2" t="s">
-        <v>1381</v>
+        <v>948</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>132</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H147" s="2" t="s">
-        <v>1707</v>
+        <v>949</v>
       </c>
       <c r="I147" s="2" t="s">
-        <v>2114</v>
+        <v>641</v>
       </c>
       <c r="J147" s="2">
-        <v>5633201459</v>
+        <v>6083487755</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>2322</v>
+        <v>642</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>2114</v>
+        <v>643</v>
       </c>
       <c r="M147" s="2">
-        <v>5633201459</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="148" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A148" s="2" t="s">
-        <v>149</v>
+        <v>950</v>
       </c>
       <c r="B148" s="4" t="s">
-        <v>722</v>
-[...3 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="C148" s="2"/>
       <c r="D148" s="2" t="s">
-        <v>1381</v>
+        <v>948</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>132</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H148" s="2" t="s">
-        <v>1708</v>
+        <v>952</v>
       </c>
       <c r="I148" s="2" t="s">
-        <v>2114</v>
+        <v>641</v>
       </c>
       <c r="J148" s="2">
-        <v>5633201459</v>
+        <v>6083487755</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>2322</v>
+        <v>642</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>2114</v>
+        <v>643</v>
       </c>
       <c r="M148" s="2">
-        <v>5633201459</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="149" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A149" s="2" t="s">
-        <v>143</v>
+        <v>421</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>716</v>
+        <v>422</v>
       </c>
       <c r="C149" s="2"/>
       <c r="D149" s="2" t="s">
-        <v>1381</v>
+        <v>423</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>132</v>
+      </c>
+      <c r="G149" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H149" s="2" t="s">
-        <v>1702</v>
+        <v>424</v>
       </c>
       <c r="I149" s="2" t="s">
-        <v>2113</v>
+        <v>425</v>
       </c>
       <c r="J149" s="2">
-        <v>4147279902</v>
+        <v>6307666020</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>2321</v>
+        <v>426</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>2408</v>
+        <v>425</v>
       </c>
       <c r="M149" s="2">
-        <v>4143954455</v>
+        <v>6307666020</v>
       </c>
     </row>
     <row r="150" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A150" s="2" t="s">
-        <v>118</v>
+        <v>1067</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>691</v>
-[...1 lines deleted...]
-      <c r="C150" s="2"/>
+        <v>1068</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>1069</v>
+      </c>
       <c r="D150" s="2" t="s">
-        <v>1381</v>
+        <v>1070</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>132</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H150" s="2" t="s">
-        <v>1682</v>
+        <v>1071</v>
       </c>
       <c r="I150" s="2" t="s">
-        <v>2161</v>
+        <v>680</v>
       </c>
       <c r="J150" s="2">
-        <v>5635562921</v>
+        <v>4172480044</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>2348</v>
+        <v>642</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>2209</v>
+        <v>643</v>
       </c>
       <c r="M150" s="2">
-        <v>6083540900</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="151" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A151" s="2" t="s">
-        <v>119</v>
+        <v>1719</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>692</v>
+        <v>1720</v>
       </c>
       <c r="C151" s="2"/>
       <c r="D151" s="2" t="s">
-        <v>1381</v>
+        <v>1721</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>132</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H151" s="2" t="s">
-        <v>1682</v>
+        <v>1722</v>
       </c>
       <c r="I151" s="2" t="s">
-        <v>2161</v>
+        <v>1379</v>
       </c>
       <c r="J151" s="2">
-        <v>5635562921</v>
+        <v>2627904570</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>2348</v>
+        <v>1327</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>2209</v>
+        <v>1326</v>
       </c>
       <c r="M151" s="2">
-        <v>6083540900</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="152" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
-        <v>125</v>
+        <v>2884</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>698</v>
+        <v>2885</v>
       </c>
       <c r="C152" s="2"/>
       <c r="D152" s="2" t="s">
-        <v>1381</v>
+        <v>2886</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>132</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H152" s="2" t="s">
-        <v>1617</v>
+        <v>2580</v>
       </c>
       <c r="I152" s="2" t="s">
-        <v>2127</v>
+        <v>2581</v>
       </c>
       <c r="J152" s="2">
         <v>3122856335</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>2328</v>
+        <v>2582</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>2413</v>
+        <v>2583</v>
       </c>
       <c r="M152" s="2">
         <v>5158095400</v>
       </c>
     </row>
     <row r="153" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A153" s="2" t="s">
-        <v>142</v>
+        <v>2280</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>715</v>
+        <v>2281</v>
       </c>
       <c r="C153" s="2"/>
       <c r="D153" s="2" t="s">
-        <v>1381</v>
+        <v>2282</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>1498</v>
+        <v>131</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>132</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H153" s="2" t="s">
-        <v>1617</v>
+        <v>2283</v>
       </c>
       <c r="I153" s="2" t="s">
-        <v>2127</v>
+        <v>2085</v>
       </c>
       <c r="J153" s="2">
-        <v>3122856335</v>
+        <v>4147279902</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>2328</v>
+        <v>2086</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>2413</v>
+        <v>2087</v>
       </c>
       <c r="M153" s="2">
-        <v>5158095400</v>
+        <v>2628794045</v>
       </c>
     </row>
     <row r="154" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A154" s="2" t="s">
-        <v>152</v>
+        <v>1170</v>
       </c>
       <c r="B154" s="4" t="s">
-        <v>725</v>
-[...3 lines deleted...]
-      </c>
+        <v>1171</v>
+      </c>
+      <c r="C154" s="2"/>
       <c r="D154" s="2" t="s">
-        <v>1382</v>
+        <v>1172</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>1509</v>
+        <v>131</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>132</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H154" s="2" t="s">
-        <v>1710</v>
+        <v>1173</v>
       </c>
       <c r="I154" s="2" t="s">
-        <v>2174</v>
+        <v>1174</v>
       </c>
       <c r="J154" s="2">
-        <v>5633202021</v>
+        <v>5635055611</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>2325</v>
+        <v>642</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>2437</v>
+        <v>643</v>
       </c>
       <c r="M154" s="2">
-        <v>3197593476</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="155" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A155" s="2" t="s">
-        <v>150</v>
+        <v>514</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>723</v>
-[...1 lines deleted...]
-      <c r="C155" s="2"/>
+        <v>515</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>515</v>
+      </c>
       <c r="D155" s="2" t="s">
-        <v>1382</v>
+        <v>516</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>1509</v>
+        <v>131</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>132</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H155" s="2" t="s">
-        <v>1709</v>
+        <v>517</v>
       </c>
       <c r="I155" s="2" t="s">
-        <v>2173</v>
+        <v>152</v>
       </c>
       <c r="J155" s="2">
-        <v>2392932739</v>
+        <v>5156989706</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>2353</v>
+        <v>125</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>2173</v>
+        <v>518</v>
       </c>
       <c r="M155" s="2">
-        <v>2392932739</v>
+        <v>5633554885</v>
       </c>
     </row>
     <row r="156" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A156" s="2" t="s">
-        <v>151</v>
+        <v>519</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>724</v>
-[...3 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="C156" s="2"/>
       <c r="D156" s="2" t="s">
-        <v>1382</v>
+        <v>521</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>1509</v>
+        <v>131</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>132</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H156" s="2" t="s">
-        <v>1709</v>
+        <v>522</v>
       </c>
       <c r="I156" s="2" t="s">
-        <v>2173</v>
+        <v>134</v>
       </c>
       <c r="J156" s="2">
-        <v>2392932739</v>
+        <v>6518150665</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>2353</v>
+        <v>21</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>2173</v>
+        <v>22</v>
       </c>
       <c r="M156" s="2">
-        <v>2392932739</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="157" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A157" s="2" t="s">
-        <v>153</v>
+        <v>527</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>726</v>
-[...3 lines deleted...]
-      </c>
+        <v>528</v>
+      </c>
+      <c r="C157" s="2"/>
       <c r="D157" s="2" t="s">
-        <v>1383</v>
+        <v>529</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>1514</v>
+        <v>131</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>132</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H157" s="2" t="s">
-        <v>1711</v>
+        <v>530</v>
       </c>
       <c r="I157" s="2" t="s">
-        <v>2175</v>
+        <v>134</v>
       </c>
       <c r="J157" s="2">
-        <v>5633828436</v>
+        <v>6518150665</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>1712</v>
+        <v>21</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>2441</v>
+        <v>22</v>
       </c>
       <c r="M157" s="2">
-        <v>5633792841</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="158" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A158" s="2" t="s">
-        <v>154</v>
+        <v>1832</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>727</v>
+        <v>1833</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>727</v>
+        <v>1834</v>
       </c>
       <c r="D158" s="2" t="s">
-        <v>1383</v>
+        <v>1835</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>1514</v>
+        <v>131</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>132</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H158" s="2" t="s">
-        <v>1712</v>
+        <v>1836</v>
       </c>
       <c r="I158" s="2" t="s">
-        <v>2176</v>
+        <v>1831</v>
       </c>
       <c r="J158" s="2">
-        <v>5633828436</v>
+        <v>5633201459</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>1712</v>
+        <v>1478</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>2441</v>
+        <v>1831</v>
       </c>
       <c r="M158" s="2">
-        <v>5633792841</v>
+        <v>5633201459</v>
       </c>
     </row>
     <row r="159" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A159" s="2" t="s">
-        <v>155</v>
+        <v>1837</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>728</v>
+        <v>1838</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>1201</v>
+        <v>1839</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>1383</v>
+        <v>1840</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>1514</v>
+        <v>131</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>132</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H159" s="2" t="s">
-        <v>1713</v>
+        <v>1841</v>
       </c>
       <c r="I159" s="2" t="s">
-        <v>2176</v>
+        <v>1831</v>
       </c>
       <c r="J159" s="2">
-        <v>5633828436</v>
+        <v>5633201459</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>1712</v>
+        <v>1478</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>2441</v>
+        <v>1831</v>
       </c>
       <c r="M159" s="2">
-        <v>5633792841</v>
+        <v>5633201459</v>
       </c>
     </row>
     <row r="160" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A160" s="2" t="s">
-        <v>156</v>
+        <v>675</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>729</v>
+        <v>676</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>1202</v>
+        <v>677</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>1384</v>
+        <v>678</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>1515</v>
+        <v>547</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>27</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H160" s="2" t="s">
-        <v>1714</v>
+        <v>679</v>
       </c>
       <c r="I160" s="2" t="s">
-        <v>2177</v>
+        <v>680</v>
       </c>
       <c r="J160" s="2">
-        <v>3172601194</v>
+        <v>3099125205</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>2354</v>
+        <v>642</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>2442</v>
+        <v>643</v>
       </c>
       <c r="M160" s="2">
-        <v>2172439826</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="161" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A161" s="2" t="s">
-        <v>157</v>
+        <v>2814</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>2815</v>
+      </c>
+      <c r="C161" s="2"/>
       <c r="D161" s="2" t="s">
-        <v>1385</v>
+        <v>2816</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>1516</v>
+        <v>547</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>27</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>1715</v>
+        <v>2817</v>
       </c>
       <c r="I161" s="2" t="s">
-        <v>2178</v>
+        <v>2818</v>
       </c>
       <c r="J161" s="2">
-        <v>3195284536</v>
+        <v>2392932739</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>2355</v>
+        <v>2819</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>2443</v>
+        <v>2818</v>
       </c>
       <c r="M161" s="2">
-        <v>3196272626</v>
+        <v>2392932739</v>
       </c>
     </row>
     <row r="162" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A162" s="2" t="s">
-        <v>161</v>
+        <v>2820</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>734</v>
-[...1 lines deleted...]
-      <c r="C162" s="2"/>
+        <v>2821</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>2822</v>
+      </c>
       <c r="D162" s="2" t="s">
-        <v>1386</v>
+        <v>2823</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>1492</v>
+        <v>547</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>27</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H162" s="2" t="s">
-        <v>1719</v>
+        <v>2817</v>
       </c>
       <c r="I162" s="2" t="s">
-        <v>2181</v>
+        <v>2818</v>
       </c>
       <c r="J162" s="2">
-        <v>5152802035</v>
+        <v>2392932739</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>2356</v>
+        <v>2819</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>2445</v>
+        <v>2818</v>
       </c>
       <c r="M162" s="2">
-        <v>5152216699</v>
+        <v>2392932739</v>
       </c>
     </row>
     <row r="163" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A163" s="2" t="s">
-        <v>164</v>
+        <v>2904</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>737</v>
+        <v>2905</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>1207</v>
+        <v>2906</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>1386</v>
+        <v>2907</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>1492</v>
+        <v>547</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>27</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>1721</v>
+        <v>2908</v>
       </c>
       <c r="I163" s="2" t="s">
-        <v>2183</v>
+        <v>2909</v>
       </c>
       <c r="J163" s="2">
-        <v>5152852888</v>
+        <v>6302799990</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>2325</v>
+        <v>2498</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>2437</v>
+        <v>2910</v>
       </c>
       <c r="M163" s="2">
-        <v>3197593476</v>
+        <v>5154478982</v>
       </c>
     </row>
     <row r="164" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A164" s="2" t="s">
-        <v>165</v>
+        <v>543</v>
       </c>
       <c r="B164" s="4" t="s">
-        <v>738</v>
-[...1 lines deleted...]
-      <c r="C164" s="2"/>
+        <v>544</v>
+      </c>
+      <c r="C164" s="2" t="s">
+        <v>545</v>
+      </c>
       <c r="D164" s="2" t="s">
-        <v>1386</v>
+        <v>546</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>1492</v>
+        <v>547</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>27</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>1722</v>
+        <v>548</v>
       </c>
       <c r="I164" s="2" t="s">
-        <v>2184</v>
+        <v>549</v>
       </c>
       <c r="J164" s="2">
-        <v>3104637727</v>
+        <v>5633202021</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>2357</v>
+        <v>125</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>2446</v>
+        <v>126</v>
       </c>
       <c r="M164" s="2">
-        <v>5157103996</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="165" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
-        <v>167</v>
+        <v>1462</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="C165" s="2"/>
+        <v>1463</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>1464</v>
+      </c>
       <c r="D165" s="2" t="s">
-        <v>1386</v>
+        <v>1465</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>1492</v>
+        <v>1466</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>1467</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>1724</v>
+        <v>1468</v>
       </c>
       <c r="I165" s="2" t="s">
-        <v>2185</v>
+        <v>1469</v>
       </c>
       <c r="J165" s="2">
-        <v>5152559399</v>
+        <v>5633828436</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>2325</v>
+        <v>1470</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>2172</v>
+        <v>1471</v>
       </c>
       <c r="M165" s="2">
-        <v>5154909001</v>
+        <v>5633792841</v>
       </c>
     </row>
     <row r="166" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
-        <v>168</v>
+        <v>1637</v>
       </c>
       <c r="B166" s="4" t="s">
-        <v>741</v>
-[...1 lines deleted...]
-      <c r="C166" s="2"/>
+        <v>1638</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>1638</v>
+      </c>
       <c r="D166" s="2" t="s">
-        <v>1386</v>
+        <v>1639</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>1492</v>
+        <v>1466</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>1467</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>1725</v>
+        <v>1470</v>
       </c>
       <c r="I166" s="2" t="s">
-        <v>2186</v>
+        <v>1619</v>
       </c>
       <c r="J166" s="2">
-        <v>5152189398</v>
+        <v>5633828436</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>2357</v>
+        <v>1470</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>2447</v>
+        <v>1471</v>
       </c>
       <c r="M166" s="2">
-        <v>5152189398</v>
+        <v>5633792841</v>
       </c>
     </row>
     <row r="167" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A167" s="2" t="s">
-        <v>179</v>
+        <v>1859</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>752</v>
+        <v>1860</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>1211</v>
+        <v>1861</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>1386</v>
+        <v>1862</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>1492</v>
+        <v>1466</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>1467</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H167" s="2" t="s">
-        <v>1736</v>
+        <v>1863</v>
       </c>
       <c r="I167" s="2" t="s">
-        <v>2124</v>
+        <v>1619</v>
       </c>
       <c r="J167" s="2">
-        <v>8165611033</v>
+        <v>5633828436</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>2325</v>
+        <v>1470</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>2172</v>
+        <v>1471</v>
       </c>
       <c r="M167" s="2">
-        <v>5154909001</v>
+        <v>5633792841</v>
       </c>
     </row>
     <row r="168" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A168" s="2" t="s">
-        <v>196</v>
+        <v>804</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>770</v>
-[...1 lines deleted...]
-      <c r="C168" s="2"/>
+        <v>805</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>806</v>
+      </c>
       <c r="D168" s="2" t="s">
-        <v>1386</v>
+        <v>807</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>1492</v>
+        <v>808</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>809</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H168" s="2" t="s">
-        <v>1752</v>
+        <v>810</v>
       </c>
       <c r="I168" s="2" t="s">
-        <v>2196</v>
+        <v>811</v>
       </c>
       <c r="J168" s="2">
-        <v>4177201577</v>
+        <v>3172601194</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>2361</v>
+        <v>812</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>2449</v>
+        <v>813</v>
       </c>
       <c r="M168" s="2">
-        <v>9136713300</v>
+        <v>2172439826</v>
       </c>
     </row>
     <row r="169" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A169" s="2" t="s">
-        <v>197</v>
+        <v>2966</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="C169" s="2"/>
+        <v>2967</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>2968</v>
+      </c>
       <c r="D169" s="2" t="s">
-        <v>1386</v>
+        <v>2969</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>1492</v>
+        <v>2970</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>321</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H169" s="2" t="s">
-        <v>1753</v>
+        <v>2971</v>
       </c>
       <c r="I169" s="2" t="s">
-        <v>2124</v>
+        <v>2972</v>
       </c>
       <c r="J169" s="2">
-        <v>8165611033</v>
+        <v>3195284536</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>2325</v>
+        <v>2973</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>2172</v>
+        <v>2974</v>
       </c>
       <c r="M169" s="2">
-        <v>5154909001</v>
+        <v>3196272626</v>
       </c>
     </row>
     <row r="170" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A170" s="2" t="s">
-        <v>198</v>
+        <v>2454</v>
       </c>
       <c r="B170" s="4" t="s">
-        <v>772</v>
+        <v>2455</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>1217</v>
+        <v>2455</v>
       </c>
       <c r="D170" s="2" t="s">
-        <v>1386</v>
+        <v>2456</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>37</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>1754</v>
+        <v>2458</v>
       </c>
       <c r="I170" s="2" t="s">
-        <v>2197</v>
+        <v>2459</v>
       </c>
       <c r="J170" s="2">
-        <v>5156989700</v>
+        <v>5158650615</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>2325</v>
+        <v>2458</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>2437</v>
+        <v>2460</v>
       </c>
       <c r="M170" s="2">
-        <v>3197593476</v>
+        <v>5153185688</v>
       </c>
     </row>
     <row r="171" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A171" s="2" t="s">
-        <v>200</v>
+        <v>2461</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>774</v>
+        <v>2462</v>
       </c>
       <c r="C171" s="2"/>
       <c r="D171" s="2" t="s">
-        <v>1386</v>
+        <v>2463</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>37</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H171" s="2" t="s">
-        <v>1725</v>
+        <v>2458</v>
       </c>
       <c r="I171" s="2" t="s">
-        <v>2186</v>
+        <v>2459</v>
       </c>
       <c r="J171" s="2">
-        <v>5152189398</v>
+        <v>5158650615</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>2357</v>
+        <v>2458</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="M171" s="2">
-        <v>5152189398</v>
+        <v>5153185688</v>
       </c>
     </row>
     <row r="172" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A172" s="2" t="s">
-        <v>201</v>
+        <v>1328</v>
       </c>
       <c r="B172" s="4" t="s">
-        <v>775</v>
+        <v>1329</v>
       </c>
       <c r="C172" s="2"/>
       <c r="D172" s="2" t="s">
-        <v>1386</v>
+        <v>1330</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>37</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>1756</v>
+        <v>1331</v>
       </c>
       <c r="I172" s="2" t="s">
-        <v>2181</v>
+        <v>1332</v>
       </c>
       <c r="J172" s="2">
-        <v>5152802035</v>
+        <v>5154186678</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>2356</v>
+        <v>1333</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>2445</v>
+        <v>1334</v>
       </c>
       <c r="M172" s="2">
-        <v>5152216699</v>
+        <v>5155646565</v>
       </c>
     </row>
     <row r="173" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A173" s="2" t="s">
-        <v>202</v>
+        <v>2480</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>776</v>
-[...1 lines deleted...]
-      <c r="C173" s="2"/>
+        <v>2481</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>2481</v>
+      </c>
       <c r="D173" s="2" t="s">
-        <v>1386</v>
+        <v>2482</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>37</v>
+      </c>
+      <c r="G173" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H173" s="2" t="s">
-        <v>1757</v>
+        <v>2458</v>
       </c>
       <c r="I173" s="2" t="s">
-        <v>2181</v>
+        <v>2459</v>
       </c>
       <c r="J173" s="2">
-        <v>5152802035</v>
+        <v>5158650615</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>2356</v>
+        <v>2458</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>2445</v>
+        <v>2460</v>
       </c>
       <c r="M173" s="2">
-        <v>5152216699</v>
+        <v>5153185688</v>
       </c>
     </row>
     <row r="174" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
-        <v>203</v>
+        <v>66</v>
       </c>
       <c r="B174" s="4" t="s">
-        <v>777</v>
-[...1 lines deleted...]
-      <c r="C174" s="2"/>
+        <v>67</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="D174" s="2" t="s">
-        <v>1386</v>
+        <v>69</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>1570</v>
-[...1 lines deleted...]
-      <c r="G174" s="2">
+        <v>37</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H174" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="I174" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="H174" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J174" s="2">
-        <v>5152802035</v>
+        <v>6512911750</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>2356</v>
+        <v>21</v>
       </c>
       <c r="L174" s="2" t="s">
-        <v>2445</v>
+        <v>22</v>
       </c>
       <c r="M174" s="2">
-        <v>5152216699</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="175" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A175" s="2" t="s">
-        <v>204</v>
+        <v>79</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>778</v>
+        <v>80</v>
       </c>
       <c r="C175" s="2"/>
       <c r="D175" s="2" t="s">
-        <v>1386</v>
+        <v>81</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>37</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H175" s="2" t="s">
-        <v>1759</v>
+        <v>82</v>
       </c>
       <c r="I175" s="2" t="s">
-        <v>2181</v>
+        <v>83</v>
       </c>
       <c r="J175" s="2">
         <v>5152802035</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>2356</v>
+        <v>84</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>2445</v>
+        <v>85</v>
       </c>
       <c r="M175" s="2">
         <v>5152216699</v>
       </c>
     </row>
     <row r="176" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
-        <v>217</v>
+        <v>1953</v>
       </c>
       <c r="B176" s="4" t="s">
-        <v>791</v>
-[...1 lines deleted...]
-      <c r="C176" s="2"/>
+        <v>1954</v>
+      </c>
+      <c r="C176" s="2" t="s">
+        <v>1955</v>
+      </c>
       <c r="D176" s="2" t="s">
-        <v>1386</v>
+        <v>1956</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>37</v>
+      </c>
+      <c r="G176" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H176" s="2" t="s">
-        <v>1772</v>
+        <v>1957</v>
       </c>
       <c r="I176" s="2" t="s">
-        <v>2201</v>
-[...1 lines deleted...]
-      <c r="J176" s="2"/>
+        <v>1930</v>
+      </c>
+      <c r="J176" s="2">
+        <v>5152625965</v>
+      </c>
       <c r="K176" s="2" t="s">
-        <v>2325</v>
+        <v>974</v>
       </c>
       <c r="L176" s="2" t="s">
-        <v>2437</v>
+        <v>975</v>
       </c>
       <c r="M176" s="2">
-        <v>3197593476</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="177" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A177" s="2" t="s">
-        <v>220</v>
+        <v>1396</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>794</v>
-[...1 lines deleted...]
-      <c r="C177" s="2"/>
+        <v>1397</v>
+      </c>
+      <c r="C177" s="2" t="s">
+        <v>1398</v>
+      </c>
       <c r="D177" s="2" t="s">
-        <v>1386</v>
+        <v>1399</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>37</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>1775</v>
+        <v>1396</v>
       </c>
       <c r="I177" s="2" t="s">
-        <v>2181</v>
+        <v>1400</v>
       </c>
       <c r="J177" s="2">
-        <v>5152802035</v>
+        <v>5153711206</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>2356</v>
+        <v>1396</v>
       </c>
       <c r="L177" s="2" t="s">
-        <v>2445</v>
+        <v>1400</v>
       </c>
       <c r="M177" s="2">
-        <v>5152216699</v>
+        <v>5153711206</v>
       </c>
     </row>
     <row r="178" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A178" s="2" t="s">
-        <v>229</v>
+        <v>119</v>
       </c>
       <c r="B178" s="4" t="s">
-        <v>803</v>
-[...1 lines deleted...]
-      <c r="C178" s="2"/>
+        <v>120</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>121</v>
+      </c>
       <c r="D178" s="2" t="s">
-        <v>1386</v>
+        <v>122</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>37</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H178" s="2" t="s">
-        <v>1784</v>
+        <v>123</v>
       </c>
       <c r="I178" s="2" t="s">
-        <v>2099</v>
+        <v>124</v>
       </c>
       <c r="J178" s="2">
-        <v>5139641140</v>
+        <v>5152852888</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>2309</v>
+        <v>125</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>2400</v>
+        <v>126</v>
       </c>
       <c r="M178" s="2">
-        <v>8166820100</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="179" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A179" s="2" t="s">
-        <v>230</v>
+        <v>2005</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>804</v>
+        <v>2006</v>
       </c>
       <c r="C179" s="2"/>
       <c r="D179" s="2" t="s">
-        <v>1386</v>
+        <v>2007</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>37</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H179" s="2" t="s">
-        <v>1785</v>
+        <v>2008</v>
       </c>
       <c r="I179" s="2" t="s">
-        <v>2206</v>
+        <v>1930</v>
       </c>
       <c r="J179" s="2">
-        <v>3126293141</v>
+        <v>5152625965</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>2364</v>
+        <v>974</v>
       </c>
       <c r="L179" s="2" t="s">
-        <v>2454</v>
+        <v>975</v>
       </c>
       <c r="M179" s="2">
-        <v>3126293657</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="180" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A180" s="2" t="s">
-        <v>234</v>
+        <v>147</v>
       </c>
       <c r="B180" s="4" t="s">
-        <v>808</v>
+        <v>148</v>
       </c>
       <c r="C180" s="2"/>
       <c r="D180" s="2" t="s">
-        <v>1386</v>
+        <v>149</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>37</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H180" s="2" t="s">
-        <v>1789</v>
+        <v>150</v>
       </c>
       <c r="I180" s="2" t="s">
-        <v>2186</v>
+        <v>151</v>
       </c>
       <c r="J180" s="2">
-        <v>5152189398</v>
+        <v>5152559399</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>2357</v>
+        <v>125</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>2447</v>
+        <v>152</v>
       </c>
       <c r="M180" s="2">
-        <v>5152189398</v>
+        <v>5154909001</v>
       </c>
     </row>
     <row r="181" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A181" s="2" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="C181" s="2"/>
       <c r="D181" s="2" t="s">
-        <v>1386</v>
+        <v>172</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>37</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H181" s="2" t="s">
-        <v>1733</v>
+        <v>173</v>
       </c>
       <c r="I181" s="2" t="s">
-        <v>2139</v>
+        <v>174</v>
       </c>
       <c r="J181" s="2">
-        <v>5153145481</v>
+        <v>5157103996</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>2333</v>
+        <v>125</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>2139</v>
+        <v>126</v>
       </c>
       <c r="M181" s="2">
-        <v>5153145481</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="182" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A182" s="2" t="s">
-        <v>178</v>
+        <v>2572</v>
       </c>
       <c r="B182" s="4" t="s">
-        <v>751</v>
-[...3 lines deleted...]
-      </c>
+        <v>2573</v>
+      </c>
+      <c r="C182" s="2"/>
       <c r="D182" s="2" t="s">
-        <v>1386</v>
+        <v>2574</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>37</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H182" s="2" t="s">
-        <v>1735</v>
+        <v>2575</v>
       </c>
       <c r="I182" s="2" t="s">
-        <v>2139</v>
+        <v>2576</v>
       </c>
       <c r="J182" s="2">
-        <v>5153145481</v>
+        <v>6515231233</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>2333</v>
+        <v>2498</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>2139</v>
+        <v>2497</v>
       </c>
       <c r="M182" s="2">
-        <v>5153145481</v>
+        <v>5072928229</v>
       </c>
     </row>
     <row r="183" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A183" s="2" t="s">
-        <v>185</v>
+        <v>2589</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>758</v>
-[...3 lines deleted...]
-      </c>
+        <v>2590</v>
+      </c>
+      <c r="C183" s="2"/>
       <c r="D183" s="2" t="s">
-        <v>1386</v>
+        <v>2591</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>37</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H183" s="2" t="s">
-        <v>1742</v>
+        <v>2592</v>
       </c>
       <c r="I183" s="2" t="s">
-        <v>2095</v>
+        <v>2523</v>
       </c>
       <c r="J183" s="2">
-        <v>7122402188</v>
+        <v>5152462936</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>2304</v>
+        <v>2524</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>2237</v>
+        <v>2525</v>
       </c>
       <c r="M183" s="2">
-        <v>8003835204</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="184" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A184" s="2" t="s">
-        <v>190</v>
+        <v>2593</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>763</v>
-[...3 lines deleted...]
-      </c>
+        <v>2594</v>
+      </c>
+      <c r="C184" s="2"/>
       <c r="D184" s="2" t="s">
-        <v>1386</v>
+        <v>2595</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>37</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H184" s="2" t="s">
-        <v>1746</v>
+        <v>2596</v>
       </c>
       <c r="I184" s="2" t="s">
-        <v>2192</v>
+        <v>2523</v>
       </c>
       <c r="J184" s="2">
-        <v>5152447702</v>
+        <v>5152462936</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>2358</v>
+        <v>2524</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>2192</v>
+        <v>2525</v>
       </c>
       <c r="M184" s="2">
-        <v>5152447702</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="185" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A185" s="2" t="s">
-        <v>191</v>
+        <v>2597</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>764</v>
-[...3 lines deleted...]
-      </c>
+        <v>2598</v>
+      </c>
+      <c r="C185" s="2"/>
       <c r="D185" s="2" t="s">
-        <v>1386</v>
+        <v>2595</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>37</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H185" s="2" t="s">
-        <v>1747</v>
+        <v>2599</v>
       </c>
       <c r="I185" s="2" t="s">
-        <v>2192</v>
+        <v>2523</v>
       </c>
       <c r="J185" s="2">
-        <v>5152447702</v>
+        <v>5152462936</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>2358</v>
+        <v>2524</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>2192</v>
+        <v>2525</v>
       </c>
       <c r="M185" s="2">
-        <v>5152447702</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="186" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A186" s="2" t="s">
-        <v>192</v>
+        <v>2600</v>
       </c>
       <c r="B186" s="4" t="s">
-        <v>765</v>
+        <v>2601</v>
       </c>
       <c r="C186" s="2"/>
       <c r="D186" s="2" t="s">
-        <v>1386</v>
+        <v>2595</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>37</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H186" s="2" t="s">
-        <v>1748</v>
+        <v>2602</v>
       </c>
       <c r="I186" s="2" t="s">
-        <v>2193</v>
+        <v>2523</v>
       </c>
       <c r="J186" s="2">
-        <v>5162334666</v>
+        <v>5152462936</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>2359</v>
+        <v>2524</v>
       </c>
       <c r="L186" s="2" t="s">
-        <v>2193</v>
+        <v>2525</v>
       </c>
       <c r="M186" s="2">
-        <v>5162334666</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="187" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A187" s="2" t="s">
-        <v>199</v>
+        <v>2603</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>773</v>
-[...3 lines deleted...]
-      </c>
+        <v>2604</v>
+      </c>
+      <c r="C187" s="2"/>
       <c r="D187" s="2" t="s">
-        <v>1386</v>
+        <v>2605</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>37</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H187" s="2" t="s">
-        <v>1755</v>
+        <v>2606</v>
       </c>
       <c r="I187" s="2" t="s">
-        <v>2095</v>
+        <v>2523</v>
       </c>
       <c r="J187" s="2">
-        <v>7122402188</v>
+        <v>5152462936</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>2304</v>
+        <v>2524</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>2237</v>
+        <v>2525</v>
       </c>
       <c r="M187" s="2">
-        <v>8003835204</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="188" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A188" s="2" t="s">
-        <v>206</v>
+        <v>2607</v>
       </c>
       <c r="B188" s="4" t="s">
-        <v>780</v>
-[...3 lines deleted...]
-      </c>
+        <v>2608</v>
+      </c>
+      <c r="C188" s="2"/>
       <c r="D188" s="2" t="s">
-        <v>1386</v>
+        <v>2605</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>37</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H188" s="2" t="s">
-        <v>1761</v>
+        <v>2609</v>
       </c>
       <c r="I188" s="2" t="s">
-        <v>2139</v>
+        <v>2523</v>
       </c>
       <c r="J188" s="2">
-        <v>5153145481</v>
+        <v>5152462936</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>2333</v>
+        <v>2524</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>2139</v>
+        <v>2525</v>
       </c>
       <c r="M188" s="2">
-        <v>5153145481</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="189" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A189" s="2" t="s">
-        <v>207</v>
+        <v>725</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>781</v>
+        <v>726</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>1220</v>
+        <v>727</v>
       </c>
       <c r="D189" s="2" t="s">
-        <v>1386</v>
+        <v>728</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>37</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H189" s="2" t="s">
-        <v>1762</v>
+        <v>729</v>
       </c>
       <c r="I189" s="2" t="s">
-        <v>2139</v>
+        <v>691</v>
       </c>
       <c r="J189" s="2">
         <v>5153145481</v>
       </c>
       <c r="K189" s="2" t="s">
-        <v>2333</v>
+        <v>692</v>
       </c>
       <c r="L189" s="2" t="s">
-        <v>2139</v>
+        <v>691</v>
       </c>
       <c r="M189" s="2">
         <v>5153145481</v>
       </c>
     </row>
     <row r="190" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A190" s="2" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="B190" s="4" t="s">
-        <v>783</v>
-[...1 lines deleted...]
-      <c r="C190" s="2"/>
+        <v>196</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>197</v>
+      </c>
       <c r="D190" s="2" t="s">
-        <v>1386</v>
+        <v>198</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>37</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H190" s="2" t="s">
-        <v>1764</v>
+        <v>199</v>
       </c>
       <c r="I190" s="2" t="s">
-        <v>2199</v>
+        <v>72</v>
       </c>
       <c r="J190" s="2">
-        <v>5152016618</v>
+        <v>6512911750</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>1764</v>
+        <v>21</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>2199</v>
+        <v>22</v>
       </c>
       <c r="M190" s="2">
-        <v>5152016618</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="191" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A191" s="2" t="s">
-        <v>210</v>
+        <v>739</v>
       </c>
       <c r="B191" s="4" t="s">
-        <v>784</v>
+        <v>740</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>1221</v>
+        <v>741</v>
       </c>
       <c r="D191" s="2" t="s">
-        <v>1386</v>
+        <v>742</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>37</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H191" s="2" t="s">
-        <v>1765</v>
+        <v>743</v>
       </c>
       <c r="I191" s="2" t="s">
-        <v>2139</v>
+        <v>691</v>
       </c>
       <c r="J191" s="2">
         <v>5153145481</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>2333</v>
+        <v>692</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>2139</v>
+        <v>691</v>
       </c>
       <c r="M191" s="2">
         <v>5153145481</v>
       </c>
     </row>
     <row r="192" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A192" s="2" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="B192" s="4" t="s">
-        <v>796</v>
+        <v>206</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>1223</v>
+        <v>207</v>
       </c>
       <c r="D192" s="2" t="s">
-        <v>1386</v>
+        <v>208</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>37</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H192" s="2" t="s">
-        <v>1777</v>
+        <v>209</v>
       </c>
       <c r="I192" s="2" t="s">
-        <v>2192</v>
+        <v>210</v>
       </c>
       <c r="J192" s="2">
-        <v>5152447702</v>
+        <v>8165611033</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>2358</v>
+        <v>125</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>2192</v>
+        <v>152</v>
       </c>
       <c r="M192" s="2">
-        <v>5152447702</v>
+        <v>5154909001</v>
       </c>
     </row>
     <row r="193" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A193" s="2" t="s">
-        <v>223</v>
+        <v>1496</v>
       </c>
       <c r="B193" s="4" t="s">
-        <v>797</v>
+        <v>1497</v>
       </c>
       <c r="C193" s="2"/>
       <c r="D193" s="2" t="s">
-        <v>1386</v>
+        <v>1498</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>37</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H193" s="2" t="s">
-        <v>1778</v>
+        <v>1499</v>
       </c>
       <c r="I193" s="2" t="s">
-        <v>2204</v>
+        <v>1332</v>
       </c>
       <c r="J193" s="2">
-        <v>5152085414</v>
+        <v>5154186678</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>2333</v>
+        <v>1333</v>
       </c>
       <c r="L193" s="2" t="s">
-        <v>2139</v>
+        <v>1334</v>
       </c>
       <c r="M193" s="2">
-        <v>5153145481</v>
+        <v>5155646565</v>
       </c>
     </row>
     <row r="194" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A194" s="2" t="s">
-        <v>227</v>
+        <v>1500</v>
       </c>
       <c r="B194" s="4" t="s">
-        <v>801</v>
+        <v>1501</v>
       </c>
       <c r="C194" s="2"/>
       <c r="D194" s="2" t="s">
-        <v>1386</v>
+        <v>1502</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H194" s="2" t="s">
-        <v>1782</v>
+        <v>1503</v>
       </c>
       <c r="I194" s="2" t="s">
-        <v>2139</v>
+        <v>1504</v>
       </c>
       <c r="J194" s="2">
-        <v>5153145481</v>
+        <v>6123323000</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>2333</v>
+        <v>1505</v>
       </c>
       <c r="L194" s="2" t="s">
-        <v>2139</v>
+        <v>1506</v>
       </c>
       <c r="M194" s="2">
-        <v>5153145481</v>
+        <v>6123372608</v>
       </c>
     </row>
     <row r="195" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A195" s="2" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>805</v>
-[...1 lines deleted...]
-      <c r="C195" s="2"/>
+        <v>241</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>242</v>
+      </c>
       <c r="D195" s="2" t="s">
-        <v>1386</v>
+        <v>243</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>37</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>1786</v>
+        <v>244</v>
       </c>
       <c r="I195" s="2" t="s">
-        <v>2193</v>
+        <v>245</v>
       </c>
       <c r="J195" s="2">
-        <v>5162334666</v>
+        <v>5152854192</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>2359</v>
+        <v>125</v>
       </c>
       <c r="L195" s="2" t="s">
-        <v>2455</v>
+        <v>126</v>
       </c>
       <c r="M195" s="2">
-        <v>7025232201</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="196" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A196" s="2" t="s">
-        <v>233</v>
+        <v>2672</v>
       </c>
       <c r="B196" s="4" t="s">
-        <v>807</v>
+        <v>2673</v>
       </c>
       <c r="C196" s="2"/>
       <c r="D196" s="2" t="s">
-        <v>1386</v>
+        <v>2674</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>37</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H196" s="2" t="s">
-        <v>1788</v>
+        <v>2675</v>
       </c>
       <c r="I196" s="2" t="s">
-        <v>2139</v>
+        <v>2523</v>
       </c>
       <c r="J196" s="2">
-        <v>5153145481</v>
+        <v>5152462936</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>2333</v>
+        <v>2524</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>2139</v>
+        <v>2525</v>
       </c>
       <c r="M196" s="2">
-        <v>5153145481</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="197" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A197" s="2" t="s">
-        <v>237</v>
+        <v>2682</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>811</v>
-[...3 lines deleted...]
-      </c>
+        <v>2683</v>
+      </c>
+      <c r="C197" s="2"/>
       <c r="D197" s="2" t="s">
-        <v>1386</v>
+        <v>2684</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>37</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H197" s="2" t="s">
-        <v>1792</v>
+        <v>2685</v>
       </c>
       <c r="I197" s="2" t="s">
-        <v>2207</v>
+        <v>2576</v>
       </c>
       <c r="J197" s="2">
-        <v>7126002947</v>
+        <v>6515231233</v>
       </c>
       <c r="K197" s="2" t="s">
-        <v>2365</v>
+        <v>2498</v>
       </c>
       <c r="L197" s="2" t="s">
-        <v>2456</v>
+        <v>2497</v>
       </c>
       <c r="M197" s="2">
-        <v>7125665186</v>
+        <v>5072928229</v>
       </c>
     </row>
     <row r="198" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A198" s="2" t="s">
-        <v>245</v>
+        <v>793</v>
       </c>
       <c r="B198" s="4" t="s">
-        <v>819</v>
+        <v>794</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>1229</v>
+        <v>795</v>
       </c>
       <c r="D198" s="2" t="s">
-        <v>1386</v>
+        <v>796</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>37</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H198" s="2" t="s">
-        <v>1799</v>
+        <v>797</v>
       </c>
       <c r="I198" s="2" t="s">
-        <v>2139</v>
+        <v>632</v>
       </c>
       <c r="J198" s="2">
-        <v>5153145481</v>
+        <v>7122402188</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>2333</v>
+        <v>633</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>2139</v>
+        <v>634</v>
       </c>
       <c r="M198" s="2">
-        <v>5153145481</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="199" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A199" s="2" t="s">
-        <v>158</v>
+        <v>2695</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>731</v>
+        <v>2696</v>
       </c>
       <c r="C199" s="2"/>
       <c r="D199" s="2" t="s">
-        <v>1386</v>
+        <v>2697</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>37</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H199" s="2" t="s">
-        <v>1716</v>
+        <v>2698</v>
       </c>
       <c r="I199" s="2" t="s">
-        <v>2179</v>
+        <v>2523</v>
       </c>
       <c r="J199" s="2">
-        <v>5152624000</v>
+        <v>5152462936</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>1737</v>
+        <v>2524</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>2444</v>
+        <v>2525</v>
       </c>
       <c r="M199" s="2">
-        <v>5155646565</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="200" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A200" s="2" t="s">
-        <v>163</v>
+        <v>2699</v>
       </c>
       <c r="B200" s="4" t="s">
-        <v>736</v>
-[...3 lines deleted...]
-      </c>
+        <v>2700</v>
+      </c>
+      <c r="C200" s="2"/>
       <c r="D200" s="2" t="s">
-        <v>1386</v>
+        <v>2701</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>37</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>163</v>
+        <v>2702</v>
       </c>
       <c r="I200" s="2" t="s">
-        <v>2182</v>
+        <v>2523</v>
       </c>
       <c r="J200" s="2">
-        <v>5153711206</v>
+        <v>5152462936</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>163</v>
+        <v>2524</v>
       </c>
       <c r="L200" s="2" t="s">
-        <v>2182</v>
+        <v>2525</v>
       </c>
       <c r="M200" s="2">
-        <v>5153711206</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="201" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A201" s="2" t="s">
-        <v>169</v>
+        <v>2703</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>742</v>
+        <v>2704</v>
       </c>
       <c r="C201" s="2"/>
       <c r="D201" s="2" t="s">
-        <v>1386</v>
+        <v>2705</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>37</v>
+      </c>
+      <c r="G201" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H201" s="2" t="s">
-        <v>1726</v>
+        <v>2524</v>
       </c>
       <c r="I201" s="2" t="s">
-        <v>2187</v>
+        <v>2525</v>
       </c>
       <c r="J201" s="2">
-        <v>6515231246</v>
+        <v>5152462912</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>2311</v>
+        <v>2524</v>
       </c>
       <c r="L201" s="2" t="s">
-        <v>2415</v>
+        <v>2525</v>
       </c>
       <c r="M201" s="2">
-        <v>3194157610</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="202" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A202" s="2" t="s">
-        <v>180</v>
+        <v>2706</v>
       </c>
       <c r="B202" s="4" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="C202" s="2"/>
+        <v>2707</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>2707</v>
+      </c>
       <c r="D202" s="2" t="s">
-        <v>1386</v>
+        <v>2708</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>37</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H202" s="2" t="s">
-        <v>1737</v>
+        <v>2458</v>
       </c>
       <c r="I202" s="2" t="s">
-        <v>2188</v>
+        <v>2459</v>
       </c>
       <c r="J202" s="2">
-        <v>5154804632</v>
+        <v>5158650615</v>
       </c>
       <c r="K202" s="2" t="s">
-        <v>1737</v>
+        <v>2458</v>
       </c>
       <c r="L202" s="2" t="s">
-        <v>2444</v>
+        <v>2460</v>
       </c>
       <c r="M202" s="2">
-        <v>5155646565</v>
+        <v>5153185688</v>
       </c>
     </row>
     <row r="203" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A203" s="2" t="s">
-        <v>181</v>
+        <v>2709</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="C203" s="2"/>
+        <v>2710</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>2710</v>
+      </c>
       <c r="D203" s="2" t="s">
-        <v>1386</v>
+        <v>2711</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>37</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H203" s="2" t="s">
-        <v>1738</v>
+        <v>2458</v>
       </c>
       <c r="I203" s="2" t="s">
-        <v>2141</v>
+        <v>2459</v>
       </c>
       <c r="J203" s="2">
-        <v>6123323000</v>
+        <v>5158650615</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>2335</v>
+        <v>2458</v>
       </c>
       <c r="L203" s="2" t="s">
-        <v>2420</v>
+        <v>2460</v>
       </c>
       <c r="M203" s="2">
-        <v>6123372608</v>
+        <v>5153185688</v>
       </c>
     </row>
     <row r="204" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A204" s="2" t="s">
-        <v>184</v>
+        <v>818</v>
       </c>
       <c r="B204" s="4" t="s">
-        <v>757</v>
-[...1 lines deleted...]
-      <c r="C204" s="2"/>
+        <v>819</v>
+      </c>
+      <c r="C204" s="2" t="s">
+        <v>820</v>
+      </c>
       <c r="D204" s="2" t="s">
-        <v>1386</v>
+        <v>821</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>37</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H204" s="2" t="s">
-        <v>1741</v>
+        <v>822</v>
       </c>
       <c r="I204" s="2" t="s">
-        <v>2190</v>
+        <v>823</v>
       </c>
       <c r="J204" s="2">
-        <v>3143071035</v>
+        <v>5152447702</v>
       </c>
       <c r="K204" s="2" t="s">
-        <v>2311</v>
+        <v>824</v>
       </c>
       <c r="L204" s="2" t="s">
-        <v>2415</v>
+        <v>823</v>
       </c>
       <c r="M204" s="2">
-        <v>3194157610</v>
+        <v>5152447702</v>
       </c>
     </row>
     <row r="205" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A205" s="2" t="s">
-        <v>193</v>
+        <v>825</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>766</v>
+        <v>826</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>1216</v>
+        <v>827</v>
       </c>
       <c r="D205" s="2" t="s">
-        <v>1386</v>
+        <v>828</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>37</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H205" s="2" t="s">
-        <v>1749</v>
+        <v>829</v>
       </c>
       <c r="I205" s="2" t="s">
-        <v>2194</v>
-[...1 lines deleted...]
-      <c r="J205" s="2"/>
+        <v>823</v>
+      </c>
+      <c r="J205" s="2">
+        <v>5152447702</v>
+      </c>
       <c r="K205" s="2" t="s">
-        <v>1749</v>
+        <v>824</v>
       </c>
       <c r="L205" s="2" t="s">
-        <v>2194</v>
-[...1 lines deleted...]
-      <c r="M205" s="2"/>
+        <v>823</v>
+      </c>
+      <c r="M205" s="2">
+        <v>5152447702</v>
+      </c>
     </row>
     <row r="206" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A206" s="2" t="s">
-        <v>194</v>
+        <v>844</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>767</v>
-[...3 lines deleted...]
-      </c>
+        <v>845</v>
+      </c>
+      <c r="C206" s="2"/>
       <c r="D206" s="2" t="s">
-        <v>1386</v>
+        <v>846</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>37</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H206" s="2" t="s">
-        <v>1750</v>
+        <v>847</v>
       </c>
       <c r="I206" s="2" t="s">
-        <v>2195</v>
+        <v>848</v>
       </c>
       <c r="J206" s="2">
-        <v>5156646268</v>
+        <v>5162334666</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>2360</v>
+        <v>849</v>
       </c>
       <c r="L206" s="2" t="s">
-        <v>2448</v>
+        <v>848</v>
       </c>
       <c r="M206" s="2">
-        <v>5155280511</v>
+        <v>5162334666</v>
       </c>
     </row>
     <row r="207" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A207" s="2" t="s">
-        <v>195</v>
+        <v>1538</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>768</v>
-[...1 lines deleted...]
-      <c r="C207" s="2"/>
+        <v>1539</v>
+      </c>
+      <c r="C207" s="2" t="s">
+        <v>1540</v>
+      </c>
       <c r="D207" s="2" t="s">
-        <v>1386</v>
+        <v>1541</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>37</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H207" s="2" t="s">
-        <v>1751</v>
+        <v>1542</v>
       </c>
       <c r="I207" s="2" t="s">
-        <v>2188</v>
+        <v>1543</v>
       </c>
       <c r="J207" s="2">
-        <v>5154804632</v>
+        <v>5633438898</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>1737</v>
+        <v>1542</v>
       </c>
       <c r="L207" s="2" t="s">
-        <v>2444</v>
-[...3 lines deleted...]
-      </c>
+        <v>1543</v>
+      </c>
+      <c r="M207" s="2"/>
     </row>
     <row r="208" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A208" s="2" t="s">
-        <v>195</v>
+        <v>1553</v>
       </c>
       <c r="B208" s="4" t="s">
-        <v>769</v>
-[...1 lines deleted...]
-      <c r="C208" s="2"/>
+        <v>1554</v>
+      </c>
+      <c r="C208" s="2" t="s">
+        <v>1554</v>
+      </c>
       <c r="D208" s="2" t="s">
-        <v>1386</v>
+        <v>1555</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>37</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H208" s="2" t="s">
-        <v>1751</v>
+        <v>1556</v>
       </c>
       <c r="I208" s="2" t="s">
-        <v>2188</v>
+        <v>1557</v>
       </c>
       <c r="J208" s="2">
-        <v>5154804632</v>
+        <v>5156646268</v>
       </c>
       <c r="K208" s="2" t="s">
-        <v>1737</v>
+        <v>1558</v>
       </c>
       <c r="L208" s="2" t="s">
-        <v>2444</v>
+        <v>1559</v>
       </c>
       <c r="M208" s="2">
-        <v>5155646565</v>
+        <v>5155280511</v>
       </c>
     </row>
     <row r="209" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A209" s="2" t="s">
-        <v>205</v>
+        <v>1560</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>779</v>
+        <v>1561</v>
       </c>
       <c r="C209" s="2"/>
       <c r="D209" s="2" t="s">
-        <v>1386</v>
+        <v>1562</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>37</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H209" s="2" t="s">
-        <v>1760</v>
+        <v>1563</v>
       </c>
       <c r="I209" s="2" t="s">
-        <v>2141</v>
+        <v>1332</v>
       </c>
       <c r="J209" s="2">
-        <v>6123323000</v>
+        <v>5154804632</v>
       </c>
       <c r="K209" s="2" t="s">
-        <v>2350</v>
+        <v>1333</v>
       </c>
       <c r="L209" s="2" t="s">
-        <v>2438</v>
+        <v>1334</v>
       </c>
       <c r="M209" s="2">
-        <v>6123372658</v>
+        <v>5155646565</v>
       </c>
     </row>
     <row r="210" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A210" s="2" t="s">
-        <v>215</v>
+        <v>1560</v>
       </c>
       <c r="B210" s="4" t="s">
-        <v>789</v>
+        <v>1564</v>
       </c>
       <c r="C210" s="2"/>
       <c r="D210" s="2" t="s">
-        <v>1386</v>
+        <v>1562</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>37</v>
+      </c>
+      <c r="G210" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H210" s="2" t="s">
-        <v>1770</v>
+        <v>1563</v>
       </c>
       <c r="I210" s="2" t="s">
-        <v>2200</v>
+        <v>1332</v>
       </c>
       <c r="J210" s="2">
-        <v>7189868694</v>
+        <v>5154804632</v>
       </c>
       <c r="K210" s="2" t="s">
-        <v>2363</v>
+        <v>1333</v>
       </c>
       <c r="L210" s="2" t="s">
-        <v>2451</v>
+        <v>1334</v>
       </c>
       <c r="M210" s="2">
-        <v>7326271032</v>
+        <v>5155646565</v>
       </c>
     </row>
     <row r="211" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A211" s="2" t="s">
-        <v>216</v>
+        <v>351</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>790</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="C211" s="2"/>
       <c r="D211" s="2" t="s">
-        <v>1386</v>
+        <v>353</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>37</v>
+      </c>
+      <c r="G211" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H211" s="2" t="s">
-        <v>1771</v>
+        <v>354</v>
       </c>
       <c r="I211" s="2" t="s">
-        <v>2188</v>
+        <v>355</v>
       </c>
       <c r="J211" s="2">
-        <v>5154804632</v>
+        <v>4177201577</v>
       </c>
       <c r="K211" s="2" t="s">
-        <v>1737</v>
+        <v>100</v>
       </c>
       <c r="L211" s="2" t="s">
-        <v>2444</v>
+        <v>101</v>
       </c>
       <c r="M211" s="2">
-        <v>5155646565</v>
+        <v>9136713300</v>
       </c>
     </row>
     <row r="212" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A212" s="2" t="s">
-        <v>218</v>
+        <v>356</v>
       </c>
       <c r="B212" s="4" t="s">
-        <v>792</v>
+        <v>357</v>
       </c>
       <c r="C212" s="2"/>
       <c r="D212" s="2" t="s">
-        <v>1386</v>
+        <v>358</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>37</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H212" s="2" t="s">
-        <v>1773</v>
+        <v>359</v>
       </c>
       <c r="I212" s="2" t="s">
-        <v>2202</v>
+        <v>210</v>
       </c>
       <c r="J212" s="2">
-        <v>7184509550</v>
+        <v>8165611033</v>
       </c>
       <c r="K212" s="2" t="s">
-        <v>2363</v>
+        <v>125</v>
       </c>
       <c r="L212" s="2" t="s">
-        <v>2451</v>
+        <v>152</v>
       </c>
       <c r="M212" s="2">
-        <v>7326271032</v>
+        <v>5154909001</v>
       </c>
     </row>
     <row r="213" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A213" s="2" t="s">
-        <v>219</v>
+        <v>366</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>793</v>
-[...1 lines deleted...]
-      <c r="C213" s="2"/>
+        <v>367</v>
+      </c>
+      <c r="C213" s="2" t="s">
+        <v>368</v>
+      </c>
       <c r="D213" s="2" t="s">
-        <v>1386</v>
+        <v>369</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>37</v>
+      </c>
+      <c r="G213" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H213" s="2" t="s">
-        <v>1774</v>
+        <v>370</v>
       </c>
       <c r="I213" s="2" t="s">
-        <v>2203</v>
+        <v>371</v>
       </c>
       <c r="J213" s="2">
-        <v>5152448308</v>
+        <v>3038007104</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>1737</v>
+        <v>84</v>
       </c>
       <c r="L213" s="2" t="s">
-        <v>2203</v>
+        <v>85</v>
       </c>
       <c r="M213" s="2">
-        <v>5152448308</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="214" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A214" s="2" t="s">
-        <v>221</v>
+        <v>912</v>
       </c>
       <c r="B214" s="4" t="s">
-        <v>795</v>
-[...1 lines deleted...]
-      <c r="C214" s="2"/>
+        <v>913</v>
+      </c>
+      <c r="C214" s="2" t="s">
+        <v>914</v>
+      </c>
       <c r="D214" s="2" t="s">
-        <v>1386</v>
+        <v>915</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>37</v>
+      </c>
+      <c r="G214" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H214" s="2" t="s">
-        <v>1776</v>
+        <v>916</v>
       </c>
       <c r="I214" s="2" t="s">
-        <v>2141</v>
+        <v>632</v>
       </c>
       <c r="J214" s="2">
-        <v>6123323000</v>
+        <v>7122402188</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>2335</v>
+        <v>633</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>2452</v>
+        <v>634</v>
       </c>
       <c r="M214" s="2">
-        <v>6123372608</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="215" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A215" s="2" t="s">
-        <v>228</v>
+        <v>372</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>802</v>
+        <v>373</v>
       </c>
       <c r="C215" s="2"/>
       <c r="D215" s="2" t="s">
-        <v>1386</v>
+        <v>374</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>37</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H215" s="2" t="s">
-        <v>1783</v>
+        <v>173</v>
       </c>
       <c r="I215" s="2" t="s">
-        <v>2205</v>
+        <v>174</v>
       </c>
       <c r="J215" s="2">
-        <v>3179836597</v>
+        <v>5157103996</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>2311</v>
+        <v>125</v>
       </c>
       <c r="L215" s="2" t="s">
-        <v>2123</v>
+        <v>126</v>
       </c>
       <c r="M215" s="2">
-        <v>5072855082</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="216" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
-        <v>235</v>
+        <v>407</v>
       </c>
       <c r="B216" s="4" t="s">
-        <v>809</v>
+        <v>408</v>
       </c>
       <c r="C216" s="2"/>
       <c r="D216" s="2" t="s">
-        <v>1386</v>
+        <v>409</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>37</v>
+      </c>
+      <c r="G216" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H216" s="2" t="s">
-        <v>1790</v>
+        <v>410</v>
       </c>
       <c r="I216" s="2" t="s">
-        <v>2188</v>
+        <v>83</v>
       </c>
       <c r="J216" s="2">
-        <v>5154804632</v>
+        <v>5152802035</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>1737</v>
+        <v>84</v>
       </c>
       <c r="L216" s="2" t="s">
-        <v>2444</v>
+        <v>85</v>
       </c>
       <c r="M216" s="2">
-        <v>5155646565</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="217" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A217" s="2" t="s">
-        <v>236</v>
+        <v>411</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>810</v>
+        <v>412</v>
       </c>
       <c r="C217" s="2"/>
       <c r="D217" s="2" t="s">
-        <v>1386</v>
+        <v>409</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>37</v>
+      </c>
+      <c r="G217" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H217" s="2" t="s">
-        <v>1791</v>
+        <v>413</v>
       </c>
       <c r="I217" s="2" t="s">
-        <v>2188</v>
+        <v>83</v>
       </c>
       <c r="J217" s="2">
-        <v>5154804632</v>
+        <v>5152802035</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>1737</v>
+        <v>84</v>
       </c>
       <c r="L217" s="2" t="s">
-        <v>2444</v>
+        <v>85</v>
       </c>
       <c r="M217" s="2">
-        <v>5155646565</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="218" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A218" s="2" t="s">
-        <v>240</v>
+        <v>414</v>
       </c>
       <c r="B218" s="4" t="s">
-        <v>814</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="C218" s="2"/>
       <c r="D218" s="2" t="s">
-        <v>1386</v>
+        <v>409</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>37</v>
+      </c>
+      <c r="G218" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H218" s="2" t="s">
-        <v>1795</v>
+        <v>416</v>
       </c>
       <c r="I218" s="2" t="s">
-        <v>2141</v>
+        <v>83</v>
       </c>
       <c r="J218" s="2">
-        <v>6123323000</v>
+        <v>5152802035</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>2335</v>
+        <v>84</v>
       </c>
       <c r="L218" s="2" t="s">
-        <v>2452</v>
+        <v>85</v>
       </c>
       <c r="M218" s="2">
-        <v>6123372608</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="219" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A219" s="2" t="s">
-        <v>242</v>
+        <v>417</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>816</v>
-[...3 lines deleted...]
-      </c>
+        <v>418</v>
+      </c>
+      <c r="C219" s="2"/>
       <c r="D219" s="2" t="s">
-        <v>1386</v>
+        <v>419</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>37</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H219" s="2" t="s">
-        <v>1750</v>
+        <v>420</v>
       </c>
       <c r="I219" s="2" t="s">
-        <v>2195</v>
+        <v>83</v>
       </c>
       <c r="J219" s="2">
-        <v>5156646268</v>
+        <v>5152802035</v>
       </c>
       <c r="K219" s="2" t="s">
-        <v>2360</v>
+        <v>84</v>
       </c>
       <c r="L219" s="2" t="s">
-        <v>2448</v>
+        <v>85</v>
       </c>
       <c r="M219" s="2">
-        <v>5155280511</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="220" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A220" s="2" t="s">
-        <v>246</v>
+        <v>971</v>
       </c>
       <c r="B220" s="4" t="s">
-        <v>820</v>
-[...1 lines deleted...]
-      <c r="C220" s="2"/>
+        <v>972</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>972</v>
+      </c>
       <c r="D220" s="2" t="s">
-        <v>1386</v>
+        <v>973</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>37</v>
+      </c>
+      <c r="G220" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H220" s="2" t="s">
-        <v>1800</v>
+        <v>974</v>
       </c>
       <c r="I220" s="2" t="s">
-        <v>2208</v>
+        <v>975</v>
       </c>
       <c r="J220" s="2">
-        <v>5154718506</v>
+        <v>7122625965</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>2366</v>
+        <v>974</v>
       </c>
       <c r="L220" s="2" t="s">
-        <v>2457</v>
+        <v>975</v>
       </c>
       <c r="M220" s="2">
-        <v>5152882424</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="221" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A221" s="2" t="s">
-        <v>160</v>
+        <v>1602</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>733</v>
-[...3 lines deleted...]
-      </c>
+        <v>1603</v>
+      </c>
+      <c r="C221" s="2"/>
       <c r="D221" s="2" t="s">
-        <v>1386</v>
+        <v>1604</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>37</v>
+      </c>
+      <c r="G221" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H221" s="2" t="s">
-        <v>1718</v>
+        <v>1605</v>
       </c>
       <c r="I221" s="2" t="s">
-        <v>2136</v>
+        <v>1504</v>
       </c>
       <c r="J221" s="2">
-        <v>6512911750</v>
+        <v>6123323000</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>2330</v>
+        <v>1515</v>
       </c>
       <c r="L221" s="2" t="s">
-        <v>2416</v>
+        <v>1516</v>
       </c>
       <c r="M221" s="2">
-        <v>6512911750</v>
+        <v>6123372658</v>
       </c>
     </row>
     <row r="222" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A222" s="2" t="s">
-        <v>162</v>
+        <v>981</v>
       </c>
       <c r="B222" s="4" t="s">
-        <v>735</v>
+        <v>982</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>1205</v>
+        <v>983</v>
       </c>
       <c r="D222" s="2" t="s">
-        <v>1386</v>
+        <v>984</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>37</v>
+      </c>
+      <c r="G222" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H222" s="2" t="s">
-        <v>1720</v>
+        <v>985</v>
       </c>
       <c r="I222" s="2" t="s">
-        <v>2094</v>
+        <v>691</v>
       </c>
       <c r="J222" s="2">
-        <v>5152625965</v>
+        <v>5153145481</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>2305</v>
+        <v>692</v>
       </c>
       <c r="L222" s="2" t="s">
-        <v>2398</v>
+        <v>691</v>
       </c>
       <c r="M222" s="2">
-        <v>7125805963</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="223" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A223" s="2" t="s">
-        <v>166</v>
+        <v>986</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>739</v>
-[...1 lines deleted...]
-      <c r="C223" s="2"/>
+        <v>987</v>
+      </c>
+      <c r="C223" s="2" t="s">
+        <v>988</v>
+      </c>
       <c r="D223" s="2" t="s">
-        <v>1386</v>
+        <v>989</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>37</v>
+      </c>
+      <c r="G223" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H223" s="2" t="s">
-        <v>1723</v>
+        <v>990</v>
       </c>
       <c r="I223" s="2" t="s">
-        <v>2094</v>
+        <v>691</v>
       </c>
       <c r="J223" s="2">
-        <v>5152625965</v>
+        <v>5153145481</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>2305</v>
+        <v>692</v>
       </c>
       <c r="L223" s="2" t="s">
-        <v>2398</v>
+        <v>691</v>
       </c>
       <c r="M223" s="2">
-        <v>7125805963</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="224" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A224" s="2" t="s">
-        <v>177</v>
+        <v>2167</v>
       </c>
       <c r="B224" s="4" t="s">
-        <v>750</v>
-[...3 lines deleted...]
-      </c>
+        <v>2168</v>
+      </c>
+      <c r="C224" s="2"/>
       <c r="D224" s="2" t="s">
-        <v>1386</v>
+        <v>2169</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>37</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H224" s="2" t="s">
-        <v>1734</v>
+        <v>2170</v>
       </c>
       <c r="I224" s="2" t="s">
-        <v>2136</v>
+        <v>2073</v>
       </c>
       <c r="J224" s="2">
-        <v>6512911750</v>
+        <v>5155549773</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>2330</v>
+        <v>2074</v>
       </c>
       <c r="L224" s="2" t="s">
-        <v>2416</v>
+        <v>2075</v>
       </c>
       <c r="M224" s="2">
-        <v>6512911750</v>
+        <v>5158224750</v>
       </c>
     </row>
     <row r="225" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A225" s="2" t="s">
-        <v>208</v>
+        <v>1039</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="C225" s="2"/>
+        <v>1040</v>
+      </c>
+      <c r="C225" s="2" t="s">
+        <v>1041</v>
+      </c>
       <c r="D225" s="2" t="s">
-        <v>1386</v>
+        <v>1042</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>37</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H225" s="2" t="s">
-        <v>1763</v>
+        <v>1043</v>
       </c>
       <c r="I225" s="2" t="s">
-        <v>2198</v>
+        <v>691</v>
       </c>
       <c r="J225" s="2">
-        <v>5155549773</v>
+        <v>5153145481</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>2362</v>
+        <v>692</v>
       </c>
       <c r="L225" s="2" t="s">
-        <v>2450</v>
+        <v>691</v>
       </c>
       <c r="M225" s="2">
-        <v>5158224750</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="226" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A226" s="2" t="s">
-        <v>224</v>
+        <v>2800</v>
       </c>
       <c r="B226" s="4" t="s">
-        <v>798</v>
+        <v>2801</v>
       </c>
       <c r="C226" s="2"/>
       <c r="D226" s="2" t="s">
-        <v>1386</v>
+        <v>2802</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>37</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H226" s="2" t="s">
-        <v>1779</v>
+        <v>2803</v>
       </c>
       <c r="I226" s="2" t="s">
-        <v>2198</v>
+        <v>2523</v>
       </c>
       <c r="J226" s="2">
-        <v>5155549773</v>
+        <v>5152462936</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>2362</v>
+        <v>2524</v>
       </c>
       <c r="L226" s="2" t="s">
-        <v>2453</v>
+        <v>2525</v>
       </c>
       <c r="M226" s="2">
-        <v>5158221514</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="227" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A227" s="2" t="s">
-        <v>225</v>
+        <v>2804</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>799</v>
-[...3 lines deleted...]
-      </c>
+        <v>2805</v>
+      </c>
+      <c r="C227" s="2"/>
       <c r="D227" s="2" t="s">
-        <v>1386</v>
+        <v>2802</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>37</v>
+      </c>
+      <c r="G227" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H227" s="2" t="s">
-        <v>1780</v>
+        <v>2806</v>
       </c>
       <c r="I227" s="2" t="s">
-        <v>2198</v>
+        <v>2523</v>
       </c>
       <c r="J227" s="2">
-        <v>5155549773</v>
+        <v>5152462936</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>2362</v>
+        <v>2524</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>2450</v>
+        <v>2525</v>
       </c>
       <c r="M227" s="2">
-        <v>5158224750</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="228" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A228" s="2" t="s">
-        <v>232</v>
+        <v>2807</v>
       </c>
       <c r="B228" s="4" t="s">
-        <v>806</v>
-[...3 lines deleted...]
-      </c>
+        <v>2808</v>
+      </c>
+      <c r="C228" s="2"/>
       <c r="D228" s="2" t="s">
-        <v>1386</v>
+        <v>2809</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>37</v>
+      </c>
+      <c r="G228" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H228" s="2" t="s">
-        <v>1787</v>
+        <v>2810</v>
       </c>
       <c r="I228" s="2" t="s">
-        <v>2136</v>
+        <v>2523</v>
       </c>
       <c r="J228" s="2">
-        <v>6512911750</v>
+        <v>5152462936</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>2330</v>
+        <v>2524</v>
       </c>
       <c r="L228" s="2" t="s">
-        <v>2416</v>
+        <v>2525</v>
       </c>
       <c r="M228" s="2">
-        <v>6512911750</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="229" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A229" s="2" t="s">
-        <v>238</v>
+        <v>2811</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>812</v>
-[...3 lines deleted...]
-      </c>
+        <v>2812</v>
+      </c>
+      <c r="C229" s="2"/>
       <c r="D229" s="2" t="s">
-        <v>1386</v>
+        <v>2809</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>37</v>
+      </c>
+      <c r="G229" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H229" s="2" t="s">
-        <v>1793</v>
+        <v>2813</v>
       </c>
       <c r="I229" s="2" t="s">
-        <v>2103</v>
+        <v>2523</v>
       </c>
       <c r="J229" s="2">
-        <v>9524472345</v>
+        <v>5152462936</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>2312</v>
+        <v>2524</v>
       </c>
       <c r="L229" s="2" t="s">
-        <v>2103</v>
+        <v>2525</v>
       </c>
       <c r="M229" s="2">
-        <v>9524472345</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="230" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A230" s="2" t="s">
-        <v>239</v>
+        <v>1657</v>
       </c>
       <c r="B230" s="4" t="s">
-        <v>813</v>
+        <v>1658</v>
       </c>
       <c r="C230" s="2"/>
       <c r="D230" s="2" t="s">
-        <v>1386</v>
+        <v>1659</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>37</v>
+      </c>
+      <c r="G230" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H230" s="2" t="s">
-        <v>1794</v>
+        <v>1660</v>
       </c>
       <c r="I230" s="2" t="s">
-        <v>2103</v>
+        <v>1661</v>
       </c>
       <c r="J230" s="2">
-        <v>9524472345</v>
+        <v>7189868694</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>2312</v>
+        <v>1662</v>
       </c>
       <c r="L230" s="2" t="s">
-        <v>2103</v>
+        <v>1663</v>
       </c>
       <c r="M230" s="2">
-        <v>9524472345</v>
+        <v>7326271032</v>
       </c>
     </row>
     <row r="231" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A231" s="2" t="s">
-        <v>159</v>
+        <v>1687</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>732</v>
+        <v>1688</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>732</v>
+        <v>1689</v>
       </c>
       <c r="D231" s="2" t="s">
-        <v>1386</v>
+        <v>1690</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>37</v>
+      </c>
+      <c r="G231" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H231" s="2" t="s">
-        <v>1717</v>
+        <v>1691</v>
       </c>
       <c r="I231" s="2" t="s">
-        <v>2180</v>
+        <v>1332</v>
       </c>
       <c r="J231" s="2">
-        <v>5152431277</v>
+        <v>5154186678</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>1717</v>
+        <v>1333</v>
       </c>
       <c r="L231" s="2" t="s">
-        <v>2180</v>
+        <v>1334</v>
       </c>
       <c r="M231" s="2">
-        <v>5152431277</v>
+        <v>5155646565</v>
       </c>
     </row>
     <row r="232" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A232" s="2" t="s">
-        <v>170</v>
+        <v>440</v>
       </c>
       <c r="B232" s="4" t="s">
-        <v>743</v>
+        <v>441</v>
       </c>
       <c r="C232" s="2"/>
       <c r="D232" s="2" t="s">
-        <v>1386</v>
+        <v>442</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>37</v>
+      </c>
+      <c r="G232" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H232" s="2" t="s">
-        <v>1727</v>
+        <v>443</v>
       </c>
       <c r="I232" s="2" t="s">
-        <v>2101</v>
-[...3 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="J232" s="2"/>
       <c r="K232" s="2" t="s">
-        <v>1745</v>
+        <v>125</v>
       </c>
       <c r="L232" s="2" t="s">
-        <v>2191</v>
+        <v>126</v>
       </c>
       <c r="M232" s="2">
-        <v>5152462912</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="233" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A233" s="2" t="s">
-        <v>171</v>
+        <v>1692</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>744</v>
+        <v>1693</v>
       </c>
       <c r="C233" s="2"/>
       <c r="D233" s="2" t="s">
-        <v>1386</v>
+        <v>1694</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>37</v>
+      </c>
+      <c r="G233" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H233" s="2" t="s">
-        <v>1728</v>
+        <v>1695</v>
       </c>
       <c r="I233" s="2" t="s">
-        <v>2101</v>
+        <v>1696</v>
       </c>
       <c r="J233" s="2">
-        <v>5152462936</v>
+        <v>7184509550</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>1745</v>
+        <v>1662</v>
       </c>
       <c r="L233" s="2" t="s">
-        <v>2191</v>
+        <v>1663</v>
       </c>
       <c r="M233" s="2">
-        <v>5152462912</v>
+        <v>7326271032</v>
       </c>
     </row>
     <row r="234" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A234" s="2" t="s">
-        <v>172</v>
+        <v>1709</v>
       </c>
       <c r="B234" s="4" t="s">
-        <v>745</v>
+        <v>1710</v>
       </c>
       <c r="C234" s="2"/>
       <c r="D234" s="2" t="s">
-        <v>1386</v>
+        <v>1711</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>37</v>
+      </c>
+      <c r="G234" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H234" s="2" t="s">
-        <v>1729</v>
+        <v>1712</v>
       </c>
       <c r="I234" s="2" t="s">
-        <v>2101</v>
+        <v>1332</v>
       </c>
       <c r="J234" s="2">
-        <v>5152462936</v>
+        <v>5154186678</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>1745</v>
+        <v>1333</v>
       </c>
       <c r="L234" s="2" t="s">
-        <v>2191</v>
+        <v>1713</v>
       </c>
       <c r="M234" s="2">
-        <v>5152462912</v>
+        <v>5154804632</v>
       </c>
     </row>
     <row r="235" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A235" s="2" t="s">
-        <v>173</v>
+        <v>457</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>746</v>
+        <v>458</v>
       </c>
       <c r="C235" s="2"/>
       <c r="D235" s="2" t="s">
-        <v>1386</v>
+        <v>459</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>37</v>
+      </c>
+      <c r="G235" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H235" s="2" t="s">
-        <v>1730</v>
+        <v>460</v>
       </c>
       <c r="I235" s="2" t="s">
-        <v>2101</v>
+        <v>83</v>
       </c>
       <c r="J235" s="2">
-        <v>5152462936</v>
+        <v>5152802035</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>1745</v>
+        <v>84</v>
       </c>
       <c r="L235" s="2" t="s">
-        <v>2191</v>
+        <v>85</v>
       </c>
       <c r="M235" s="2">
-        <v>5152462912</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="236" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A236" s="2" t="s">
-        <v>174</v>
+        <v>1723</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>747</v>
+        <v>1724</v>
       </c>
       <c r="C236" s="2"/>
       <c r="D236" s="2" t="s">
-        <v>1386</v>
+        <v>1725</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>37</v>
+      </c>
+      <c r="G236" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H236" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="I236" s="2" t="s">
-        <v>2101</v>
+        <v>1504</v>
       </c>
       <c r="J236" s="2">
-        <v>5152462936</v>
+        <v>6123323000</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>1745</v>
+        <v>1505</v>
       </c>
       <c r="L236" s="2" t="s">
-        <v>2191</v>
+        <v>1727</v>
       </c>
       <c r="M236" s="2">
-        <v>5152462912</v>
+        <v>6123372608</v>
       </c>
     </row>
     <row r="237" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A237" s="2" t="s">
-        <v>175</v>
+        <v>1136</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>748</v>
-[...1 lines deleted...]
-      <c r="C237" s="2"/>
+        <v>1137</v>
+      </c>
+      <c r="C237" s="2" t="s">
+        <v>1138</v>
+      </c>
       <c r="D237" s="2" t="s">
-        <v>1386</v>
+        <v>1139</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>37</v>
+      </c>
+      <c r="G237" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H237" s="2" t="s">
-        <v>1732</v>
+        <v>1140</v>
       </c>
       <c r="I237" s="2" t="s">
-        <v>2101</v>
+        <v>823</v>
       </c>
       <c r="J237" s="2">
-        <v>5152462936</v>
+        <v>5152447702</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>1745</v>
+        <v>824</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>2191</v>
+        <v>823</v>
       </c>
       <c r="M237" s="2">
-        <v>5152462912</v>
+        <v>5152447702</v>
       </c>
     </row>
     <row r="238" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A238" s="2" t="s">
-        <v>182</v>
+        <v>1141</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      </c>
+        <v>1142</v>
+      </c>
+      <c r="C238" s="2"/>
       <c r="D238" s="2" t="s">
-        <v>1386</v>
+        <v>1143</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>37</v>
+      </c>
+      <c r="G238" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H238" s="2" t="s">
-        <v>1739</v>
+        <v>1144</v>
       </c>
       <c r="I238" s="2" t="s">
-        <v>2189</v>
+        <v>843</v>
       </c>
       <c r="J238" s="2">
-        <v>5152854192</v>
+        <v>5152085414</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>2319</v>
+        <v>692</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>2407</v>
+        <v>691</v>
       </c>
       <c r="M238" s="2">
-        <v>5152254782</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="239" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A239" s="2" t="s">
-        <v>183</v>
+        <v>2257</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>756</v>
+        <v>2258</v>
       </c>
       <c r="C239" s="2"/>
       <c r="D239" s="2" t="s">
-        <v>1386</v>
+        <v>2259</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>37</v>
+      </c>
+      <c r="G239" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H239" s="2" t="s">
-        <v>1740</v>
+        <v>2260</v>
       </c>
       <c r="I239" s="2" t="s">
-        <v>2101</v>
+        <v>2073</v>
       </c>
       <c r="J239" s="2">
-        <v>5152462936</v>
+        <v>5155549773</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>1745</v>
+        <v>2074</v>
       </c>
       <c r="L239" s="2" t="s">
-        <v>2191</v>
+        <v>2075</v>
       </c>
       <c r="M239" s="2">
-        <v>5152462912</v>
+        <v>5158224750</v>
       </c>
     </row>
     <row r="240" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A240" s="2" t="s">
-        <v>186</v>
+        <v>2261</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="C240" s="2"/>
+        <v>2262</v>
+      </c>
+      <c r="C240" s="2" t="s">
+        <v>2263</v>
+      </c>
       <c r="D240" s="2" t="s">
-        <v>1386</v>
+        <v>2264</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>37</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H240" s="2" t="s">
-        <v>1743</v>
+        <v>2265</v>
       </c>
       <c r="I240" s="2" t="s">
-        <v>2101</v>
+        <v>2073</v>
       </c>
       <c r="J240" s="2">
-        <v>5152462936</v>
+        <v>5155549773</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>1745</v>
+        <v>2074</v>
       </c>
       <c r="L240" s="2" t="s">
-        <v>2191</v>
+        <v>2075</v>
       </c>
       <c r="M240" s="2">
-        <v>5152462912</v>
+        <v>5158224750</v>
       </c>
     </row>
     <row r="241" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A241" s="2" t="s">
-        <v>187</v>
+        <v>2895</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>760</v>
+        <v>2896</v>
       </c>
       <c r="C241" s="2"/>
       <c r="D241" s="2" t="s">
-        <v>1386</v>
+        <v>2897</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>37</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H241" s="2" t="s">
-        <v>1744</v>
+        <v>2898</v>
       </c>
       <c r="I241" s="2" t="s">
-        <v>2101</v>
+        <v>2523</v>
       </c>
       <c r="J241" s="2">
         <v>5152462936</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>1745</v>
+        <v>2524</v>
       </c>
       <c r="L241" s="2" t="s">
-        <v>2191</v>
+        <v>2525</v>
       </c>
       <c r="M241" s="2">
         <v>5152462912</v>
       </c>
     </row>
     <row r="242" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A242" s="2" t="s">
-        <v>188</v>
+        <v>1161</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>761</v>
+        <v>1162</v>
       </c>
       <c r="C242" s="2"/>
       <c r="D242" s="2" t="s">
-        <v>1386</v>
+        <v>1163</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>37</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H242" s="2" t="s">
-        <v>1745</v>
+        <v>1164</v>
       </c>
       <c r="I242" s="2" t="s">
-        <v>2191</v>
+        <v>691</v>
       </c>
       <c r="J242" s="2">
-        <v>5152462912</v>
+        <v>5153145481</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>1745</v>
+        <v>692</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>2191</v>
+        <v>691</v>
       </c>
       <c r="M242" s="2">
-        <v>5152462912</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="243" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A243" s="2" t="s">
-        <v>189</v>
+        <v>1745</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>762</v>
-[...3 lines deleted...]
-      </c>
+        <v>1746</v>
+      </c>
+      <c r="C243" s="2"/>
       <c r="D243" s="2" t="s">
-        <v>1386</v>
+        <v>1747</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>37</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H243" s="2" t="s">
-        <v>1717</v>
+        <v>1748</v>
       </c>
       <c r="I243" s="2" t="s">
-        <v>2180</v>
+        <v>1749</v>
       </c>
       <c r="J243" s="2">
-        <v>5152431277</v>
+        <v>3179836597</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>1717</v>
+        <v>1303</v>
       </c>
       <c r="L243" s="2" t="s">
-        <v>2180</v>
+        <v>1304</v>
       </c>
       <c r="M243" s="2">
-        <v>5152431277</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="244" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A244" s="2" t="s">
-        <v>211</v>
+        <v>486</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>785</v>
+        <v>487</v>
       </c>
       <c r="C244" s="2"/>
       <c r="D244" s="2" t="s">
-        <v>1386</v>
+        <v>488</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>37</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H244" s="2" t="s">
-        <v>1766</v>
+        <v>489</v>
       </c>
       <c r="I244" s="2" t="s">
-        <v>2101</v>
+        <v>29</v>
       </c>
       <c r="J244" s="2">
-        <v>5152462936</v>
+        <v>5139641140</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>1745</v>
+        <v>30</v>
       </c>
       <c r="L244" s="2" t="s">
-        <v>2191</v>
+        <v>31</v>
       </c>
       <c r="M244" s="2">
-        <v>5152462912</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="245" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A245" s="2" t="s">
-        <v>212</v>
+        <v>1165</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>786</v>
+        <v>1166</v>
       </c>
       <c r="C245" s="2"/>
       <c r="D245" s="2" t="s">
-        <v>1386</v>
+        <v>1167</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>37</v>
+      </c>
+      <c r="G245" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H245" s="2" t="s">
-        <v>1767</v>
+        <v>1168</v>
       </c>
       <c r="I245" s="2" t="s">
-        <v>2101</v>
+        <v>848</v>
       </c>
       <c r="J245" s="2">
-        <v>5152462936</v>
+        <v>5162334666</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>1745</v>
+        <v>849</v>
       </c>
       <c r="L245" s="2" t="s">
-        <v>2191</v>
+        <v>1169</v>
       </c>
       <c r="M245" s="2">
-        <v>5152462912</v>
+        <v>5158628336</v>
       </c>
     </row>
     <row r="246" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A246" s="2" t="s">
-        <v>213</v>
+        <v>1756</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>787</v>
-[...1 lines deleted...]
-      <c r="C246" s="2"/>
+        <v>1757</v>
+      </c>
+      <c r="C246" s="2" t="s">
+        <v>1757</v>
+      </c>
       <c r="D246" s="2" t="s">
-        <v>1386</v>
+        <v>1758</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>37</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H246" s="2" t="s">
-        <v>1768</v>
+        <v>1759</v>
       </c>
       <c r="I246" s="2" t="s">
-        <v>2101</v>
+        <v>1760</v>
       </c>
       <c r="J246" s="2">
-        <v>5152462936</v>
+        <v>5155189345</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>1745</v>
+        <v>1761</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>2191</v>
+        <v>1762</v>
       </c>
       <c r="M246" s="2">
-        <v>5152462912</v>
+        <v>5155189345</v>
       </c>
     </row>
     <row r="247" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A247" s="2" t="s">
-        <v>214</v>
+        <v>501</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>788</v>
-[...1 lines deleted...]
-      <c r="C247" s="2"/>
+        <v>502</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>503</v>
+      </c>
       <c r="D247" s="2" t="s">
-        <v>1386</v>
+        <v>504</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>37</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H247" s="2" t="s">
-        <v>1769</v>
+        <v>505</v>
       </c>
       <c r="I247" s="2" t="s">
-        <v>2101</v>
+        <v>72</v>
       </c>
       <c r="J247" s="2">
-        <v>5152462936</v>
+        <v>6512911750</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>1745</v>
+        <v>21</v>
       </c>
       <c r="L247" s="2" t="s">
-        <v>2191</v>
+        <v>22</v>
       </c>
       <c r="M247" s="2">
-        <v>5152462912</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="248" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A248" s="2" t="s">
-        <v>226</v>
+        <v>1191</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>800</v>
+        <v>1192</v>
       </c>
       <c r="C248" s="2"/>
       <c r="D248" s="2" t="s">
-        <v>1386</v>
+        <v>1193</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>37</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H248" s="2" t="s">
-        <v>1781</v>
+        <v>1194</v>
       </c>
       <c r="I248" s="2" t="s">
-        <v>2101</v>
+        <v>691</v>
       </c>
       <c r="J248" s="2">
-        <v>5152462936</v>
+        <v>5153145481</v>
       </c>
       <c r="K248" s="2" t="s">
-        <v>1745</v>
+        <v>692</v>
       </c>
       <c r="L248" s="2" t="s">
-        <v>2191</v>
+        <v>691</v>
       </c>
       <c r="M248" s="2">
-        <v>5152462912</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="249" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A249" s="2" t="s">
-        <v>241</v>
+        <v>510</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>815</v>
+        <v>511</v>
       </c>
       <c r="C249" s="2"/>
       <c r="D249" s="2" t="s">
-        <v>1386</v>
+        <v>512</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>37</v>
+      </c>
+      <c r="G249" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H249" s="2" t="s">
-        <v>1796</v>
+        <v>513</v>
       </c>
       <c r="I249" s="2" t="s">
-        <v>2111</v>
+        <v>174</v>
       </c>
       <c r="J249" s="2">
-        <v>3193387600</v>
+        <v>5157103996</v>
       </c>
       <c r="K249" s="2" t="s">
-        <v>2319</v>
+        <v>125</v>
       </c>
       <c r="L249" s="2" t="s">
-        <v>2407</v>
+        <v>126</v>
       </c>
       <c r="M249" s="2">
-        <v>5152254782</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="250" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A250" s="2" t="s">
-        <v>243</v>
+        <v>1780</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>817</v>
+        <v>1781</v>
       </c>
       <c r="C250" s="2"/>
       <c r="D250" s="2" t="s">
-        <v>1386</v>
+        <v>1782</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>37</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H250" s="2" t="s">
-        <v>1797</v>
+        <v>1783</v>
       </c>
       <c r="I250" s="2" t="s">
-        <v>2101</v>
+        <v>1332</v>
       </c>
       <c r="J250" s="2">
-        <v>5155152936</v>
+        <v>5154186678</v>
       </c>
       <c r="K250" s="2" t="s">
-        <v>1745</v>
+        <v>1333</v>
       </c>
       <c r="L250" s="2" t="s">
-        <v>2191</v>
+        <v>1334</v>
       </c>
       <c r="M250" s="2">
-        <v>5152462912</v>
+        <v>5155646565</v>
       </c>
     </row>
     <row r="251" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A251" s="2" t="s">
-        <v>244</v>
+        <v>1789</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>818</v>
+        <v>1790</v>
       </c>
       <c r="C251" s="2"/>
       <c r="D251" s="2" t="s">
-        <v>1386</v>
+        <v>1330</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>1492</v>
+        <v>70</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>37</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H251" s="2" t="s">
-        <v>1798</v>
+        <v>1791</v>
       </c>
       <c r="I251" s="2" t="s">
-        <v>2101</v>
+        <v>1332</v>
       </c>
       <c r="J251" s="2">
-        <v>5152462936</v>
+        <v>5154186678</v>
       </c>
       <c r="K251" s="2" t="s">
-        <v>1745</v>
+        <v>1333</v>
       </c>
       <c r="L251" s="2" t="s">
-        <v>2191</v>
+        <v>1713</v>
       </c>
       <c r="M251" s="2">
-        <v>5152462912</v>
+        <v>5154804632</v>
       </c>
     </row>
     <row r="252" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A252" s="2" t="s">
-        <v>261</v>
+        <v>1220</v>
       </c>
       <c r="B252" s="4" t="s">
-        <v>835</v>
-[...1 lines deleted...]
-      <c r="C252" s="2"/>
+        <v>1221</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>1222</v>
+      </c>
       <c r="D252" s="2" t="s">
-        <v>1387</v>
+        <v>1223</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>37</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H252" s="2" t="s">
-        <v>1812</v>
+        <v>1224</v>
       </c>
       <c r="I252" s="2" t="s">
-        <v>2217</v>
+        <v>765</v>
       </c>
       <c r="J252" s="2">
-        <v>9136713365</v>
+        <v>7126002947</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>2361</v>
+        <v>766</v>
       </c>
       <c r="L252" s="2" t="s">
-        <v>2449</v>
+        <v>767</v>
       </c>
       <c r="M252" s="2">
-        <v>9136713300</v>
+        <v>7125665186</v>
       </c>
     </row>
     <row r="253" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A253" s="2" t="s">
-        <v>253</v>
+        <v>1796</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>827</v>
-[...3 lines deleted...]
-      </c>
+        <v>1797</v>
+      </c>
+      <c r="C253" s="2"/>
       <c r="D253" s="2" t="s">
-        <v>1387</v>
+        <v>1798</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H253" s="2" t="s">
-        <v>1805</v>
+        <v>1333</v>
       </c>
       <c r="I253" s="2" t="s">
-        <v>2211</v>
+        <v>1332</v>
       </c>
       <c r="J253" s="2">
-        <v>5635994077</v>
+        <v>5154186678</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>1805</v>
+        <v>1333</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>2459</v>
+        <v>1334</v>
       </c>
       <c r="M253" s="2">
-        <v>5635994077</v>
+        <v>5155646565</v>
       </c>
     </row>
     <row r="254" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A254" s="2" t="s">
-        <v>254</v>
+        <v>2338</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>828</v>
+        <v>2339</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>828</v>
+        <v>2340</v>
       </c>
       <c r="D254" s="2" t="s">
-        <v>1387</v>
+        <v>2341</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H254" s="2" t="s">
-        <v>1805</v>
+        <v>2342</v>
       </c>
       <c r="I254" s="2" t="s">
-        <v>2211</v>
+        <v>1967</v>
       </c>
       <c r="J254" s="2">
-        <v>5635994077</v>
+        <v>9524472345</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>1805</v>
+        <v>1968</v>
       </c>
       <c r="L254" s="2" t="s">
-        <v>2459</v>
+        <v>1967</v>
       </c>
       <c r="M254" s="2">
-        <v>5635994077</v>
+        <v>9524472345</v>
       </c>
     </row>
     <row r="255" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A255" s="2" t="s">
-        <v>257</v>
+        <v>2347</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>831</v>
-[...3 lines deleted...]
-      </c>
+        <v>2348</v>
+      </c>
+      <c r="C255" s="2"/>
       <c r="D255" s="2" t="s">
-        <v>1387</v>
+        <v>2349</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>37</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H255" s="2" t="s">
-        <v>1808</v>
+        <v>2350</v>
       </c>
       <c r="I255" s="2" t="s">
-        <v>2214</v>
+        <v>1967</v>
       </c>
       <c r="J255" s="2">
-        <v>5632135552</v>
+        <v>9524472345</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>1811</v>
+        <v>1968</v>
       </c>
       <c r="L255" s="2" t="s">
-        <v>2462</v>
+        <v>1967</v>
       </c>
       <c r="M255" s="2">
-        <v>5632135552</v>
+        <v>9524472345</v>
       </c>
     </row>
     <row r="256" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A256" s="2" t="s">
-        <v>260</v>
+        <v>1842</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>834</v>
+        <v>1843</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>834</v>
+        <v>1844</v>
       </c>
       <c r="D256" s="2" t="s">
-        <v>1387</v>
+        <v>1845</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>37</v>
+      </c>
+      <c r="G256" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H256" s="2" t="s">
-        <v>1811</v>
+        <v>1846</v>
       </c>
       <c r="I256" s="2" t="s">
-        <v>2214</v>
+        <v>1504</v>
       </c>
       <c r="J256" s="2">
-        <v>5632135552</v>
+        <v>6123323000</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>1811</v>
+        <v>1505</v>
       </c>
       <c r="L256" s="2" t="s">
-        <v>2214</v>
+        <v>1727</v>
       </c>
       <c r="M256" s="2">
-        <v>5632135552</v>
+        <v>6123372608</v>
       </c>
     </row>
     <row r="257" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A257" s="2" t="s">
-        <v>263</v>
+        <v>2407</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>837</v>
-[...3 lines deleted...]
-      </c>
+        <v>2408</v>
+      </c>
+      <c r="C257" s="2"/>
       <c r="D257" s="2" t="s">
-        <v>1387</v>
+        <v>2409</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>37</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H257" s="2" t="s">
-        <v>1814</v>
+        <v>2410</v>
       </c>
       <c r="I257" s="2" t="s">
-        <v>2214</v>
+        <v>2411</v>
       </c>
       <c r="J257" s="2">
-        <v>5635992980</v>
+        <v>3193387600</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>1811</v>
+        <v>1946</v>
       </c>
       <c r="L257" s="2" t="s">
-        <v>2462</v>
+        <v>1947</v>
       </c>
       <c r="M257" s="2">
-        <v>5632135552</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="258" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A258" s="2" t="s">
-        <v>251</v>
+        <v>1851</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>825</v>
-[...1 lines deleted...]
-      <c r="C258" s="2"/>
+        <v>1852</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>1852</v>
+      </c>
       <c r="D258" s="2" t="s">
-        <v>1387</v>
+        <v>1853</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>37</v>
+      </c>
+      <c r="G258" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H258" s="2" t="s">
-        <v>1804</v>
+        <v>1556</v>
       </c>
       <c r="I258" s="2" t="s">
-        <v>2210</v>
+        <v>1557</v>
       </c>
       <c r="J258" s="2">
-        <v>5635902351</v>
+        <v>5156646268</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>2367</v>
+        <v>1558</v>
       </c>
       <c r="L258" s="2" t="s">
-        <v>2458</v>
+        <v>1559</v>
       </c>
       <c r="M258" s="2">
-        <v>5635577010</v>
+        <v>5155280511</v>
       </c>
     </row>
     <row r="259" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A259" s="2" t="s">
-        <v>258</v>
+        <v>3022</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>832</v>
+        <v>3023</v>
       </c>
       <c r="C259" s="2"/>
       <c r="D259" s="2" t="s">
-        <v>1387</v>
+        <v>3024</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>37</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H259" s="2" t="s">
-        <v>1809</v>
+        <v>3025</v>
       </c>
       <c r="I259" s="2" t="s">
-        <v>2215</v>
+        <v>2523</v>
       </c>
       <c r="J259" s="2">
-        <v>5635577010</v>
+        <v>5155152936</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>2367</v>
+        <v>2524</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>2458</v>
+        <v>2525</v>
       </c>
       <c r="M259" s="2">
-        <v>5635577010</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="260" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A260" s="2" t="s">
-        <v>267</v>
+        <v>3026</v>
       </c>
       <c r="B260" s="4" t="s">
-        <v>841</v>
+        <v>3027</v>
       </c>
       <c r="C260" s="2"/>
       <c r="D260" s="2" t="s">
-        <v>1387</v>
+        <v>3028</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>37</v>
+      </c>
+      <c r="G260" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H260" s="2" t="s">
-        <v>1818</v>
+        <v>3029</v>
       </c>
       <c r="I260" s="2" t="s">
-        <v>2220</v>
+        <v>2523</v>
       </c>
       <c r="J260" s="2">
-        <v>5635577010</v>
+        <v>5152462936</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>2367</v>
+        <v>2524</v>
       </c>
       <c r="L260" s="2" t="s">
-        <v>2464</v>
+        <v>2525</v>
       </c>
       <c r="M260" s="2">
-        <v>5635577010</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="261" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A261" s="2" t="s">
-        <v>268</v>
+        <v>1281</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>842</v>
+        <v>1282</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>1232</v>
+        <v>1283</v>
       </c>
       <c r="D261" s="2" t="s">
-        <v>1387</v>
+        <v>1284</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>37</v>
+      </c>
+      <c r="G261" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H261" s="2" t="s">
-        <v>1819</v>
+        <v>1285</v>
       </c>
       <c r="I261" s="2" t="s">
-        <v>2220</v>
+        <v>691</v>
       </c>
       <c r="J261" s="2">
-        <v>5635577010</v>
+        <v>5153145481</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>2367</v>
+        <v>692</v>
       </c>
       <c r="L261" s="2" t="s">
-        <v>2458</v>
+        <v>691</v>
       </c>
       <c r="M261" s="2">
-        <v>5635577010</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="262" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A262" s="2" t="s">
-        <v>255</v>
+        <v>1898</v>
       </c>
       <c r="B262" s="4" t="s">
-        <v>829</v>
+        <v>1899</v>
       </c>
       <c r="C262" s="2"/>
       <c r="D262" s="2" t="s">
-        <v>1387</v>
+        <v>1900</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>1494</v>
+        <v>70</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>37</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H262" s="2" t="s">
-        <v>1806</v>
+        <v>1901</v>
       </c>
       <c r="I262" s="2" t="s">
-        <v>2212</v>
+        <v>1902</v>
       </c>
       <c r="J262" s="2">
-        <v>8476777206</v>
+        <v>5154718506</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>2368</v>
+        <v>1903</v>
       </c>
       <c r="L262" s="2" t="s">
-        <v>2460</v>
+        <v>1904</v>
       </c>
       <c r="M262" s="2">
-        <v>5156896047</v>
+        <v>5152882424</v>
       </c>
     </row>
     <row r="263" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A263" s="2" t="s">
-        <v>264</v>
+        <v>2470</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>838</v>
+        <v>2471</v>
       </c>
       <c r="C263" s="2"/>
       <c r="D263" s="2" t="s">
-        <v>1387</v>
+        <v>2472</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>52</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H263" s="2" t="s">
-        <v>1815</v>
+        <v>2473</v>
       </c>
       <c r="I263" s="2" t="s">
-        <v>2113</v>
+        <v>2474</v>
       </c>
       <c r="J263" s="2">
-        <v>4143954980</v>
+        <v>6083540900</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>2321</v>
+        <v>2475</v>
       </c>
       <c r="L263" s="2" t="s">
-        <v>2408</v>
+        <v>2474</v>
       </c>
       <c r="M263" s="2">
-        <v>4143954455</v>
+        <v>6083540900</v>
       </c>
     </row>
     <row r="264" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A264" s="2" t="s">
-        <v>266</v>
+        <v>2476</v>
       </c>
       <c r="B264" s="4" t="s">
-        <v>840</v>
+        <v>2477</v>
       </c>
       <c r="C264" s="2"/>
       <c r="D264" s="2" t="s">
-        <v>1387</v>
+        <v>2478</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>52</v>
+      </c>
+      <c r="G264" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H264" s="2" t="s">
-        <v>1817</v>
+        <v>2479</v>
       </c>
       <c r="I264" s="2" t="s">
-        <v>2103</v>
+        <v>2474</v>
       </c>
       <c r="J264" s="2">
-        <v>9524472345</v>
+        <v>6083540900</v>
       </c>
       <c r="K264" s="2" t="s">
-        <v>2312</v>
+        <v>2475</v>
       </c>
       <c r="L264" s="2" t="s">
-        <v>2103</v>
+        <v>2474</v>
       </c>
       <c r="M264" s="2">
-        <v>9524472345</v>
+        <v>6083540900</v>
       </c>
     </row>
     <row r="265" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A265" s="2" t="s">
-        <v>247</v>
+        <v>1310</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>821</v>
+        <v>1311</v>
       </c>
       <c r="C265" s="2"/>
       <c r="D265" s="2" t="s">
-        <v>1387</v>
+        <v>1312</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>52</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H265" s="2" t="s">
-        <v>1801</v>
+        <v>1313</v>
       </c>
       <c r="I265" s="2" t="s">
-        <v>2161</v>
+        <v>1314</v>
       </c>
       <c r="J265" s="2">
-        <v>5635562921</v>
+        <v>5635902351</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>2348</v>
+        <v>1315</v>
       </c>
       <c r="L265" s="2" t="s">
-        <v>2209</v>
+        <v>1316</v>
       </c>
       <c r="M265" s="2">
-        <v>6083540900</v>
+        <v>5635577010</v>
       </c>
     </row>
     <row r="266" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A266" s="2" t="s">
-        <v>248</v>
+        <v>719</v>
       </c>
       <c r="B266" s="4" t="s">
-        <v>822</v>
-[...1 lines deleted...]
-      <c r="C266" s="2"/>
+        <v>720</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>720</v>
+      </c>
       <c r="D266" s="2" t="s">
-        <v>1387</v>
+        <v>721</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>52</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H266" s="2" t="s">
-        <v>1802</v>
+        <v>722</v>
       </c>
       <c r="I266" s="2" t="s">
-        <v>2209</v>
+        <v>723</v>
       </c>
       <c r="J266" s="2">
-        <v>6083540900</v>
+        <v>5635994077</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>2348</v>
+        <v>722</v>
       </c>
       <c r="L266" s="2" t="s">
-        <v>2209</v>
+        <v>724</v>
       </c>
       <c r="M266" s="2">
-        <v>6083540900</v>
+        <v>5635994077</v>
       </c>
     </row>
     <row r="267" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A267" s="2" t="s">
-        <v>249</v>
+        <v>2045</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>823</v>
+        <v>2046</v>
       </c>
       <c r="C267" s="2"/>
       <c r="D267" s="2" t="s">
-        <v>1387</v>
+        <v>2047</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>52</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H267" s="2" t="s">
-        <v>1803</v>
+        <v>2048</v>
       </c>
       <c r="I267" s="2" t="s">
-        <v>2209</v>
+        <v>2049</v>
       </c>
       <c r="J267" s="2">
-        <v>6083540900</v>
+        <v>7735076856</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>2348</v>
+        <v>2050</v>
       </c>
       <c r="L267" s="2" t="s">
-        <v>2209</v>
+        <v>2051</v>
       </c>
       <c r="M267" s="2">
-        <v>6083540900</v>
+        <v>8472636200</v>
       </c>
     </row>
     <row r="268" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A268" s="2" t="s">
-        <v>250</v>
+        <v>2644</v>
       </c>
       <c r="B268" s="4" t="s">
-        <v>824</v>
+        <v>2645</v>
       </c>
       <c r="C268" s="2"/>
       <c r="D268" s="2" t="s">
-        <v>1387</v>
+        <v>2646</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>52</v>
+      </c>
+      <c r="G268" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H268" s="2" t="s">
-        <v>1801</v>
+        <v>2647</v>
       </c>
       <c r="I268" s="2" t="s">
-        <v>2161</v>
+        <v>2648</v>
       </c>
       <c r="J268" s="2">
-        <v>5635562921</v>
+        <v>3125309600</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>2348</v>
+        <v>2649</v>
       </c>
       <c r="L268" s="2" t="s">
-        <v>2209</v>
+        <v>2650</v>
       </c>
       <c r="M268" s="2">
-        <v>6083540900</v>
+        <v>3125309600</v>
       </c>
     </row>
     <row r="269" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A269" s="2" t="s">
-        <v>252</v>
+        <v>768</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>826</v>
+        <v>769</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>1230</v>
+        <v>769</v>
       </c>
       <c r="D269" s="2" t="s">
-        <v>1387</v>
+        <v>770</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>52</v>
+      </c>
+      <c r="G269" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H269" s="2" t="s">
-        <v>1618</v>
+        <v>771</v>
       </c>
       <c r="I269" s="2" t="s">
-        <v>2128</v>
+        <v>772</v>
       </c>
       <c r="J269" s="2">
-        <v>3193631403</v>
+        <v>5632135552</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>1618</v>
+        <v>773</v>
       </c>
       <c r="L269" s="2" t="s">
-        <v>2414</v>
+        <v>774</v>
       </c>
       <c r="M269" s="2">
-        <v>3193631403</v>
+        <v>5632135552</v>
       </c>
     </row>
     <row r="270" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A270" s="2" t="s">
-        <v>256</v>
+        <v>1524</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>830</v>
+        <v>1525</v>
       </c>
       <c r="C270" s="2"/>
       <c r="D270" s="2" t="s">
-        <v>1387</v>
+        <v>1526</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>52</v>
+      </c>
+      <c r="G270" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H270" s="2" t="s">
-        <v>1807</v>
+        <v>1527</v>
       </c>
       <c r="I270" s="2" t="s">
-        <v>2213</v>
+        <v>1528</v>
       </c>
       <c r="J270" s="2">
-        <v>3125309600</v>
+        <v>5635577010</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>2369</v>
+        <v>1315</v>
       </c>
       <c r="L270" s="2" t="s">
-        <v>2461</v>
+        <v>1316</v>
       </c>
       <c r="M270" s="2">
-        <v>3125309600</v>
+        <v>5635577010</v>
       </c>
     </row>
     <row r="271" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A271" s="2" t="s">
-        <v>259</v>
+        <v>2731</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>833</v>
+        <v>2732</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>1231</v>
+        <v>2733</v>
       </c>
       <c r="D271" s="2" t="s">
-        <v>1387</v>
+        <v>2734</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>52</v>
+      </c>
+      <c r="G271" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H271" s="2" t="s">
-        <v>1810</v>
+        <v>2735</v>
       </c>
       <c r="I271" s="2" t="s">
-        <v>2216</v>
+        <v>2736</v>
       </c>
       <c r="J271" s="2">
         <v>5635567560</v>
       </c>
       <c r="K271" s="2" t="s">
-        <v>2319</v>
+        <v>2490</v>
       </c>
       <c r="L271" s="2" t="s">
-        <v>2407</v>
+        <v>2491</v>
       </c>
       <c r="M271" s="2">
         <v>5152254782</v>
       </c>
     </row>
     <row r="272" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A272" s="2" t="s">
-        <v>262</v>
+        <v>883</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="C272" s="2"/>
+        <v>884</v>
+      </c>
+      <c r="C272" s="2" t="s">
+        <v>884</v>
+      </c>
       <c r="D272" s="2" t="s">
-        <v>1387</v>
+        <v>885</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>52</v>
+      </c>
+      <c r="G272" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H272" s="2" t="s">
-        <v>1813</v>
+        <v>773</v>
       </c>
       <c r="I272" s="2" t="s">
-        <v>2218</v>
+        <v>772</v>
       </c>
       <c r="J272" s="2">
-        <v>6083540900</v>
+        <v>5632135552</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>2348</v>
+        <v>773</v>
       </c>
       <c r="L272" s="2" t="s">
-        <v>2209</v>
+        <v>772</v>
       </c>
       <c r="M272" s="2">
-        <v>6083540900</v>
+        <v>5632135552</v>
       </c>
     </row>
     <row r="273" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A273" s="2" t="s">
-        <v>265</v>
+        <v>375</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>839</v>
+        <v>376</v>
       </c>
       <c r="C273" s="2"/>
       <c r="D273" s="2" t="s">
-        <v>1387</v>
+        <v>377</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>1494</v>
+        <v>378</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>52</v>
+      </c>
+      <c r="G273" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H273" s="2" t="s">
-        <v>1816</v>
+        <v>379</v>
       </c>
       <c r="I273" s="2" t="s">
-        <v>2219</v>
+        <v>380</v>
       </c>
       <c r="J273" s="2">
-        <v>9139046747</v>
+        <v>9136713358</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>2370</v>
+        <v>100</v>
       </c>
       <c r="L273" s="2" t="s">
-        <v>2463</v>
+        <v>101</v>
       </c>
       <c r="M273" s="2">
-        <v>3162632215</v>
+        <v>9136713300</v>
       </c>
     </row>
     <row r="274" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A274" s="2" t="s">
-        <v>269</v>
+        <v>2868</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>843</v>
+        <v>2869</v>
       </c>
       <c r="C274" s="2"/>
       <c r="D274" s="2" t="s">
-        <v>1388</v>
+        <v>2870</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>1517</v>
+        <v>378</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>52</v>
+      </c>
+      <c r="G274" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H274" s="2" t="s">
-        <v>1820</v>
+        <v>2871</v>
       </c>
       <c r="I274" s="2" t="s">
-        <v>2221</v>
+        <v>2872</v>
       </c>
       <c r="J274" s="2">
-        <v>5152244442</v>
+        <v>6083540900</v>
       </c>
       <c r="K274" s="2" t="s">
-        <v>2371</v>
+        <v>2475</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>2465</v>
+        <v>2474</v>
       </c>
       <c r="M274" s="2">
-        <v>5152244442</v>
+        <v>6083540900</v>
       </c>
     </row>
     <row r="275" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A275" s="2" t="s">
-        <v>270</v>
+        <v>1122</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>844</v>
-[...1 lines deleted...]
-      <c r="C275" s="2"/>
+        <v>1123</v>
+      </c>
+      <c r="C275" s="2" t="s">
+        <v>1123</v>
+      </c>
       <c r="D275" s="2" t="s">
-        <v>1389</v>
+        <v>1124</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>1518</v>
+        <v>378</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
+      </c>
+      <c r="G275" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H275" s="2" t="s">
-        <v>1821</v>
+        <v>1125</v>
       </c>
       <c r="I275" s="2" t="s">
-        <v>2111</v>
+        <v>772</v>
       </c>
       <c r="J275" s="2">
-        <v>3193387600</v>
+        <v>5635992980</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>2319</v>
+        <v>773</v>
       </c>
       <c r="L275" s="2" t="s">
-        <v>2407</v>
+        <v>774</v>
       </c>
       <c r="M275" s="2">
-        <v>5152254782</v>
+        <v>5632135552</v>
       </c>
     </row>
     <row r="276" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A276" s="2" t="s">
-        <v>271</v>
+        <v>2288</v>
       </c>
       <c r="B276" s="4" t="s">
-        <v>845</v>
+        <v>2289</v>
       </c>
       <c r="C276" s="2"/>
       <c r="D276" s="2" t="s">
-        <v>1390</v>
+        <v>2290</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>1520</v>
+        <v>378</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>52</v>
+      </c>
+      <c r="G276" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H276" s="2" t="s">
-        <v>1822</v>
+        <v>2291</v>
       </c>
       <c r="I276" s="2" t="s">
-        <v>2095</v>
+        <v>2085</v>
       </c>
       <c r="J276" s="2">
-        <v>7122402188</v>
+        <v>4147279902</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>2318</v>
+        <v>2086</v>
       </c>
       <c r="L276" s="2" t="s">
-        <v>2405</v>
+        <v>2087</v>
       </c>
       <c r="M276" s="2">
-        <v>7125805360</v>
+        <v>2628794045</v>
       </c>
     </row>
     <row r="277" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A277" s="2" t="s">
-        <v>272</v>
+        <v>2916</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>846</v>
+        <v>2917</v>
       </c>
       <c r="C277" s="2"/>
       <c r="D277" s="2" t="s">
-        <v>1390</v>
+        <v>2918</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>1520</v>
+        <v>378</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>52</v>
+      </c>
+      <c r="G277" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H277" s="2" t="s">
-        <v>1822</v>
+        <v>2919</v>
       </c>
       <c r="I277" s="2" t="s">
-        <v>2095</v>
+        <v>2767</v>
       </c>
       <c r="J277" s="2">
-        <v>7122402188</v>
+        <v>9139046747</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>2318</v>
+        <v>2768</v>
       </c>
       <c r="L277" s="2" t="s">
-        <v>2405</v>
+        <v>2769</v>
       </c>
       <c r="M277" s="2">
-        <v>7125805360</v>
+        <v>3162632215</v>
       </c>
     </row>
     <row r="278" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A278" s="2" t="s">
-        <v>273</v>
+        <v>2343</v>
       </c>
       <c r="B278" s="4" t="s">
-        <v>847</v>
+        <v>2344</v>
       </c>
       <c r="C278" s="2"/>
       <c r="D278" s="2" t="s">
-        <v>1390</v>
+        <v>2345</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>1520</v>
+        <v>378</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>52</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H278" s="2" t="s">
-        <v>1823</v>
+        <v>2346</v>
       </c>
       <c r="I278" s="2" t="s">
-        <v>2207</v>
+        <v>1967</v>
       </c>
       <c r="J278" s="2">
-        <v>7123604140</v>
+        <v>9524472345</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>2365</v>
+        <v>1968</v>
       </c>
       <c r="L278" s="2" t="s">
-        <v>2456</v>
+        <v>1967</v>
       </c>
       <c r="M278" s="2">
-        <v>7125665186</v>
+        <v>9524472345</v>
       </c>
     </row>
     <row r="279" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A279" s="2" t="s">
-        <v>274</v>
+        <v>1813</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>848</v>
-[...3 lines deleted...]
-      </c>
+        <v>1814</v>
+      </c>
+      <c r="C279" s="2"/>
       <c r="D279" s="2" t="s">
-        <v>1391</v>
+        <v>1815</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>1521</v>
+        <v>378</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>52</v>
+      </c>
+      <c r="G279" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H279" s="2" t="s">
-        <v>1824</v>
+        <v>1816</v>
       </c>
       <c r="I279" s="2" t="s">
-        <v>2095</v>
+        <v>1528</v>
       </c>
       <c r="J279" s="2">
-        <v>7122402188</v>
+        <v>5635577010</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>2318</v>
+        <v>1315</v>
       </c>
       <c r="L279" s="2" t="s">
-        <v>2405</v>
+        <v>1817</v>
       </c>
       <c r="M279" s="2">
-        <v>7125805360</v>
+        <v>5635577010</v>
       </c>
     </row>
     <row r="280" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A280" s="2" t="s">
-        <v>275</v>
+        <v>1854</v>
       </c>
       <c r="B280" s="4" t="s">
-        <v>849</v>
-[...1 lines deleted...]
-      <c r="C280" s="2"/>
+        <v>1855</v>
+      </c>
+      <c r="C280" s="2" t="s">
+        <v>1856</v>
+      </c>
       <c r="D280" s="2" t="s">
-        <v>1392</v>
+        <v>1857</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>1502</v>
+        <v>378</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>52</v>
+      </c>
+      <c r="G280" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H280" s="2" t="s">
-        <v>1682</v>
+        <v>1858</v>
       </c>
       <c r="I280" s="2" t="s">
-        <v>2161</v>
+        <v>1528</v>
       </c>
       <c r="J280" s="2">
-        <v>5635562921</v>
+        <v>5635577010</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>2348</v>
+        <v>1315</v>
       </c>
       <c r="L280" s="2" t="s">
-        <v>2209</v>
+        <v>1316</v>
       </c>
       <c r="M280" s="2">
-        <v>6083540900</v>
+        <v>5635577010</v>
       </c>
     </row>
     <row r="281" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A281" s="2" t="s">
-        <v>276</v>
+        <v>730</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>850</v>
+        <v>731</v>
       </c>
       <c r="C281" s="2"/>
       <c r="D281" s="2" t="s">
-        <v>1393</v>
+        <v>732</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>1503</v>
+        <v>733</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>734</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H281" s="2" t="s">
-        <v>1621</v>
+        <v>735</v>
       </c>
       <c r="I281" s="2" t="s">
-        <v>1621</v>
+        <v>736</v>
       </c>
       <c r="J281" s="2">
-        <v>3194238661</v>
+        <v>5152244442</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>1621</v>
+        <v>737</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>1621</v>
+        <v>738</v>
       </c>
       <c r="M281" s="2">
-        <v>3194238661</v>
+        <v>5152244442</v>
       </c>
     </row>
     <row r="282" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A282" s="2" t="s">
-        <v>280</v>
+        <v>710</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>854</v>
+        <v>711</v>
       </c>
       <c r="C282" s="2"/>
       <c r="D282" s="2" t="s">
-        <v>1394</v>
+        <v>712</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>1522</v>
+        <v>713</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>714</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H282" s="2" t="s">
-        <v>1828</v>
+        <v>715</v>
       </c>
       <c r="I282" s="2" t="s">
-        <v>2223</v>
+        <v>632</v>
       </c>
       <c r="J282" s="2">
-        <v>6412091883</v>
+        <v>7122402188</v>
       </c>
       <c r="K282" s="2" t="s">
-        <v>2349</v>
+        <v>673</v>
       </c>
       <c r="L282" s="2" t="s">
-        <v>2163</v>
+        <v>674</v>
       </c>
       <c r="M282" s="2">
-        <v>6518150665</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="283" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A283" s="2" t="s">
-        <v>277</v>
+        <v>716</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>851</v>
+        <v>717</v>
       </c>
       <c r="C283" s="2"/>
       <c r="D283" s="2" t="s">
-        <v>1394</v>
+        <v>718</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>1522</v>
+        <v>713</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>714</v>
+      </c>
+      <c r="G283" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H283" s="2" t="s">
-        <v>1825</v>
+        <v>715</v>
       </c>
       <c r="I283" s="2" t="s">
-        <v>2095</v>
+        <v>632</v>
       </c>
       <c r="J283" s="2">
         <v>7122402188</v>
       </c>
       <c r="K283" s="2" t="s">
-        <v>2318</v>
+        <v>673</v>
       </c>
       <c r="L283" s="2" t="s">
-        <v>2405</v>
+        <v>674</v>
       </c>
       <c r="M283" s="2">
         <v>7125805360</v>
       </c>
     </row>
     <row r="284" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A284" s="2" t="s">
-        <v>278</v>
+        <v>1089</v>
       </c>
       <c r="B284" s="4" t="s">
-        <v>852</v>
+        <v>1090</v>
       </c>
       <c r="C284" s="2"/>
       <c r="D284" s="2" t="s">
-        <v>1394</v>
+        <v>1091</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>1522</v>
+        <v>713</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>714</v>
+      </c>
+      <c r="G284" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H284" s="2" t="s">
-        <v>1826</v>
+        <v>1092</v>
       </c>
       <c r="I284" s="2" t="s">
-        <v>2095</v>
+        <v>765</v>
       </c>
       <c r="J284" s="2">
-        <v>7122402188</v>
+        <v>7123604140</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>2318</v>
+        <v>766</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>2405</v>
+        <v>767</v>
       </c>
       <c r="M284" s="2">
-        <v>7125805360</v>
+        <v>7125665186</v>
       </c>
     </row>
     <row r="285" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A285" s="2" t="s">
-        <v>281</v>
+        <v>775</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>855</v>
-[...1 lines deleted...]
-      <c r="C285" s="2"/>
+        <v>776</v>
+      </c>
+      <c r="C285" s="2" t="s">
+        <v>777</v>
+      </c>
       <c r="D285" s="2" t="s">
-        <v>1394</v>
+        <v>778</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>1522</v>
+        <v>779</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>780</v>
+      </c>
+      <c r="G285" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H285" s="2" t="s">
-        <v>1829</v>
+        <v>781</v>
       </c>
       <c r="I285" s="2" t="s">
-        <v>2094</v>
+        <v>632</v>
       </c>
       <c r="J285" s="2">
-        <v>5152625965</v>
+        <v>7122402188</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>2305</v>
+        <v>673</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>2398</v>
+        <v>674</v>
       </c>
       <c r="M285" s="2">
-        <v>7122625965</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="286" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A286" s="2" t="s">
-        <v>279</v>
+        <v>2651</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>853</v>
-[...3 lines deleted...]
-      </c>
+        <v>2652</v>
+      </c>
+      <c r="C286" s="2"/>
       <c r="D286" s="2" t="s">
-        <v>1394</v>
+        <v>2653</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1522</v>
+        <v>2654</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>273</v>
+      </c>
+      <c r="G286" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H286" s="2" t="s">
-        <v>1827</v>
+        <v>2511</v>
       </c>
       <c r="I286" s="2" t="s">
-        <v>2222</v>
+        <v>2512</v>
       </c>
       <c r="J286" s="2">
-        <v>6414722851</v>
+        <v>5635562921</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>2319</v>
+        <v>2475</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>2111</v>
+        <v>2474</v>
       </c>
       <c r="M286" s="2">
-        <v>5152254782</v>
+        <v>6083540900</v>
       </c>
     </row>
     <row r="287" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A287" s="2" t="s">
-        <v>282</v>
+        <v>750</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>856</v>
-[...3 lines deleted...]
-      </c>
+        <v>751</v>
+      </c>
+      <c r="C287" s="2"/>
       <c r="D287" s="2" t="s">
-        <v>1394</v>
+        <v>752</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1522</v>
+        <v>363</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>364</v>
+      </c>
+      <c r="G287" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H287" s="2" t="s">
-        <v>1830</v>
+        <v>753</v>
       </c>
       <c r="I287" s="2" t="s">
-        <v>2111</v>
+        <v>632</v>
       </c>
       <c r="J287" s="2">
-        <v>3193387600</v>
+        <v>7122402188</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>2319</v>
+        <v>673</v>
       </c>
       <c r="L287" s="2" t="s">
-        <v>2407</v>
+        <v>674</v>
       </c>
       <c r="M287" s="2">
-        <v>5152254782</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="288" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A288" s="2" t="s">
-        <v>283</v>
+        <v>754</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>857</v>
-[...3 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+      <c r="C288" s="2"/>
       <c r="D288" s="2" t="s">
-        <v>1395</v>
+        <v>756</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1523</v>
+        <v>363</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>364</v>
+      </c>
+      <c r="G288" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H288" s="2" t="s">
-        <v>1655</v>
+        <v>757</v>
       </c>
       <c r="I288" s="2" t="s">
-        <v>2094</v>
+        <v>632</v>
       </c>
       <c r="J288" s="2">
-        <v>5152625965</v>
+        <v>7122402188</v>
       </c>
       <c r="K288" s="2" t="s">
-        <v>2305</v>
+        <v>673</v>
       </c>
       <c r="L288" s="2" t="s">
-        <v>2398</v>
+        <v>674</v>
       </c>
       <c r="M288" s="2">
-        <v>7125805963</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="289" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A289" s="2" t="s">
-        <v>284</v>
+        <v>2716</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>858</v>
-[...1 lines deleted...]
-      <c r="C289" s="2"/>
+        <v>2717</v>
+      </c>
+      <c r="C289" s="2" t="s">
+        <v>2718</v>
+      </c>
       <c r="D289" s="2" t="s">
-        <v>1395</v>
+        <v>2719</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>1523</v>
+        <v>363</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>364</v>
+      </c>
+      <c r="G289" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H289" s="2" t="s">
-        <v>1831</v>
+        <v>2720</v>
       </c>
       <c r="I289" s="2" t="s">
-        <v>2094</v>
+        <v>2721</v>
       </c>
       <c r="J289" s="2">
-        <v>5152625965</v>
+        <v>6414722851</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>2305</v>
+        <v>592</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>2398</v>
-[...2 lines deleted...]
-        <v>7125805963</v>
+        <v>592</v>
+      </c>
+      <c r="M289" s="2" t="s">
+        <v>592</v>
       </c>
     </row>
     <row r="290" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A290" s="2" t="s">
-        <v>285</v>
+        <v>360</v>
       </c>
       <c r="B290" s="4" t="s">
-        <v>859</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="C290" s="2"/>
       <c r="D290" s="2" t="s">
-        <v>1396</v>
+        <v>362</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>1524</v>
+        <v>363</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>364</v>
+      </c>
+      <c r="G290" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H290" s="2" t="s">
-        <v>1832</v>
+        <v>365</v>
       </c>
       <c r="I290" s="2" t="s">
-        <v>2206</v>
+        <v>46</v>
       </c>
       <c r="J290" s="2">
-        <v>3126293141</v>
+        <v>6412091883</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>2364</v>
+        <v>21</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>2454</v>
+        <v>134</v>
       </c>
       <c r="M290" s="2">
-        <v>3126293657</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="291" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A291" s="2" t="s">
-        <v>286</v>
+        <v>2175</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>860</v>
+        <v>2176</v>
       </c>
       <c r="C291" s="2"/>
       <c r="D291" s="2" t="s">
-        <v>1396</v>
+        <v>2177</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>1524</v>
+        <v>363</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>364</v>
+      </c>
+      <c r="G291" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H291" s="2" t="s">
-        <v>1833</v>
+        <v>2178</v>
       </c>
       <c r="I291" s="2" t="s">
-        <v>2224</v>
+        <v>1930</v>
       </c>
       <c r="J291" s="2">
-        <v>5155737751</v>
+        <v>5152625965</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>1833</v>
+        <v>974</v>
       </c>
       <c r="L291" s="2" t="s">
-        <v>2466</v>
+        <v>975</v>
       </c>
       <c r="M291" s="2">
-        <v>5155737751</v>
+        <v>7122625965</v>
       </c>
     </row>
     <row r="292" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A292" s="2" t="s">
-        <v>287</v>
+        <v>2992</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>861</v>
-[...1 lines deleted...]
-      <c r="C292" s="2"/>
+        <v>2993</v>
+      </c>
+      <c r="C292" s="2" t="s">
+        <v>2994</v>
+      </c>
       <c r="D292" s="2" t="s">
-        <v>1396</v>
+        <v>2995</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>1524</v>
+        <v>363</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>364</v>
+      </c>
+      <c r="G292" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H292" s="2" t="s">
-        <v>1833</v>
+        <v>2996</v>
       </c>
       <c r="I292" s="2" t="s">
-        <v>2224</v>
+        <v>2411</v>
       </c>
       <c r="J292" s="2">
-        <v>5155737751</v>
+        <v>3193387600</v>
       </c>
       <c r="K292" s="2" t="s">
-        <v>1833</v>
+        <v>2490</v>
       </c>
       <c r="L292" s="2" t="s">
-        <v>2466</v>
+        <v>2491</v>
       </c>
       <c r="M292" s="2">
-        <v>5155737751</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="293" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A293" s="2" t="s">
-        <v>288</v>
+        <v>2009</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>862</v>
+        <v>2010</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>862</v>
+        <v>2011</v>
       </c>
       <c r="D293" s="2" t="s">
-        <v>1396</v>
+        <v>2012</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1524</v>
+        <v>2013</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>2014</v>
+      </c>
+      <c r="G293" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H293" s="2" t="s">
-        <v>1833</v>
+        <v>2004</v>
       </c>
       <c r="I293" s="2" t="s">
-        <v>2224</v>
+        <v>1930</v>
       </c>
       <c r="J293" s="2">
-        <v>5155737751</v>
+        <v>5152625965</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>1833</v>
+        <v>974</v>
       </c>
       <c r="L293" s="2" t="s">
-        <v>2466</v>
+        <v>975</v>
       </c>
       <c r="M293" s="2">
-        <v>5155737751</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="294" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A294" s="2" t="s">
-        <v>289</v>
+        <v>2432</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>863</v>
+        <v>2433</v>
       </c>
       <c r="C294" s="2"/>
       <c r="D294" s="2" t="s">
-        <v>1396</v>
+        <v>2434</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>1524</v>
+        <v>2013</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>2014</v>
+      </c>
+      <c r="G294" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H294" s="2" t="s">
-        <v>1834</v>
+        <v>2435</v>
       </c>
       <c r="I294" s="2" t="s">
-        <v>2225</v>
+        <v>1930</v>
       </c>
       <c r="J294" s="2">
-        <v>6412091883</v>
+        <v>5152625965</v>
       </c>
       <c r="K294" s="2" t="s">
-        <v>2349</v>
+        <v>974</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>2163</v>
+        <v>975</v>
       </c>
       <c r="M294" s="2">
-        <v>6518150665</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="295" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A295" s="2" t="s">
-        <v>290</v>
+        <v>109</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>864</v>
-[...1 lines deleted...]
-      <c r="C295" s="2"/>
+        <v>110</v>
+      </c>
+      <c r="C295" s="2" t="s">
+        <v>111</v>
+      </c>
       <c r="D295" s="2" t="s">
-        <v>1396</v>
+        <v>112</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>1524</v>
+        <v>113</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>114</v>
+      </c>
+      <c r="G295" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H295" s="2" t="s">
-        <v>1833</v>
+        <v>115</v>
       </c>
       <c r="I295" s="2" t="s">
-        <v>2224</v>
+        <v>116</v>
       </c>
       <c r="J295" s="2">
-        <v>5155737751</v>
+        <v>3126293141</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>1833</v>
+        <v>117</v>
       </c>
       <c r="L295" s="2" t="s">
-        <v>2466</v>
+        <v>118</v>
       </c>
       <c r="M295" s="2">
-        <v>5155737751</v>
+        <v>3126293657</v>
       </c>
     </row>
     <row r="296" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A296" s="2" t="s">
-        <v>291</v>
+        <v>211</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>865</v>
+        <v>212</v>
       </c>
       <c r="C296" s="2"/>
       <c r="D296" s="2" t="s">
-        <v>1396</v>
+        <v>213</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>1524</v>
+        <v>113</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>114</v>
+      </c>
+      <c r="G296" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H296" s="2" t="s">
-        <v>1833</v>
+        <v>214</v>
       </c>
       <c r="I296" s="2" t="s">
-        <v>2224</v>
+        <v>215</v>
       </c>
       <c r="J296" s="2">
         <v>5155737751</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>1833</v>
+        <v>214</v>
       </c>
       <c r="L296" s="2" t="s">
-        <v>2466</v>
+        <v>216</v>
       </c>
       <c r="M296" s="2">
         <v>5155737751</v>
       </c>
     </row>
     <row r="297" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A297" s="2" t="s">
-        <v>292</v>
+        <v>217</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>866</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="C297" s="2"/>
       <c r="D297" s="2" t="s">
-        <v>1396</v>
+        <v>219</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>1524</v>
+        <v>113</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>114</v>
+      </c>
+      <c r="G297" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H297" s="2" t="s">
-        <v>1835</v>
+        <v>214</v>
       </c>
       <c r="I297" s="2" t="s">
-        <v>2134</v>
+        <v>215</v>
       </c>
       <c r="J297" s="2">
-        <v>6515231252</v>
+        <v>5155737751</v>
       </c>
       <c r="K297" s="2" t="s">
-        <v>1833</v>
+        <v>214</v>
       </c>
       <c r="L297" s="2" t="s">
-        <v>2467</v>
+        <v>216</v>
       </c>
       <c r="M297" s="2">
-        <v>5155766615</v>
+        <v>5155737751</v>
       </c>
     </row>
     <row r="298" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A298" s="2" t="s">
-        <v>293</v>
+        <v>251</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>867</v>
-[...1 lines deleted...]
-      <c r="C298" s="2"/>
+        <v>252</v>
+      </c>
+      <c r="C298" s="2" t="s">
+        <v>252</v>
+      </c>
       <c r="D298" s="2" t="s">
-        <v>1396</v>
+        <v>253</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>1524</v>
+        <v>113</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>114</v>
+      </c>
+      <c r="G298" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H298" s="2" t="s">
-        <v>1836</v>
+        <v>214</v>
       </c>
       <c r="I298" s="2" t="s">
-        <v>2212</v>
+        <v>215</v>
       </c>
       <c r="J298" s="2">
-        <v>8476777206</v>
+        <v>5155737751</v>
       </c>
       <c r="K298" s="2" t="s">
-        <v>2368</v>
+        <v>214</v>
       </c>
       <c r="L298" s="2" t="s">
-        <v>2460</v>
+        <v>216</v>
       </c>
       <c r="M298" s="2">
-        <v>5156896047</v>
+        <v>5155737751</v>
       </c>
     </row>
     <row r="299" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A299" s="2" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>868</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="C299" s="2"/>
       <c r="D299" s="2" t="s">
-        <v>1397</v>
+        <v>306</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>1516</v>
+        <v>113</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>114</v>
+      </c>
+      <c r="G299" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H299" s="2" t="s">
-        <v>1837</v>
+        <v>307</v>
       </c>
       <c r="I299" s="2" t="s">
-        <v>1837</v>
+        <v>308</v>
       </c>
       <c r="J299" s="2">
-        <v>3194708711</v>
+        <v>6412091883</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>2372</v>
+        <v>21</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>2468</v>
+        <v>134</v>
       </c>
       <c r="M299" s="2">
-        <v>3193727700</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="300" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A300" s="2" t="s">
-        <v>295</v>
+        <v>434</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>869</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="C300" s="2"/>
       <c r="D300" s="2" t="s">
-        <v>1397</v>
+        <v>436</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>1516</v>
+        <v>113</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>114</v>
+      </c>
+      <c r="G300" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H300" s="2" t="s">
-        <v>1838</v>
+        <v>214</v>
       </c>
       <c r="I300" s="2" t="s">
-        <v>1838</v>
+        <v>215</v>
       </c>
       <c r="J300" s="2">
-        <v>3195200086</v>
+        <v>5155737751</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>2372</v>
+        <v>214</v>
       </c>
       <c r="L300" s="2" t="s">
-        <v>2468</v>
+        <v>216</v>
       </c>
       <c r="M300" s="2">
-        <v>3193727700</v>
+        <v>5155737751</v>
       </c>
     </row>
     <row r="301" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A301" s="2" t="s">
-        <v>296</v>
+        <v>437</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>870</v>
-[...3 lines deleted...]
-      </c>
+        <v>438</v>
+      </c>
+      <c r="C301" s="2"/>
       <c r="D301" s="2" t="s">
-        <v>1397</v>
+        <v>439</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>1516</v>
+        <v>113</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>114</v>
+      </c>
+      <c r="G301" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H301" s="2" t="s">
-        <v>1839</v>
+        <v>214</v>
       </c>
       <c r="I301" s="2" t="s">
-        <v>2226</v>
+        <v>215</v>
       </c>
       <c r="J301" s="2">
-        <v>2279275070</v>
+        <v>5155737751</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>2327</v>
+        <v>214</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>2412</v>
+        <v>216</v>
       </c>
       <c r="M301" s="2">
-        <v>4023337373</v>
+        <v>5155737751</v>
       </c>
     </row>
     <row r="302" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A302" s="2" t="s">
-        <v>297</v>
+        <v>2960</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>871</v>
+        <v>2961</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>1242</v>
+        <v>2962</v>
       </c>
       <c r="D302" s="2" t="s">
-        <v>1397</v>
+        <v>2963</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>1516</v>
+        <v>113</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>114</v>
+      </c>
+      <c r="G302" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H302" s="2" t="s">
-        <v>1840</v>
+        <v>2964</v>
       </c>
       <c r="I302" s="2" t="s">
-        <v>2111</v>
+        <v>2553</v>
       </c>
       <c r="J302" s="2">
-        <v>3193387600</v>
+        <v>6518593565</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>2319</v>
+        <v>2498</v>
       </c>
       <c r="L302" s="2" t="s">
-        <v>2407</v>
+        <v>2965</v>
       </c>
       <c r="M302" s="2">
-        <v>5152254782</v>
+        <v>5072855082</v>
       </c>
     </row>
     <row r="303" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A303" s="2" t="s">
-        <v>298</v>
+        <v>2401</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>872</v>
-[...3 lines deleted...]
-      </c>
+        <v>2402</v>
+      </c>
+      <c r="C303" s="2"/>
       <c r="D303" s="2" t="s">
-        <v>1397</v>
+        <v>2403</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>1516</v>
+        <v>113</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>114</v>
+      </c>
+      <c r="G303" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H303" s="2" t="s">
-        <v>1841</v>
+        <v>2404</v>
       </c>
       <c r="I303" s="2" t="s">
-        <v>2111</v>
+        <v>2049</v>
       </c>
       <c r="J303" s="2">
-        <v>3193387600</v>
+        <v>8476777206</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>2319</v>
+        <v>2405</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>2407</v>
+        <v>2406</v>
       </c>
       <c r="M303" s="2">
-        <v>5152254782</v>
+        <v>3128425500</v>
       </c>
     </row>
     <row r="304" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A304" s="2" t="s">
-        <v>300</v>
+        <v>618</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>874</v>
-[...1 lines deleted...]
-      <c r="C304" s="2"/>
+        <v>619</v>
+      </c>
+      <c r="C304" s="2" t="s">
+        <v>620</v>
+      </c>
       <c r="D304" s="2" t="s">
-        <v>1398</v>
+        <v>621</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>1492</v>
+        <v>622</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>321</v>
+      </c>
+      <c r="G304" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H304" s="2" t="s">
-        <v>1843</v>
+        <v>623</v>
       </c>
       <c r="I304" s="2" t="s">
-        <v>2099</v>
+        <v>623</v>
       </c>
       <c r="J304" s="2">
-        <v>5139641140</v>
+        <v>3195200086</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>2309</v>
+        <v>624</v>
       </c>
       <c r="L304" s="2" t="s">
-        <v>2400</v>
+        <v>625</v>
       </c>
       <c r="M304" s="2">
-        <v>8166820100</v>
+        <v>3193727700</v>
       </c>
     </row>
     <row r="305" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A305" s="2" t="s">
-        <v>301</v>
+        <v>1940</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>875</v>
-[...1 lines deleted...]
-      <c r="C305" s="2"/>
+        <v>1941</v>
+      </c>
+      <c r="C305" s="2" t="s">
+        <v>1942</v>
+      </c>
       <c r="D305" s="2" t="s">
-        <v>1398</v>
+        <v>1943</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>1492</v>
+        <v>622</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>321</v>
+      </c>
+      <c r="G305" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H305" s="2" t="s">
-        <v>1844</v>
+        <v>1944</v>
       </c>
       <c r="I305" s="2" t="s">
-        <v>2181</v>
+        <v>1945</v>
       </c>
       <c r="J305" s="2">
-        <v>5152802035</v>
+        <v>2279275070</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>2356</v>
+        <v>1946</v>
       </c>
       <c r="L305" s="2" t="s">
-        <v>2445</v>
+        <v>1947</v>
       </c>
       <c r="M305" s="2">
-        <v>5152216699</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="306" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A306" s="2" t="s">
-        <v>302</v>
+        <v>2616</v>
       </c>
       <c r="B306" s="4" t="s">
-        <v>876</v>
-[...1 lines deleted...]
-      <c r="C306" s="2"/>
+        <v>2617</v>
+      </c>
+      <c r="C306" s="2" t="s">
+        <v>2618</v>
+      </c>
       <c r="D306" s="2" t="s">
-        <v>1398</v>
+        <v>2619</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>1492</v>
+        <v>622</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>321</v>
+      </c>
+      <c r="G306" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H306" s="2" t="s">
-        <v>1845</v>
+        <v>2620</v>
       </c>
       <c r="I306" s="2" t="s">
-        <v>2112</v>
+        <v>2411</v>
       </c>
       <c r="J306" s="2">
-        <v>6083487755</v>
+        <v>3193387600</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>2320</v>
+        <v>2490</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>2116</v>
+        <v>2491</v>
       </c>
       <c r="M306" s="2">
-        <v>6083487755</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="307" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A307" s="2" t="s">
-        <v>299</v>
+        <v>2621</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>873</v>
-[...1 lines deleted...]
-      <c r="C307" s="2"/>
+        <v>2622</v>
+      </c>
+      <c r="C307" s="2" t="s">
+        <v>2623</v>
+      </c>
       <c r="D307" s="2" t="s">
-        <v>1398</v>
+        <v>2619</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>1492</v>
+        <v>622</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>321</v>
+      </c>
+      <c r="G307" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H307" s="2" t="s">
-        <v>1842</v>
+        <v>2624</v>
       </c>
       <c r="I307" s="2" t="s">
-        <v>2098</v>
+        <v>2411</v>
       </c>
       <c r="J307" s="2">
-        <v>5156898593</v>
+        <v>3193387600</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>2308</v>
+        <v>2490</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>2098</v>
+        <v>2491</v>
       </c>
       <c r="M307" s="2">
-        <v>5156898593</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="308" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A308" s="2" t="s">
-        <v>303</v>
+        <v>1507</v>
       </c>
       <c r="B308" s="4" t="s">
-        <v>877</v>
+        <v>1508</v>
       </c>
       <c r="C308" s="2"/>
       <c r="D308" s="2" t="s">
-        <v>1398</v>
+        <v>1509</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>1492</v>
+        <v>326</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>37</v>
+      </c>
+      <c r="G308" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H308" s="2" t="s">
-        <v>1846</v>
+        <v>1510</v>
       </c>
       <c r="I308" s="2" t="s">
-        <v>2198</v>
+        <v>1340</v>
       </c>
       <c r="J308" s="2">
-        <v>5155549773</v>
+        <v>5156898593</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>2362</v>
+        <v>1341</v>
       </c>
       <c r="L308" s="2" t="s">
-        <v>2450</v>
+        <v>1340</v>
       </c>
       <c r="M308" s="2">
-        <v>5158224750</v>
+        <v>5156898593</v>
       </c>
     </row>
     <row r="309" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A309" s="2" t="s">
-        <v>304</v>
+        <v>323</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>878</v>
+        <v>324</v>
       </c>
       <c r="C309" s="2"/>
       <c r="D309" s="2" t="s">
-        <v>1399</v>
+        <v>325</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>1525</v>
+        <v>326</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>37</v>
+      </c>
+      <c r="G309" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H309" s="2" t="s">
-        <v>1847</v>
+        <v>327</v>
       </c>
       <c r="I309" s="2" t="s">
-        <v>2181</v>
+        <v>29</v>
       </c>
       <c r="J309" s="2">
-        <v>5152802035</v>
+        <v>5139641140</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>2356</v>
+        <v>30</v>
       </c>
       <c r="L309" s="2" t="s">
-        <v>2445</v>
+        <v>31</v>
       </c>
       <c r="M309" s="2">
-        <v>5152216699</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="310" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A310" s="2" t="s">
-        <v>305</v>
+        <v>403</v>
       </c>
       <c r="B310" s="4" t="s">
-        <v>879</v>
-[...3 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="C310" s="2"/>
       <c r="D310" s="2" t="s">
-        <v>1399</v>
+        <v>405</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>1525</v>
+        <v>326</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>37</v>
+      </c>
+      <c r="G310" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H310" s="2" t="s">
-        <v>1848</v>
+        <v>406</v>
       </c>
       <c r="I310" s="2" t="s">
-        <v>2227</v>
+        <v>83</v>
       </c>
       <c r="J310" s="2">
-        <v>4024881666</v>
+        <v>5152802035</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>2373</v>
+        <v>84</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>2469</v>
+        <v>85</v>
       </c>
       <c r="M310" s="2">
-        <v>4024881666</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="311" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A311" s="2" t="s">
-        <v>306</v>
+        <v>1225</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>1226</v>
+      </c>
+      <c r="C311" s="2"/>
       <c r="D311" s="2" t="s">
-        <v>1400</v>
+        <v>1227</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>1526</v>
+        <v>326</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>37</v>
+      </c>
+      <c r="G311" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H311" s="2" t="s">
-        <v>1849</v>
+        <v>1228</v>
       </c>
       <c r="I311" s="2" t="s">
-        <v>2109</v>
+        <v>641</v>
       </c>
       <c r="J311" s="2">
-        <v>2627904560</v>
+        <v>6083487755</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>2317</v>
+        <v>642</v>
       </c>
       <c r="L311" s="2" t="s">
-        <v>2109</v>
+        <v>643</v>
       </c>
       <c r="M311" s="2">
-        <v>2627904560</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="312" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A312" s="2" t="s">
-        <v>307</v>
+        <v>2378</v>
       </c>
       <c r="B312" s="4" t="s">
-        <v>881</v>
+        <v>2379</v>
       </c>
       <c r="C312" s="2"/>
       <c r="D312" s="2" t="s">
-        <v>1401</v>
+        <v>2380</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>1527</v>
+        <v>326</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>37</v>
+      </c>
+      <c r="G312" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H312" s="2" t="s">
-        <v>1850</v>
+        <v>2381</v>
       </c>
       <c r="I312" s="2" t="s">
-        <v>2228</v>
+        <v>2073</v>
       </c>
       <c r="J312" s="2">
-        <v>8166862416</v>
+        <v>5155549773</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>2374</v>
+        <v>2074</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>2470</v>
+        <v>2075</v>
       </c>
       <c r="M312" s="2">
-        <v>4023410892</v>
+        <v>5158224750</v>
       </c>
     </row>
     <row r="313" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A313" s="2" t="s">
-        <v>308</v>
+        <v>490</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>882</v>
+        <v>491</v>
       </c>
       <c r="C313" s="2"/>
       <c r="D313" s="2" t="s">
-        <v>1401</v>
+        <v>492</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>1527</v>
+        <v>493</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>494</v>
+      </c>
+      <c r="G313" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H313" s="2" t="s">
-        <v>1851</v>
+        <v>495</v>
       </c>
       <c r="I313" s="2" t="s">
-        <v>2229</v>
+        <v>83</v>
       </c>
       <c r="J313" s="2">
-        <v>5152380023</v>
+        <v>5152802035</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>2375</v>
+        <v>84</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>2229</v>
+        <v>85</v>
       </c>
       <c r="M313" s="2">
-        <v>5152380023</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="314" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A314" s="2" t="s">
-        <v>310</v>
+        <v>2947</v>
       </c>
       <c r="B314" s="4" t="s">
-        <v>884</v>
-[...1 lines deleted...]
-      <c r="C314" s="2"/>
+        <v>2948</v>
+      </c>
+      <c r="C314" s="2" t="s">
+        <v>2949</v>
+      </c>
       <c r="D314" s="2" t="s">
-        <v>1402</v>
+        <v>2950</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>1528</v>
+        <v>493</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>494</v>
+      </c>
+      <c r="G314" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H314" s="2" t="s">
-        <v>1853</v>
+        <v>2951</v>
       </c>
       <c r="I314" s="2" t="s">
-        <v>2095</v>
+        <v>2934</v>
       </c>
       <c r="J314" s="2">
-        <v>7122402188</v>
+        <v>7853711663</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>2318</v>
+        <v>2768</v>
       </c>
       <c r="L314" s="2" t="s">
-        <v>2405</v>
+        <v>2769</v>
       </c>
       <c r="M314" s="2">
-        <v>7125805360</v>
+        <v>3162632215</v>
       </c>
     </row>
     <row r="315" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A315" s="2" t="s">
-        <v>309</v>
+        <v>3008</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>883</v>
+        <v>3009</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>1246</v>
+        <v>3010</v>
       </c>
       <c r="D315" s="2" t="s">
-        <v>1402</v>
+        <v>3011</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>1528</v>
+        <v>493</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>494</v>
+      </c>
+      <c r="G315" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H315" s="2" t="s">
-        <v>1852</v>
+        <v>3012</v>
       </c>
       <c r="I315" s="2" t="s">
-        <v>2094</v>
+        <v>2845</v>
       </c>
       <c r="J315" s="2">
-        <v>5152625965</v>
+        <v>4024881666</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>2305</v>
+        <v>2846</v>
       </c>
       <c r="L315" s="2" t="s">
-        <v>2398</v>
+        <v>2847</v>
       </c>
       <c r="M315" s="2">
-        <v>7125805963</v>
+        <v>4024881666</v>
       </c>
     </row>
     <row r="316" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A316" s="2" t="s">
-        <v>311</v>
+        <v>1669</v>
       </c>
       <c r="B316" s="4" t="s">
-        <v>885</v>
+        <v>1670</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>1247</v>
+        <v>1671</v>
       </c>
       <c r="D316" s="2" t="s">
-        <v>1403</v>
+        <v>1672</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>1529</v>
+        <v>1673</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>1674</v>
+      </c>
+      <c r="G316" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H316" s="2" t="s">
-        <v>1854</v>
+        <v>1675</v>
       </c>
       <c r="I316" s="2" t="s">
-        <v>2094</v>
+        <v>1326</v>
       </c>
       <c r="J316" s="2">
-        <v>5152625965</v>
+        <v>2627904560</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>2305</v>
+        <v>1327</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>2398</v>
+        <v>1326</v>
       </c>
       <c r="M316" s="2">
-        <v>7125805963</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="317" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A317" s="2" t="s">
-        <v>312</v>
+        <v>1986</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>886</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="C317" s="2"/>
       <c r="D317" s="2" t="s">
-        <v>1404</v>
+        <v>1988</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>1529</v>
+        <v>1989</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>1990</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H317" s="2" t="s">
-        <v>1855</v>
+        <v>1991</v>
       </c>
       <c r="I317" s="2" t="s">
-        <v>2230</v>
+        <v>1992</v>
       </c>
       <c r="J317" s="2">
-        <v>4024343344</v>
+        <v>8166862416</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>2376</v>
+        <v>1913</v>
       </c>
       <c r="L317" s="2" t="s">
-        <v>2471</v>
+        <v>1914</v>
       </c>
       <c r="M317" s="2">
-        <v>4024343344</v>
+        <v>4023410892</v>
       </c>
     </row>
     <row r="318" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A318" s="2" t="s">
-        <v>314</v>
+        <v>2638</v>
       </c>
       <c r="B318" s="4" t="s">
-        <v>888</v>
-[...3 lines deleted...]
-      </c>
+        <v>2639</v>
+      </c>
+      <c r="C318" s="2"/>
       <c r="D318" s="2" t="s">
-        <v>1405</v>
+        <v>2640</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>1530</v>
+        <v>1989</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>1990</v>
+      </c>
+      <c r="G318" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H318" s="2" t="s">
-        <v>1857</v>
+        <v>2641</v>
       </c>
       <c r="I318" s="2" t="s">
-        <v>2163</v>
+        <v>2642</v>
       </c>
       <c r="J318" s="2">
-        <v>6518150665</v>
+        <v>5152380023</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>2349</v>
+        <v>2643</v>
       </c>
       <c r="L318" s="2" t="s">
-        <v>2435</v>
+        <v>2642</v>
       </c>
       <c r="M318" s="2">
-        <v>6512090531</v>
+        <v>5152380023</v>
       </c>
     </row>
     <row r="319" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A319" s="2" t="s">
-        <v>313</v>
+        <v>2093</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>887</v>
-[...1 lines deleted...]
-      <c r="C319" s="2"/>
+        <v>2094</v>
+      </c>
+      <c r="C319" s="2" t="s">
+        <v>2095</v>
+      </c>
       <c r="D319" s="2" t="s">
-        <v>1405</v>
+        <v>2096</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>1530</v>
+        <v>909</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>910</v>
+      </c>
+      <c r="G319" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H319" s="2" t="s">
-        <v>1856</v>
+        <v>2097</v>
       </c>
       <c r="I319" s="2" t="s">
-        <v>2095</v>
+        <v>1930</v>
       </c>
       <c r="J319" s="2">
-        <v>7122402188</v>
+        <v>5152625965</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>2318</v>
+        <v>974</v>
       </c>
       <c r="L319" s="2" t="s">
-        <v>2405</v>
+        <v>975</v>
       </c>
       <c r="M319" s="2">
-        <v>7125805360</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="320" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A320" s="2" t="s">
-        <v>315</v>
+        <v>906</v>
       </c>
       <c r="B320" s="4" t="s">
-        <v>889</v>
-[...3 lines deleted...]
-      </c>
+        <v>907</v>
+      </c>
+      <c r="C320" s="2"/>
       <c r="D320" s="2" t="s">
-        <v>1405</v>
+        <v>908</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>1530</v>
+        <v>909</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>910</v>
+      </c>
+      <c r="G320" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H320" s="2" t="s">
-        <v>1858</v>
+        <v>911</v>
       </c>
       <c r="I320" s="2" t="s">
-        <v>2094</v>
+        <v>632</v>
       </c>
       <c r="J320" s="2">
-        <v>5152625965</v>
+        <v>7122402188</v>
       </c>
       <c r="K320" s="2" t="s">
-        <v>2305</v>
+        <v>673</v>
       </c>
       <c r="L320" s="2" t="s">
-        <v>2398</v>
+        <v>674</v>
       </c>
       <c r="M320" s="2">
-        <v>7125805963</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="321" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A321" s="2" t="s">
-        <v>316</v>
+        <v>2151</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>890</v>
+        <v>2152</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>1251</v>
+        <v>2153</v>
       </c>
       <c r="D321" s="2" t="s">
-        <v>1406</v>
+        <v>2154</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>1531</v>
+        <v>2155</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>259</v>
+      </c>
+      <c r="G321" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H321" s="2" t="s">
-        <v>1859</v>
+        <v>2156</v>
       </c>
       <c r="I321" s="2" t="s">
-        <v>2111</v>
+        <v>1930</v>
       </c>
       <c r="J321" s="2">
-        <v>3193387600</v>
+        <v>5152625965</v>
       </c>
       <c r="K321" s="2" t="s">
-        <v>2319</v>
+        <v>974</v>
       </c>
       <c r="L321" s="2" t="s">
-        <v>2407</v>
+        <v>975</v>
       </c>
       <c r="M321" s="2">
-        <v>5152254782</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="322" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A322" s="2" t="s">
-        <v>317</v>
+        <v>254</v>
       </c>
       <c r="B322" s="4" t="s">
-        <v>891</v>
+        <v>255</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>1252</v>
+        <v>256</v>
       </c>
       <c r="D322" s="2" t="s">
-        <v>1407</v>
+        <v>257</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>1532</v>
+        <v>258</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>259</v>
+      </c>
+      <c r="G322" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H322" s="2" t="s">
-        <v>1860</v>
+        <v>260</v>
       </c>
       <c r="I322" s="2" t="s">
-        <v>2130</v>
+        <v>261</v>
       </c>
       <c r="J322" s="2">
-        <v>6107687732</v>
+        <v>4024343344</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>2329</v>
+        <v>262</v>
       </c>
       <c r="L322" s="2" t="s">
-        <v>2472</v>
+        <v>263</v>
       </c>
       <c r="M322" s="2">
-        <v>6143963200</v>
+        <v>4024343344</v>
       </c>
     </row>
     <row r="323" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A323" s="2" t="s">
-        <v>329</v>
+        <v>669</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>903</v>
+        <v>670</v>
       </c>
       <c r="C323" s="2"/>
       <c r="D323" s="2" t="s">
-        <v>1408</v>
+        <v>671</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>1511</v>
+        <v>313</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>314</v>
+      </c>
+      <c r="G323" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H323" s="2" t="s">
-        <v>1870</v>
+        <v>672</v>
       </c>
       <c r="I323" s="2" t="s">
-        <v>2235</v>
+        <v>632</v>
       </c>
       <c r="J323" s="2">
-        <v>7633545518</v>
+        <v>7122402188</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>2344</v>
+        <v>673</v>
       </c>
       <c r="L323" s="2" t="s">
-        <v>2432</v>
+        <v>674</v>
       </c>
       <c r="M323" s="2">
-        <v>7633545518</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="324" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A324" s="2" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="B324" s="4" t="s">
-        <v>892</v>
+        <v>310</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>1253</v>
+        <v>311</v>
       </c>
       <c r="D324" s="2" t="s">
-        <v>1408</v>
+        <v>312</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>1511</v>
+        <v>313</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>1567</v>
-[...1 lines deleted...]
-      <c r="G324" s="2">
+        <v>314</v>
+      </c>
+      <c r="G324" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H324" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="I324" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="J324" s="2">
+        <v>6518150665</v>
+      </c>
+      <c r="K324" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="L324" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="H324" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M324" s="2">
-        <v>3193589212</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="325" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A325" s="2" t="s">
-        <v>319</v>
+        <v>2115</v>
       </c>
       <c r="B325" s="4" t="s">
-        <v>893</v>
-[...1 lines deleted...]
-      <c r="C325" s="2"/>
+        <v>2116</v>
+      </c>
+      <c r="C325" s="2" t="s">
+        <v>2117</v>
+      </c>
       <c r="D325" s="2" t="s">
-        <v>1408</v>
+        <v>2118</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>1511</v>
+        <v>313</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>314</v>
+      </c>
+      <c r="G325" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H325" s="2" t="s">
-        <v>1862</v>
+        <v>2119</v>
       </c>
       <c r="I325" s="2" t="s">
-        <v>2231</v>
+        <v>1930</v>
       </c>
       <c r="J325" s="2">
-        <v>3193589212</v>
+        <v>5152625965</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>1873</v>
+        <v>974</v>
       </c>
       <c r="L325" s="2" t="s">
-        <v>2473</v>
+        <v>975</v>
       </c>
       <c r="M325" s="2">
-        <v>3193589212</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="326" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A326" s="2" t="s">
-        <v>321</v>
+        <v>2756</v>
       </c>
       <c r="B326" s="4" t="s">
-        <v>895</v>
+        <v>2757</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>1255</v>
+        <v>2758</v>
       </c>
       <c r="D326" s="2" t="s">
-        <v>1408</v>
+        <v>2759</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>1511</v>
+        <v>2760</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>2761</v>
+      </c>
+      <c r="G326" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H326" s="2" t="s">
-        <v>1864</v>
+        <v>2762</v>
       </c>
       <c r="I326" s="2" t="s">
-        <v>2232</v>
+        <v>2411</v>
       </c>
       <c r="J326" s="2">
-        <v>3193589212</v>
+        <v>3193387600</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>1873</v>
+        <v>2490</v>
       </c>
       <c r="L326" s="2" t="s">
-        <v>2232</v>
+        <v>2491</v>
       </c>
       <c r="M326" s="2">
-        <v>3193589212</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="327" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A327" s="2" t="s">
-        <v>322</v>
+        <v>1875</v>
       </c>
       <c r="B327" s="4" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="C327" s="2"/>
+        <v>1876</v>
+      </c>
+      <c r="C327" s="2" t="s">
+        <v>1877</v>
+      </c>
       <c r="D327" s="2" t="s">
-        <v>1408</v>
+        <v>1878</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>1511</v>
+        <v>1879</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>90</v>
+      </c>
+      <c r="G327" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H327" s="2" t="s">
-        <v>322</v>
+        <v>1880</v>
       </c>
       <c r="I327" s="2" t="s">
-        <v>2231</v>
+        <v>1297</v>
       </c>
       <c r="J327" s="2">
-        <v>3193589212</v>
+        <v>6107687732</v>
       </c>
       <c r="K327" s="2" t="s">
-        <v>1873</v>
+        <v>1292</v>
       </c>
       <c r="L327" s="2" t="s">
-        <v>2231</v>
+        <v>1881</v>
       </c>
       <c r="M327" s="2">
-        <v>3193589212</v>
+        <v>6143963200</v>
       </c>
     </row>
     <row r="328" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A328" s="2" t="s">
-        <v>323</v>
+        <v>1915</v>
       </c>
       <c r="B328" s="4" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="C328" s="2"/>
+        <v>1916</v>
+      </c>
+      <c r="C328" s="2" t="s">
+        <v>1917</v>
+      </c>
       <c r="D328" s="2" t="s">
-        <v>1408</v>
+        <v>1918</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>1010</v>
+      </c>
+      <c r="G328" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H328" s="2" t="s">
-        <v>1806</v>
+        <v>1919</v>
       </c>
       <c r="I328" s="2" t="s">
-        <v>2212</v>
+        <v>1920</v>
       </c>
       <c r="J328" s="2">
-        <v>8476777206</v>
+        <v>3193589212</v>
       </c>
       <c r="K328" s="2" t="s">
-        <v>2368</v>
+        <v>1921</v>
       </c>
       <c r="L328" s="2" t="s">
-        <v>2460</v>
+        <v>1922</v>
       </c>
       <c r="M328" s="2">
-        <v>5156896047</v>
+        <v>3193589212</v>
       </c>
     </row>
     <row r="329" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A329" s="2" t="s">
-        <v>325</v>
+        <v>1936</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>899</v>
-[...3 lines deleted...]
-      </c>
+        <v>1937</v>
+      </c>
+      <c r="C329" s="2"/>
       <c r="D329" s="2" t="s">
-        <v>1408</v>
+        <v>1938</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1010</v>
+      </c>
+      <c r="G329" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H329" s="2" t="s">
-        <v>1866</v>
+        <v>1939</v>
       </c>
       <c r="I329" s="2" t="s">
-        <v>2233</v>
+        <v>1920</v>
       </c>
       <c r="J329" s="2">
-        <v>3193385416</v>
+        <v>3193589212</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>1866</v>
+        <v>1921</v>
       </c>
       <c r="L329" s="2" t="s">
-        <v>2233</v>
+        <v>1922</v>
       </c>
       <c r="M329" s="2">
-        <v>3193385416</v>
+        <v>3193589212</v>
       </c>
     </row>
     <row r="330" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A330" s="2" t="s">
-        <v>328</v>
+        <v>2567</v>
       </c>
       <c r="B330" s="4" t="s">
-        <v>902</v>
-[...1 lines deleted...]
-      <c r="C330" s="2"/>
+        <v>2568</v>
+      </c>
+      <c r="C330" s="2" t="s">
+        <v>2569</v>
+      </c>
       <c r="D330" s="2" t="s">
-        <v>1408</v>
+        <v>2570</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>1010</v>
+      </c>
+      <c r="G330" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H330" s="2" t="s">
-        <v>1869</v>
+        <v>2571</v>
       </c>
       <c r="I330" s="2" t="s">
-        <v>2137</v>
+        <v>2411</v>
       </c>
       <c r="J330" s="2">
-        <v>3202023100</v>
+        <v>3193387600</v>
       </c>
       <c r="K330" s="2" t="s">
-        <v>2331</v>
+        <v>2490</v>
       </c>
       <c r="L330" s="2" t="s">
-        <v>2417</v>
+        <v>2491</v>
       </c>
       <c r="M330" s="2">
-        <v>3202023100</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="331" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A331" s="2" t="s">
-        <v>332</v>
+        <v>2029</v>
       </c>
       <c r="B331" s="4" t="s">
-        <v>906</v>
+        <v>2030</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>1259</v>
+        <v>2031</v>
       </c>
       <c r="D331" s="2" t="s">
-        <v>1408</v>
+        <v>2032</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>1010</v>
+      </c>
+      <c r="G331" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H331" s="2" t="s">
-        <v>1866</v>
+        <v>2033</v>
       </c>
       <c r="I331" s="2" t="s">
-        <v>2233</v>
+        <v>1920</v>
       </c>
       <c r="J331" s="2">
-        <v>3193385416</v>
+        <v>3193589212</v>
       </c>
       <c r="K331" s="2" t="s">
-        <v>1866</v>
+        <v>1921</v>
       </c>
       <c r="L331" s="2" t="s">
-        <v>2233</v>
+        <v>1922</v>
       </c>
       <c r="M331" s="2">
-        <v>3193385416</v>
+        <v>3193589212</v>
       </c>
     </row>
     <row r="332" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A332" s="2" t="s">
-        <v>333</v>
+        <v>2042</v>
       </c>
       <c r="B332" s="4" t="s">
-        <v>907</v>
-[...3 lines deleted...]
-      </c>
+        <v>2043</v>
+      </c>
+      <c r="C332" s="2"/>
       <c r="D332" s="2" t="s">
-        <v>1408</v>
+        <v>2044</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1010</v>
+      </c>
+      <c r="G332" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H332" s="2" t="s">
-        <v>1873</v>
+        <v>2042</v>
       </c>
       <c r="I332" s="2" t="s">
-        <v>2231</v>
+        <v>1920</v>
       </c>
       <c r="J332" s="2">
         <v>3193589212</v>
       </c>
       <c r="K332" s="2" t="s">
-        <v>1873</v>
+        <v>1921</v>
       </c>
       <c r="L332" s="2" t="s">
-        <v>2473</v>
+        <v>1920</v>
       </c>
       <c r="M332" s="2">
         <v>3193589212</v>
       </c>
     </row>
     <row r="333" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A333" s="2" t="s">
-        <v>334</v>
+        <v>2052</v>
       </c>
       <c r="B333" s="4" t="s">
-        <v>908</v>
-[...3 lines deleted...]
-      </c>
+        <v>2053</v>
+      </c>
+      <c r="C333" s="2"/>
       <c r="D333" s="2" t="s">
-        <v>1408</v>
+        <v>2054</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>1010</v>
+      </c>
+      <c r="G333" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H333" s="2" t="s">
-        <v>1873</v>
+        <v>2055</v>
       </c>
       <c r="I333" s="2" t="s">
-        <v>2232</v>
+        <v>2049</v>
       </c>
       <c r="J333" s="2">
-        <v>3193589212</v>
+        <v>7735076856</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>1873</v>
+        <v>2050</v>
       </c>
       <c r="L333" s="2" t="s">
-        <v>2232</v>
+        <v>2051</v>
       </c>
       <c r="M333" s="2">
-        <v>3193589212</v>
+        <v>8472636200</v>
       </c>
     </row>
     <row r="334" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A334" s="2" t="s">
-        <v>335</v>
+        <v>2634</v>
       </c>
       <c r="B334" s="4" t="s">
-        <v>909</v>
-[...3 lines deleted...]
-      </c>
+        <v>2635</v>
+      </c>
+      <c r="C334" s="2"/>
       <c r="D334" s="2" t="s">
-        <v>1408</v>
+        <v>2636</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1010</v>
+      </c>
+      <c r="G334" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H334" s="2" t="s">
-        <v>1873</v>
+        <v>2637</v>
       </c>
       <c r="I334" s="2" t="s">
-        <v>2232</v>
+        <v>2411</v>
       </c>
       <c r="J334" s="2">
-        <v>3193589212</v>
+        <v>3193387600</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>1873</v>
+        <v>2490</v>
       </c>
       <c r="L334" s="2" t="s">
-        <v>2232</v>
+        <v>2491</v>
       </c>
       <c r="M334" s="2">
-        <v>3193589212</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="335" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A335" s="2" t="s">
-        <v>336</v>
+        <v>2064</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>910</v>
+        <v>2065</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>910</v>
+        <v>2065</v>
       </c>
       <c r="D335" s="2" t="s">
-        <v>1408</v>
+        <v>2066</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>1010</v>
+      </c>
+      <c r="G335" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H335" s="2" t="s">
-        <v>1873</v>
+        <v>2067</v>
       </c>
       <c r="I335" s="2" t="s">
-        <v>2232</v>
+        <v>2068</v>
       </c>
       <c r="J335" s="2">
-        <v>3193589212</v>
+        <v>3193385416</v>
       </c>
       <c r="K335" s="2" t="s">
-        <v>1873</v>
+        <v>2067</v>
       </c>
       <c r="L335" s="2" t="s">
-        <v>2232</v>
+        <v>2068</v>
       </c>
       <c r="M335" s="2">
-        <v>3193589212</v>
+        <v>3193385416</v>
       </c>
     </row>
     <row r="336" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A336" s="2" t="s">
-        <v>337</v>
+        <v>2751</v>
       </c>
       <c r="B336" s="4" t="s">
-        <v>911</v>
+        <v>2752</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>911</v>
+        <v>2753</v>
       </c>
       <c r="D336" s="2" t="s">
-        <v>1408</v>
+        <v>2754</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>1010</v>
+      </c>
+      <c r="G336" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H336" s="2" t="s">
-        <v>1873</v>
+        <v>2755</v>
       </c>
       <c r="I336" s="2" t="s">
-        <v>2232</v>
+        <v>2411</v>
       </c>
       <c r="J336" s="2">
-        <v>3193589212</v>
+        <v>3193387600</v>
       </c>
       <c r="K336" s="2" t="s">
-        <v>1873</v>
+        <v>2490</v>
       </c>
       <c r="L336" s="2" t="s">
-        <v>2232</v>
+        <v>2491</v>
       </c>
       <c r="M336" s="2">
-        <v>3193589212</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="337" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A337" s="2" t="s">
-        <v>338</v>
+        <v>2770</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>912</v>
+        <v>2771</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>1260</v>
+        <v>2772</v>
       </c>
       <c r="D337" s="2" t="s">
-        <v>1408</v>
+        <v>2773</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>1010</v>
+      </c>
+      <c r="G337" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H337" s="2" t="s">
-        <v>1874</v>
+        <v>2774</v>
       </c>
       <c r="I337" s="2" t="s">
-        <v>2232</v>
+        <v>2775</v>
       </c>
       <c r="J337" s="2">
-        <v>3193589212</v>
+        <v>3197439525</v>
       </c>
       <c r="K337" s="2" t="s">
-        <v>1873</v>
+        <v>2490</v>
       </c>
       <c r="L337" s="2" t="s">
-        <v>2232</v>
+        <v>2491</v>
       </c>
       <c r="M337" s="2">
-        <v>3193589212</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="338" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A338" s="2" t="s">
-        <v>320</v>
+        <v>2171</v>
       </c>
       <c r="B338" s="4" t="s">
-        <v>894</v>
-[...3 lines deleted...]
-      </c>
+        <v>2172</v>
+      </c>
+      <c r="C338" s="2"/>
       <c r="D338" s="2" t="s">
-        <v>1408</v>
+        <v>2173</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>1010</v>
+      </c>
+      <c r="G338" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H338" s="2" t="s">
-        <v>1863</v>
+        <v>2174</v>
       </c>
       <c r="I338" s="2" t="s">
-        <v>2111</v>
+        <v>2028</v>
       </c>
       <c r="J338" s="2">
-        <v>3193387600</v>
+        <v>3202023100</v>
       </c>
       <c r="K338" s="2" t="s">
-        <v>2319</v>
+        <v>2022</v>
       </c>
       <c r="L338" s="2" t="s">
-        <v>2407</v>
+        <v>2023</v>
       </c>
       <c r="M338" s="2">
-        <v>5152254782</v>
+        <v>3202023100</v>
       </c>
     </row>
     <row r="339" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A339" s="2" t="s">
-        <v>324</v>
+        <v>1676</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>898</v>
+        <v>1677</v>
       </c>
       <c r="C339" s="2"/>
       <c r="D339" s="2" t="s">
-        <v>1408</v>
+        <v>1678</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>1010</v>
+      </c>
+      <c r="G339" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H339" s="2" t="s">
-        <v>1865</v>
+        <v>1680</v>
       </c>
       <c r="I339" s="2" t="s">
-        <v>2111</v>
+        <v>1681</v>
       </c>
       <c r="J339" s="2">
-        <v>3193387600</v>
+        <v>7633545518</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>2319</v>
+        <v>1371</v>
       </c>
       <c r="L339" s="2" t="s">
-        <v>2407</v>
+        <v>1372</v>
       </c>
       <c r="M339" s="2">
-        <v>5152254782</v>
+        <v>7633545518</v>
       </c>
     </row>
     <row r="340" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A340" s="2" t="s">
-        <v>326</v>
+        <v>2841</v>
       </c>
       <c r="B340" s="4" t="s">
-        <v>900</v>
-[...3 lines deleted...]
-      </c>
+        <v>2842</v>
+      </c>
+      <c r="C340" s="2"/>
       <c r="D340" s="2" t="s">
-        <v>1408</v>
+        <v>2843</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>1010</v>
+      </c>
+      <c r="G340" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H340" s="2" t="s">
-        <v>1867</v>
+        <v>2844</v>
       </c>
       <c r="I340" s="2" t="s">
-        <v>2111</v>
+        <v>2845</v>
       </c>
       <c r="J340" s="2">
-        <v>3193387600</v>
+        <v>4024881666</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>2319</v>
+        <v>2846</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>2407</v>
+        <v>2847</v>
       </c>
       <c r="M340" s="2">
-        <v>5152254782</v>
+        <v>4024881666</v>
       </c>
     </row>
     <row r="341" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A341" s="2" t="s">
-        <v>327</v>
+        <v>2848</v>
       </c>
       <c r="B341" s="4" t="s">
-        <v>901</v>
+        <v>2849</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>1257</v>
+        <v>2850</v>
       </c>
       <c r="D341" s="2" t="s">
-        <v>1408</v>
+        <v>2851</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1010</v>
+      </c>
+      <c r="G341" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H341" s="2" t="s">
-        <v>1868</v>
+        <v>2852</v>
       </c>
       <c r="I341" s="2" t="s">
-        <v>2234</v>
+        <v>2845</v>
       </c>
       <c r="J341" s="2">
-        <v>3197439525</v>
+        <v>4024881666</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>2319</v>
+        <v>2846</v>
       </c>
       <c r="L341" s="2" t="s">
-        <v>2407</v>
+        <v>2847</v>
       </c>
       <c r="M341" s="2">
-        <v>5152254782</v>
+        <v>4024881666</v>
       </c>
     </row>
     <row r="342" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A342" s="2" t="s">
-        <v>330</v>
+        <v>2247</v>
       </c>
       <c r="B342" s="4" t="s">
-        <v>904</v>
-[...1 lines deleted...]
-      <c r="C342" s="2"/>
+        <v>2248</v>
+      </c>
+      <c r="C342" s="2" t="s">
+        <v>2249</v>
+      </c>
       <c r="D342" s="2" t="s">
-        <v>1408</v>
+        <v>2250</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>1010</v>
+      </c>
+      <c r="G342" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H342" s="2" t="s">
-        <v>1871</v>
+        <v>2067</v>
       </c>
       <c r="I342" s="2" t="s">
-        <v>2227</v>
+        <v>2068</v>
       </c>
       <c r="J342" s="2">
-        <v>4024881666</v>
+        <v>3193385416</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>2373</v>
+        <v>2067</v>
       </c>
       <c r="L342" s="2" t="s">
-        <v>2469</v>
+        <v>2068</v>
       </c>
       <c r="M342" s="2">
-        <v>4024881666</v>
+        <v>3193385416</v>
       </c>
     </row>
     <row r="343" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A343" s="2" t="s">
-        <v>331</v>
+        <v>2318</v>
       </c>
       <c r="B343" s="4" t="s">
-        <v>905</v>
+        <v>2319</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>1258</v>
+        <v>2319</v>
       </c>
       <c r="D343" s="2" t="s">
-        <v>1408</v>
+        <v>2320</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>1511</v>
+        <v>1679</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>1010</v>
+      </c>
+      <c r="G343" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H343" s="2" t="s">
-        <v>1872</v>
+        <v>1921</v>
       </c>
       <c r="I343" s="2" t="s">
-        <v>2227</v>
+        <v>1920</v>
       </c>
       <c r="J343" s="2">
-        <v>4024881666</v>
+        <v>3193589212</v>
       </c>
       <c r="K343" s="2" t="s">
-        <v>2373</v>
+        <v>1921</v>
       </c>
       <c r="L343" s="2" t="s">
-        <v>2469</v>
+        <v>1922</v>
       </c>
       <c r="M343" s="2">
-        <v>4024881666</v>
+        <v>3193589212</v>
       </c>
     </row>
     <row r="344" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A344" s="2" t="s">
-        <v>339</v>
+        <v>2321</v>
       </c>
       <c r="B344" s="4" t="s">
-        <v>913</v>
-[...1 lines deleted...]
-      <c r="C344" s="2"/>
+        <v>2322</v>
+      </c>
+      <c r="C344" s="2" t="s">
+        <v>2322</v>
+      </c>
       <c r="D344" s="2" t="s">
-        <v>1409</v>
+        <v>2323</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>1519</v>
+        <v>1679</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1010</v>
+      </c>
+      <c r="G344" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H344" s="2" t="s">
-        <v>1875</v>
+        <v>1921</v>
       </c>
       <c r="I344" s="2" t="s">
-        <v>2236</v>
+        <v>1920</v>
       </c>
       <c r="J344" s="2">
-        <v>5152231113</v>
+        <v>3193589212</v>
       </c>
       <c r="K344" s="2" t="s">
-        <v>2318</v>
+        <v>1921</v>
       </c>
       <c r="L344" s="2" t="s">
-        <v>2405</v>
+        <v>1922</v>
       </c>
       <c r="M344" s="2">
-        <v>7125805360</v>
+        <v>3193589212</v>
       </c>
     </row>
     <row r="345" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A345" s="2" t="s">
-        <v>340</v>
+        <v>2324</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>914</v>
-[...1 lines deleted...]
-      <c r="C345" s="2"/>
+        <v>2325</v>
+      </c>
+      <c r="C345" s="2" t="s">
+        <v>2325</v>
+      </c>
       <c r="D345" s="2" t="s">
-        <v>1409</v>
+        <v>2326</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>1519</v>
+        <v>1679</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>1010</v>
+      </c>
+      <c r="G345" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H345" s="2" t="s">
-        <v>1875</v>
+        <v>1921</v>
       </c>
       <c r="I345" s="2" t="s">
-        <v>2236</v>
+        <v>1920</v>
       </c>
       <c r="J345" s="2">
-        <v>5152231113</v>
+        <v>3193589212</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>2318</v>
+        <v>1921</v>
       </c>
       <c r="L345" s="2" t="s">
-        <v>2405</v>
+        <v>1922</v>
       </c>
       <c r="M345" s="2">
-        <v>7125805360</v>
+        <v>3193589212</v>
       </c>
     </row>
     <row r="346" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A346" s="2" t="s">
-        <v>341</v>
+        <v>2327</v>
       </c>
       <c r="B346" s="4" t="s">
-        <v>915</v>
+        <v>2328</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>1261</v>
+        <v>2328</v>
       </c>
       <c r="D346" s="2" t="s">
-        <v>1409</v>
+        <v>2329</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>1519</v>
+        <v>1679</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>1010</v>
+      </c>
+      <c r="G346" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H346" s="2" t="s">
-        <v>1876</v>
+        <v>1921</v>
       </c>
       <c r="I346" s="2" t="s">
-        <v>2109</v>
+        <v>1920</v>
       </c>
       <c r="J346" s="2">
-        <v>2627904560</v>
+        <v>3193589212</v>
       </c>
       <c r="K346" s="2" t="s">
-        <v>2317</v>
+        <v>1921</v>
       </c>
       <c r="L346" s="2" t="s">
-        <v>2109</v>
+        <v>1922</v>
       </c>
       <c r="M346" s="2">
-        <v>2627904560</v>
+        <v>3193589212</v>
       </c>
     </row>
     <row r="347" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A347" s="2" t="s">
-        <v>342</v>
+        <v>2370</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>916</v>
-[...1 lines deleted...]
-      <c r="C347" s="2"/>
+        <v>2371</v>
+      </c>
+      <c r="C347" s="2" t="s">
+        <v>2371</v>
+      </c>
       <c r="D347" s="2" t="s">
-        <v>1410</v>
+        <v>2372</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>1533</v>
+        <v>1679</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1010</v>
+      </c>
+      <c r="G347" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H347" s="2" t="s">
-        <v>1877</v>
+        <v>1921</v>
       </c>
       <c r="I347" s="2" t="s">
-        <v>2125</v>
+        <v>1920</v>
       </c>
       <c r="J347" s="2">
-        <v>2165201250</v>
+        <v>3193589212</v>
       </c>
       <c r="K347" s="2" t="s">
-        <v>2326</v>
+        <v>1921</v>
       </c>
       <c r="L347" s="2" t="s">
-        <v>2411</v>
+        <v>1922</v>
       </c>
       <c r="M347" s="2">
-        <v>2165201250</v>
+        <v>3193589212</v>
       </c>
     </row>
     <row r="348" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A348" s="2" t="s">
-        <v>343</v>
+        <v>2427</v>
       </c>
       <c r="B348" s="4" t="s">
-        <v>917</v>
-[...1 lines deleted...]
-      <c r="C348" s="2"/>
+        <v>2428</v>
+      </c>
+      <c r="C348" s="2" t="s">
+        <v>2429</v>
+      </c>
       <c r="D348" s="2" t="s">
-        <v>1410</v>
+        <v>2430</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>1533</v>
+        <v>1679</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>1010</v>
+      </c>
+      <c r="G348" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H348" s="2" t="s">
-        <v>1878</v>
+        <v>2431</v>
       </c>
       <c r="I348" s="2" t="s">
-        <v>2237</v>
+        <v>1920</v>
       </c>
       <c r="J348" s="2">
-        <v>5153137306</v>
+        <v>3193589212</v>
       </c>
       <c r="K348" s="2" t="s">
-        <v>2304</v>
+        <v>1921</v>
       </c>
       <c r="L348" s="2" t="s">
-        <v>2095</v>
+        <v>1922</v>
       </c>
       <c r="M348" s="2">
-        <v>7125804968</v>
+        <v>3193589212</v>
       </c>
     </row>
     <row r="349" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A349" s="2" t="s">
-        <v>344</v>
+        <v>923</v>
       </c>
       <c r="B349" s="4" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="C349" s="2"/>
       <c r="D349" s="2" t="s">
-        <v>1411</v>
+        <v>925</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1492</v>
+        <v>926</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>927</v>
+      </c>
+      <c r="G349" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H349" s="2" t="s">
-        <v>1879</v>
+        <v>928</v>
       </c>
       <c r="I349" s="2" t="s">
-        <v>2238</v>
+        <v>786</v>
       </c>
       <c r="J349" s="2">
-        <v>6088242292</v>
+        <v>5152231113</v>
       </c>
       <c r="K349" s="2" t="s">
-        <v>2356</v>
+        <v>673</v>
       </c>
       <c r="L349" s="2" t="s">
-        <v>2445</v>
+        <v>674</v>
       </c>
       <c r="M349" s="2">
-        <v>5152216699</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="350" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A350" s="2" t="s">
-        <v>345</v>
+        <v>929</v>
       </c>
       <c r="B350" s="4" t="s">
-        <v>919</v>
+        <v>930</v>
       </c>
       <c r="C350" s="2"/>
       <c r="D350" s="2" t="s">
-        <v>1411</v>
+        <v>931</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1492</v>
+        <v>926</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>927</v>
+      </c>
+      <c r="G350" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H350" s="2" t="s">
-        <v>1880</v>
+        <v>928</v>
       </c>
       <c r="I350" s="2" t="s">
-        <v>2181</v>
+        <v>786</v>
       </c>
       <c r="J350" s="2">
-        <v>5152802035</v>
+        <v>5152231113</v>
       </c>
       <c r="K350" s="2" t="s">
-        <v>2356</v>
+        <v>673</v>
       </c>
       <c r="L350" s="2" t="s">
-        <v>2445</v>
+        <v>674</v>
       </c>
       <c r="M350" s="2">
-        <v>5152216699</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="351" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A351" s="2" t="s">
-        <v>346</v>
+        <v>1682</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>920</v>
-[...1 lines deleted...]
-      <c r="C351" s="2"/>
+        <v>1683</v>
+      </c>
+      <c r="C351" s="2" t="s">
+        <v>1684</v>
+      </c>
       <c r="D351" s="2" t="s">
-        <v>1411</v>
+        <v>1685</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1492</v>
+        <v>926</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>927</v>
+      </c>
+      <c r="G351" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H351" s="2" t="s">
-        <v>1881</v>
+        <v>1686</v>
       </c>
       <c r="I351" s="2" t="s">
-        <v>2130</v>
+        <v>1326</v>
       </c>
       <c r="J351" s="2">
-        <v>6107687732</v>
+        <v>2627904560</v>
       </c>
       <c r="K351" s="2" t="s">
-        <v>2329</v>
+        <v>1327</v>
       </c>
       <c r="L351" s="2" t="s">
-        <v>2129</v>
+        <v>1326</v>
       </c>
       <c r="M351" s="2">
-        <v>6143963200</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="352" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A352" s="2" t="s">
-        <v>347</v>
+        <v>555</v>
       </c>
       <c r="B352" s="4" t="s">
-        <v>921</v>
+        <v>556</v>
       </c>
       <c r="C352" s="2"/>
       <c r="D352" s="2" t="s">
-        <v>1411</v>
+        <v>557</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>1492</v>
+        <v>558</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>559</v>
+      </c>
+      <c r="G352" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H352" s="2" t="s">
-        <v>1882</v>
-[...2 lines deleted...]
-      <c r="J352" s="2"/>
+        <v>560</v>
+      </c>
+      <c r="I352" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="J352" s="2">
+        <v>2165201250</v>
+      </c>
       <c r="K352" s="2" t="s">
-        <v>2329</v>
+        <v>466</v>
       </c>
       <c r="L352" s="2" t="s">
-        <v>2129</v>
+        <v>467</v>
       </c>
       <c r="M352" s="2">
-        <v>6143963200</v>
+        <v>2165201250</v>
       </c>
     </row>
     <row r="353" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A353" s="2" t="s">
-        <v>350</v>
+        <v>1271</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>924</v>
-[...3 lines deleted...]
-      </c>
+        <v>1272</v>
+      </c>
+      <c r="C353" s="2"/>
       <c r="D353" s="2" t="s">
-        <v>1412</v>
+        <v>1273</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>1516</v>
+        <v>558</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>559</v>
+      </c>
+      <c r="G353" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H353" s="2" t="s">
-        <v>1885</v>
+        <v>1274</v>
       </c>
       <c r="I353" s="2" t="s">
-        <v>2099</v>
+        <v>634</v>
       </c>
       <c r="J353" s="2">
-        <v>5139641140</v>
+        <v>5153137306</v>
       </c>
       <c r="K353" s="2" t="s">
-        <v>2309</v>
+        <v>633</v>
       </c>
       <c r="L353" s="2" t="s">
-        <v>2400</v>
+        <v>632</v>
       </c>
       <c r="M353" s="2">
-        <v>8166820100</v>
+        <v>7125804968</v>
       </c>
     </row>
     <row r="354" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A354" s="2" t="s">
-        <v>352</v>
+        <v>32</v>
       </c>
       <c r="B354" s="4" t="s">
-        <v>926</v>
-[...1 lines deleted...]
-      <c r="C354" s="2"/>
+        <v>33</v>
+      </c>
+      <c r="C354" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="D354" s="2" t="s">
-        <v>1412</v>
+        <v>35</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>1516</v>
+        <v>36</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>37</v>
+      </c>
+      <c r="G354" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H354" s="2" t="s">
-        <v>1887</v>
+        <v>38</v>
       </c>
       <c r="I354" s="2" t="s">
-        <v>2112</v>
+        <v>39</v>
       </c>
       <c r="J354" s="2">
-        <v>6083487755</v>
+        <v>5139641140</v>
       </c>
       <c r="K354" s="2" t="s">
-        <v>2320</v>
+        <v>30</v>
       </c>
       <c r="L354" s="2" t="s">
-        <v>2116</v>
+        <v>31</v>
       </c>
       <c r="M354" s="2">
-        <v>6083487755</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="355" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A355" s="2" t="s">
-        <v>351</v>
+        <v>153</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>925</v>
+        <v>154</v>
       </c>
       <c r="C355" s="2"/>
       <c r="D355" s="2" t="s">
-        <v>1412</v>
+        <v>155</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>1516</v>
+        <v>36</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>37</v>
+      </c>
+      <c r="G355" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H355" s="2" t="s">
-        <v>1886</v>
+        <v>156</v>
       </c>
       <c r="I355" s="2" t="s">
-        <v>2240</v>
+        <v>157</v>
       </c>
       <c r="J355" s="2">
-        <v>3195241052</v>
+        <v>6088242292</v>
       </c>
       <c r="K355" s="2" t="s">
-        <v>2378</v>
+        <v>84</v>
       </c>
       <c r="L355" s="2" t="s">
-        <v>2474</v>
+        <v>85</v>
       </c>
       <c r="M355" s="2">
-        <v>3195244386</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="356" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A356" s="2" t="s">
-        <v>349</v>
+        <v>158</v>
       </c>
       <c r="B356" s="4" t="s">
-        <v>923</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="C356" s="2"/>
       <c r="D356" s="2" t="s">
-        <v>1412</v>
+        <v>160</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>1516</v>
+        <v>36</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>37</v>
+      </c>
+      <c r="G356" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H356" s="2" t="s">
-        <v>1884</v>
+        <v>161</v>
       </c>
       <c r="I356" s="2" t="s">
-        <v>2239</v>
+        <v>83</v>
       </c>
       <c r="J356" s="2">
-        <v>3197953486</v>
+        <v>5152802035</v>
       </c>
       <c r="K356" s="2" t="s">
-        <v>2377</v>
+        <v>84</v>
       </c>
       <c r="L356" s="2" t="s">
-        <v>2239</v>
+        <v>85</v>
       </c>
       <c r="M356" s="2">
-        <v>3197953486</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="357" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A357" s="2" t="s">
-        <v>348</v>
+        <v>1529</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>922</v>
-[...3 lines deleted...]
-      </c>
+        <v>1530</v>
+      </c>
+      <c r="C357" s="2"/>
       <c r="D357" s="2" t="s">
-        <v>1412</v>
+        <v>1531</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>1516</v>
+        <v>36</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>37</v>
+      </c>
+      <c r="G357" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H357" s="2" t="s">
-        <v>1883</v>
+        <v>1532</v>
       </c>
       <c r="I357" s="2" t="s">
-        <v>2111</v>
+        <v>1297</v>
       </c>
       <c r="J357" s="2">
-        <v>3193387600</v>
+        <v>6107687732</v>
       </c>
       <c r="K357" s="2" t="s">
-        <v>2319</v>
+        <v>1292</v>
       </c>
       <c r="L357" s="2" t="s">
-        <v>2407</v>
+        <v>1291</v>
       </c>
       <c r="M357" s="2">
-        <v>5152254782</v>
+        <v>6143963200</v>
       </c>
     </row>
     <row r="358" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A358" s="2" t="s">
-        <v>355</v>
+        <v>1533</v>
       </c>
       <c r="B358" s="4" t="s">
-        <v>929</v>
+        <v>1534</v>
       </c>
       <c r="C358" s="2"/>
       <c r="D358" s="2" t="s">
-        <v>1413</v>
+        <v>1535</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>1534</v>
+        <v>36</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>37</v>
+      </c>
+      <c r="G358" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H358" s="2" t="s">
-        <v>1890</v>
+        <v>1536</v>
       </c>
       <c r="I358" s="2" t="s">
-        <v>2112</v>
+        <v>1537</v>
       </c>
       <c r="J358" s="2">
-        <v>6083487755</v>
+        <v>6149355466</v>
       </c>
       <c r="K358" s="2" t="s">
-        <v>2320</v>
+        <v>1292</v>
       </c>
       <c r="L358" s="2" t="s">
-        <v>2116</v>
+        <v>1291</v>
       </c>
       <c r="M358" s="2">
-        <v>6083487755</v>
+        <v>6143963200</v>
       </c>
     </row>
     <row r="359" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A359" s="2" t="s">
-        <v>354</v>
+        <v>2584</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>928</v>
+        <v>2585</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1265</v>
+        <v>2586</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>1413</v>
+        <v>2587</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>1534</v>
+        <v>320</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>321</v>
+      </c>
+      <c r="G359" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H359" s="2" t="s">
-        <v>1889</v>
+        <v>2588</v>
       </c>
       <c r="I359" s="2" t="s">
-        <v>2109</v>
+        <v>2411</v>
       </c>
       <c r="J359" s="2">
-        <v>2627904560</v>
+        <v>3193387600</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>2317</v>
+        <v>2490</v>
       </c>
       <c r="L359" s="2" t="s">
-        <v>2109</v>
+        <v>2491</v>
       </c>
       <c r="M359" s="2">
-        <v>2627904560</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="360" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A360" s="2" t="s">
-        <v>353</v>
+        <v>2103</v>
       </c>
       <c r="B360" s="4" t="s">
-        <v>927</v>
+        <v>2104</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>927</v>
+        <v>2105</v>
       </c>
       <c r="D360" s="2" t="s">
-        <v>1413</v>
+        <v>2106</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>1534</v>
+        <v>320</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>321</v>
+      </c>
+      <c r="G360" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H360" s="2" t="s">
-        <v>1888</v>
+        <v>2107</v>
       </c>
       <c r="I360" s="2" t="s">
-        <v>2111</v>
+        <v>2108</v>
       </c>
       <c r="J360" s="2">
-        <v>3193387600</v>
+        <v>3197953486</v>
       </c>
       <c r="K360" s="2" t="s">
-        <v>2319</v>
+        <v>2109</v>
       </c>
       <c r="L360" s="2" t="s">
-        <v>2407</v>
+        <v>2108</v>
       </c>
       <c r="M360" s="2">
-        <v>5152254782</v>
+        <v>3197953486</v>
       </c>
     </row>
     <row r="361" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A361" s="2" t="s">
-        <v>356</v>
+        <v>316</v>
       </c>
       <c r="B361" s="4" t="s">
-        <v>930</v>
+        <v>317</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>1266</v>
+        <v>318</v>
       </c>
       <c r="D361" s="2" t="s">
-        <v>1413</v>
+        <v>319</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>1534</v>
+        <v>320</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>321</v>
+      </c>
+      <c r="G361" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H361" s="2" t="s">
-        <v>1888</v>
+        <v>322</v>
       </c>
       <c r="I361" s="2" t="s">
-        <v>2111</v>
+        <v>29</v>
       </c>
       <c r="J361" s="2">
-        <v>3193387600</v>
+        <v>5139641140</v>
       </c>
       <c r="K361" s="2" t="s">
-        <v>2319</v>
+        <v>30</v>
       </c>
       <c r="L361" s="2" t="s">
-        <v>2407</v>
+        <v>31</v>
       </c>
       <c r="M361" s="2">
-        <v>5152254782</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="362" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A362" s="2" t="s">
-        <v>357</v>
+        <v>1565</v>
       </c>
       <c r="B362" s="4" t="s">
-        <v>931</v>
-[...3 lines deleted...]
-      </c>
+        <v>1566</v>
+      </c>
+      <c r="C362" s="2"/>
       <c r="D362" s="2" t="s">
-        <v>1414</v>
+        <v>1567</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>1502</v>
+        <v>320</v>
       </c>
       <c r="F362" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="G362" s="2" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H362" s="2" t="s">
+        <v>1568</v>
+      </c>
+      <c r="I362" s="2" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J362" s="2">
+        <v>3195244386</v>
+      </c>
+      <c r="K362" s="2" t="s">
         <v>1570</v>
       </c>
-      <c r="G362" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="L362" s="2" t="s">
-        <v>2172</v>
+        <v>1571</v>
       </c>
       <c r="M362" s="2">
-        <v>5154909001</v>
+        <v>3195244386</v>
       </c>
     </row>
     <row r="363" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A363" s="2" t="s">
-        <v>358</v>
+        <v>1267</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>932</v>
+        <v>1268</v>
       </c>
       <c r="C363" s="2"/>
       <c r="D363" s="2" t="s">
-        <v>1415</v>
+        <v>1269</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>1535</v>
+        <v>320</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>321</v>
+      </c>
+      <c r="G363" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H363" s="2" t="s">
-        <v>1892</v>
+        <v>1270</v>
       </c>
       <c r="I363" s="2" t="s">
-        <v>2095</v>
+        <v>641</v>
       </c>
       <c r="J363" s="2">
-        <v>7122402188</v>
+        <v>6083487755</v>
       </c>
       <c r="K363" s="2" t="s">
-        <v>2318</v>
+        <v>642</v>
       </c>
       <c r="L363" s="2" t="s">
-        <v>2405</v>
+        <v>643</v>
       </c>
       <c r="M363" s="2">
-        <v>7125805360</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="364" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A364" s="2" t="s">
-        <v>359</v>
+        <v>2737</v>
       </c>
       <c r="B364" s="4" t="s">
-        <v>933</v>
+        <v>2738</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>1268</v>
+        <v>2738</v>
       </c>
       <c r="D364" s="2" t="s">
-        <v>1416</v>
+        <v>2739</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>1536</v>
+        <v>1243</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1244</v>
+      </c>
+      <c r="G364" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H364" s="2" t="s">
-        <v>1893</v>
+        <v>2740</v>
       </c>
       <c r="I364" s="2" t="s">
-        <v>2094</v>
+        <v>2411</v>
       </c>
       <c r="J364" s="2">
-        <v>5152625965</v>
+        <v>3193387600</v>
       </c>
       <c r="K364" s="2" t="s">
-        <v>2305</v>
+        <v>2490</v>
       </c>
       <c r="L364" s="2" t="s">
-        <v>2398</v>
+        <v>2491</v>
       </c>
       <c r="M364" s="2">
-        <v>7125805963</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="365" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A365" s="2" t="s">
-        <v>360</v>
+        <v>1572</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>934</v>
-[...1 lines deleted...]
-      <c r="C365" s="2"/>
+        <v>1573</v>
+      </c>
+      <c r="C365" s="2" t="s">
+        <v>1574</v>
+      </c>
       <c r="D365" s="2" t="s">
-        <v>1417</v>
+        <v>1575</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>1537</v>
+        <v>1243</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>1244</v>
+      </c>
+      <c r="G365" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H365" s="2" t="s">
-        <v>1894</v>
+        <v>1576</v>
       </c>
       <c r="I365" s="2" t="s">
-        <v>2221</v>
+        <v>1326</v>
       </c>
       <c r="J365" s="2">
-        <v>5152244442</v>
+        <v>2627904560</v>
       </c>
       <c r="K365" s="2" t="s">
-        <v>2371</v>
+        <v>1327</v>
       </c>
       <c r="L365" s="2" t="s">
-        <v>2465</v>
+        <v>1326</v>
       </c>
       <c r="M365" s="2">
-        <v>5152244442</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="366" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A366" s="2" t="s">
-        <v>362</v>
+        <v>1240</v>
       </c>
       <c r="B366" s="4" t="s">
-        <v>936</v>
+        <v>1241</v>
       </c>
       <c r="C366" s="2"/>
       <c r="D366" s="2" t="s">
-        <v>1418</v>
+        <v>1242</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>1498</v>
+        <v>1243</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1244</v>
+      </c>
+      <c r="G366" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H366" s="2" t="s">
-        <v>1896</v>
+        <v>1245</v>
       </c>
       <c r="I366" s="2" t="s">
-        <v>2112</v>
+        <v>641</v>
       </c>
       <c r="J366" s="2">
         <v>6083487755</v>
       </c>
       <c r="K366" s="2" t="s">
-        <v>2320</v>
+        <v>642</v>
       </c>
       <c r="L366" s="2" t="s">
-        <v>2116</v>
+        <v>643</v>
       </c>
       <c r="M366" s="2">
         <v>6083487755</v>
       </c>
     </row>
     <row r="367" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A367" s="2" t="s">
-        <v>361</v>
+        <v>3042</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>935</v>
-[...1 lines deleted...]
-      <c r="C367" s="2"/>
+        <v>3043</v>
+      </c>
+      <c r="C367" s="2" t="s">
+        <v>3044</v>
+      </c>
       <c r="D367" s="2" t="s">
-        <v>1418</v>
+        <v>2739</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>1498</v>
+        <v>1243</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>1244</v>
+      </c>
+      <c r="G367" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H367" s="2" t="s">
-        <v>1895</v>
+        <v>2740</v>
       </c>
       <c r="I367" s="2" t="s">
-        <v>2109</v>
+        <v>2411</v>
       </c>
       <c r="J367" s="2">
-        <v>2627904560</v>
+        <v>3193387600</v>
       </c>
       <c r="K367" s="2" t="s">
-        <v>2317</v>
+        <v>2490</v>
       </c>
       <c r="L367" s="2" t="s">
-        <v>2109</v>
+        <v>2491</v>
       </c>
       <c r="M367" s="2">
-        <v>2627904560</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="368" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A368" s="2" t="s">
-        <v>363</v>
+        <v>451</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>937</v>
-[...1 lines deleted...]
-      <c r="C368" s="2"/>
+        <v>452</v>
+      </c>
+      <c r="C368" s="2" t="s">
+        <v>453</v>
+      </c>
       <c r="D368" s="2" t="s">
-        <v>1419</v>
+        <v>454</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>1538</v>
+        <v>455</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>273</v>
+      </c>
+      <c r="G368" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H368" s="2" t="s">
-        <v>1897</v>
+        <v>456</v>
       </c>
       <c r="I368" s="2" t="s">
-        <v>2095</v>
+        <v>152</v>
       </c>
       <c r="J368" s="2">
-        <v>7122402188</v>
+        <v>5154909001</v>
       </c>
       <c r="K368" s="2" t="s">
-        <v>2318</v>
+        <v>125</v>
       </c>
       <c r="L368" s="2" t="s">
-        <v>2405</v>
+        <v>152</v>
       </c>
       <c r="M368" s="2">
-        <v>7125805360</v>
+        <v>5154909001</v>
       </c>
     </row>
     <row r="369" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A369" s="2" t="s">
-        <v>365</v>
+        <v>865</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>939</v>
+        <v>866</v>
       </c>
       <c r="C369" s="2"/>
       <c r="D369" s="2" t="s">
-        <v>1419</v>
+        <v>867</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>1538</v>
+        <v>868</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>869</v>
+      </c>
+      <c r="G369" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H369" s="2" t="s">
-        <v>1899</v>
+        <v>870</v>
       </c>
       <c r="I369" s="2" t="s">
-        <v>2095</v>
+        <v>632</v>
       </c>
       <c r="J369" s="2">
         <v>7122402188</v>
       </c>
       <c r="K369" s="2" t="s">
-        <v>2318</v>
+        <v>673</v>
       </c>
       <c r="L369" s="2" t="s">
-        <v>2405</v>
+        <v>674</v>
       </c>
       <c r="M369" s="2">
         <v>7125805360</v>
       </c>
     </row>
     <row r="370" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A370" s="2" t="s">
-        <v>364</v>
+        <v>2251</v>
       </c>
       <c r="B370" s="4" t="s">
-        <v>938</v>
+        <v>2252</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>1269</v>
+        <v>2253</v>
       </c>
       <c r="D370" s="2" t="s">
-        <v>1419</v>
+        <v>2254</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>1538</v>
+        <v>2255</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1928</v>
+      </c>
+      <c r="G370" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H370" s="2" t="s">
-        <v>1898</v>
+        <v>2256</v>
       </c>
       <c r="I370" s="2" t="s">
-        <v>2241</v>
+        <v>1930</v>
       </c>
       <c r="J370" s="2">
-        <v>7125466003</v>
+        <v>5152625965</v>
       </c>
       <c r="K370" s="2" t="s">
-        <v>2379</v>
+        <v>974</v>
       </c>
       <c r="L370" s="2" t="s">
-        <v>2241</v>
+        <v>975</v>
       </c>
       <c r="M370" s="2">
-        <v>7125466003</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="371" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A371" s="2" t="s">
-        <v>366</v>
+        <v>871</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>940</v>
+        <v>872</v>
       </c>
       <c r="C371" s="2"/>
       <c r="D371" s="2" t="s">
-        <v>1420</v>
+        <v>873</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1539</v>
+        <v>874</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>875</v>
+      </c>
+      <c r="G371" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H371" s="2" t="s">
-        <v>1900</v>
+        <v>876</v>
       </c>
       <c r="I371" s="2" t="s">
-        <v>2095</v>
+        <v>736</v>
       </c>
       <c r="J371" s="2">
-        <v>7125805360</v>
+        <v>5152244442</v>
       </c>
       <c r="K371" s="2" t="s">
-        <v>2304</v>
+        <v>737</v>
       </c>
       <c r="L371" s="2" t="s">
-        <v>2095</v>
+        <v>738</v>
       </c>
       <c r="M371" s="2">
-        <v>7125804968</v>
+        <v>5152244442</v>
       </c>
     </row>
     <row r="372" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A372" s="2" t="s">
-        <v>367</v>
+        <v>1653</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>941</v>
-[...3 lines deleted...]
-      </c>
+        <v>1654</v>
+      </c>
+      <c r="C372" s="2"/>
       <c r="D372" s="2" t="s">
-        <v>1421</v>
+        <v>1655</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>1517</v>
+        <v>1065</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>132</v>
+      </c>
+      <c r="G372" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H372" s="2" t="s">
-        <v>1901</v>
+        <v>1656</v>
       </c>
       <c r="I372" s="2" t="s">
-        <v>2242</v>
+        <v>1326</v>
       </c>
       <c r="J372" s="2">
-        <v>4803678880</v>
+        <v>2627904560</v>
       </c>
       <c r="K372" s="2" t="s">
-        <v>2380</v>
+        <v>1327</v>
       </c>
       <c r="L372" s="2" t="s">
-        <v>2475</v>
+        <v>1326</v>
       </c>
       <c r="M372" s="2">
-        <v>7122747740</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="373" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A373" s="2" t="s">
-        <v>368</v>
+        <v>1062</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>942</v>
-[...3 lines deleted...]
-      </c>
+        <v>1063</v>
+      </c>
+      <c r="C373" s="2"/>
       <c r="D373" s="2" t="s">
-        <v>1422</v>
+        <v>1064</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>1540</v>
+        <v>1065</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>132</v>
+      </c>
+      <c r="G373" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H373" s="2" t="s">
-        <v>1902</v>
+        <v>1066</v>
       </c>
       <c r="I373" s="2" t="s">
-        <v>2172</v>
+        <v>641</v>
       </c>
       <c r="J373" s="2">
-        <v>5154909001</v>
+        <v>6083487755</v>
       </c>
       <c r="K373" s="2" t="s">
-        <v>2325</v>
+        <v>642</v>
       </c>
       <c r="L373" s="2" t="s">
-        <v>2476</v>
+        <v>643</v>
       </c>
       <c r="M373" s="2">
-        <v>5156989700</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="374" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A374" s="2" t="s">
-        <v>369</v>
+        <v>798</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>943</v>
+        <v>799</v>
       </c>
       <c r="C374" s="2"/>
       <c r="D374" s="2" t="s">
-        <v>1422</v>
+        <v>800</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1540</v>
+        <v>801</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>802</v>
+      </c>
+      <c r="G374" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H374" s="2" t="s">
-        <v>1903</v>
+        <v>803</v>
       </c>
       <c r="I374" s="2" t="s">
-        <v>2243</v>
+        <v>632</v>
       </c>
       <c r="J374" s="2">
-        <v>5639222355</v>
+        <v>7122402188</v>
       </c>
       <c r="K374" s="2" t="s">
-        <v>2243</v>
+        <v>673</v>
       </c>
       <c r="L374" s="2" t="s">
-        <v>2243</v>
+        <v>674</v>
       </c>
       <c r="M374" s="2">
-        <v>5639222355</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="375" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A375" s="2" t="s">
-        <v>370</v>
+        <v>2830</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>944</v>
-[...1 lines deleted...]
-      <c r="C375" s="2"/>
+        <v>2831</v>
+      </c>
+      <c r="C375" s="2" t="s">
+        <v>2832</v>
+      </c>
       <c r="D375" s="2" t="s">
-        <v>1422</v>
+        <v>2833</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>1540</v>
+        <v>801</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>802</v>
+      </c>
+      <c r="G375" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H375" s="2" t="s">
-        <v>1903</v>
+        <v>2834</v>
       </c>
       <c r="I375" s="2" t="s">
-        <v>2095</v>
+        <v>2835</v>
       </c>
       <c r="J375" s="2">
-        <v>7122402188</v>
+        <v>7125404893</v>
       </c>
       <c r="K375" s="2" t="s">
-        <v>2318</v>
+        <v>2836</v>
       </c>
       <c r="L375" s="2" t="s">
-        <v>2405</v>
+        <v>2835</v>
       </c>
       <c r="M375" s="2">
-        <v>7125805360</v>
+        <v>7125404893</v>
       </c>
     </row>
     <row r="376" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A376" s="2" t="s">
-        <v>371</v>
+        <v>1203</v>
       </c>
       <c r="B376" s="4" t="s">
-        <v>945</v>
+        <v>1204</v>
       </c>
       <c r="C376" s="2"/>
       <c r="D376" s="2" t="s">
-        <v>1423</v>
+        <v>1205</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>1535</v>
+        <v>801</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>802</v>
+      </c>
+      <c r="G376" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H376" s="2" t="s">
-        <v>1904</v>
+        <v>1206</v>
       </c>
       <c r="I376" s="2" t="s">
-        <v>2244</v>
+        <v>632</v>
       </c>
       <c r="J376" s="2">
-        <v>5155703529</v>
+        <v>7122402188</v>
       </c>
       <c r="K376" s="2" t="s">
-        <v>1904</v>
+        <v>673</v>
       </c>
       <c r="L376" s="2" t="s">
-        <v>2244</v>
+        <v>674</v>
       </c>
       <c r="M376" s="2">
-        <v>5155703529</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="377" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A377" s="2" t="s">
-        <v>372</v>
+        <v>877</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>946</v>
+        <v>878</v>
       </c>
       <c r="C377" s="2"/>
       <c r="D377" s="2" t="s">
-        <v>1424</v>
+        <v>879</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>1497</v>
+        <v>880</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>881</v>
+      </c>
+      <c r="G377" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H377" s="2" t="s">
-        <v>1905</v>
+        <v>882</v>
       </c>
       <c r="I377" s="2" t="s">
-        <v>2112</v>
+        <v>632</v>
       </c>
       <c r="J377" s="2">
-        <v>6083487755</v>
+        <v>7125805360</v>
       </c>
       <c r="K377" s="2" t="s">
-        <v>2320</v>
+        <v>633</v>
       </c>
       <c r="L377" s="2" t="s">
-        <v>2116</v>
+        <v>632</v>
       </c>
       <c r="M377" s="2">
-        <v>6083487755</v>
+        <v>7125804968</v>
       </c>
     </row>
     <row r="378" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A378" s="2" t="s">
-        <v>373</v>
+        <v>2499</v>
       </c>
       <c r="B378" s="4" t="s">
-        <v>947</v>
-[...1 lines deleted...]
-      <c r="C378" s="2"/>
+        <v>2500</v>
+      </c>
+      <c r="C378" s="2" t="s">
+        <v>2501</v>
+      </c>
       <c r="D378" s="2" t="s">
-        <v>1424</v>
+        <v>2502</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1497</v>
+        <v>2503</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>734</v>
+      </c>
+      <c r="G378" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H378" s="2" t="s">
-        <v>1906</v>
+        <v>2504</v>
       </c>
       <c r="I378" s="2" t="s">
-        <v>2245</v>
+        <v>2505</v>
       </c>
       <c r="J378" s="2">
-        <v>5635796306</v>
+        <v>4803678880</v>
       </c>
       <c r="K378" s="2" t="s">
-        <v>2320</v>
+        <v>2506</v>
       </c>
       <c r="L378" s="2" t="s">
-        <v>2116</v>
+        <v>2507</v>
       </c>
       <c r="M378" s="2">
-        <v>6083487755</v>
+        <v>7122747740</v>
       </c>
     </row>
     <row r="379" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A379" s="2" t="s">
-        <v>374</v>
+        <v>162</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>948</v>
+        <v>163</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>1272</v>
+        <v>164</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>1424</v>
+        <v>165</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>1497</v>
+        <v>166</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>167</v>
+      </c>
+      <c r="G379" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H379" s="2" t="s">
-        <v>1907</v>
+        <v>168</v>
       </c>
       <c r="I379" s="2" t="s">
-        <v>2111</v>
+        <v>152</v>
       </c>
       <c r="J379" s="2">
-        <v>3193387600</v>
+        <v>5154909001</v>
       </c>
       <c r="K379" s="2" t="s">
-        <v>2319</v>
+        <v>125</v>
       </c>
       <c r="L379" s="2" t="s">
-        <v>2407</v>
+        <v>169</v>
       </c>
       <c r="M379" s="2">
-        <v>5152254782</v>
+        <v>5156989700</v>
       </c>
     </row>
     <row r="380" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A380" s="2" t="s">
-        <v>375</v>
+        <v>898</v>
       </c>
       <c r="B380" s="4" t="s">
-        <v>949</v>
+        <v>899</v>
       </c>
       <c r="C380" s="2"/>
       <c r="D380" s="2" t="s">
-        <v>1425</v>
+        <v>900</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1541</v>
+        <v>166</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>167</v>
+      </c>
+      <c r="G380" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H380" s="2" t="s">
-        <v>1908</v>
+        <v>901</v>
       </c>
       <c r="I380" s="2" t="s">
-        <v>2095</v>
+        <v>902</v>
       </c>
       <c r="J380" s="2">
-        <v>7122402188</v>
+        <v>5639222355</v>
       </c>
       <c r="K380" s="2" t="s">
-        <v>2318</v>
+        <v>902</v>
       </c>
       <c r="L380" s="2" t="s">
-        <v>2405</v>
+        <v>902</v>
       </c>
       <c r="M380" s="2">
-        <v>7125805360</v>
+        <v>5639222355</v>
       </c>
     </row>
     <row r="381" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A381" s="2" t="s">
-        <v>376</v>
+        <v>903</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>950</v>
+        <v>904</v>
       </c>
       <c r="C381" s="2"/>
       <c r="D381" s="2" t="s">
-        <v>1426</v>
+        <v>905</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1503</v>
+        <v>166</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>167</v>
+      </c>
+      <c r="G381" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H381" s="2" t="s">
-        <v>1909</v>
+        <v>901</v>
       </c>
       <c r="I381" s="2" t="s">
-        <v>2135</v>
+        <v>632</v>
       </c>
       <c r="J381" s="2">
-        <v>3172520221</v>
+        <v>7122402188</v>
       </c>
       <c r="K381" s="2" t="s">
-        <v>2313</v>
+        <v>673</v>
       </c>
       <c r="L381" s="2" t="s">
-        <v>2132</v>
+        <v>674</v>
       </c>
       <c r="M381" s="2">
-        <v>3172641833</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="382" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A382" s="2" t="s">
-        <v>378</v>
+        <v>1056</v>
       </c>
       <c r="B382" s="4" t="s">
-        <v>952</v>
+        <v>1057</v>
       </c>
       <c r="C382" s="2"/>
       <c r="D382" s="2" t="s">
-        <v>1426</v>
+        <v>1058</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1503</v>
+        <v>1059</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>869</v>
+      </c>
+      <c r="G382" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H382" s="2" t="s">
-        <v>1911</v>
+        <v>1060</v>
       </c>
       <c r="I382" s="2" t="s">
-        <v>2105</v>
+        <v>1061</v>
       </c>
       <c r="J382" s="2">
-        <v>3172641833</v>
+        <v>5155703529</v>
       </c>
       <c r="K382" s="2" t="s">
-        <v>2313</v>
+        <v>1060</v>
       </c>
       <c r="L382" s="2" t="s">
-        <v>2132</v>
+        <v>1061</v>
       </c>
       <c r="M382" s="2">
-        <v>3172641833</v>
+        <v>5155703529</v>
       </c>
     </row>
     <row r="383" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A383" s="2" t="s">
-        <v>377</v>
+        <v>850</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>951</v>
+        <v>851</v>
       </c>
       <c r="C383" s="2"/>
       <c r="D383" s="2" t="s">
-        <v>1426</v>
+        <v>852</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1503</v>
+        <v>853</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>854</v>
+      </c>
+      <c r="G383" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H383" s="2" t="s">
-        <v>1910</v>
+        <v>855</v>
       </c>
       <c r="I383" s="2" t="s">
-        <v>2126</v>
+        <v>641</v>
       </c>
       <c r="J383" s="2">
-        <v>4029524599</v>
+        <v>6083487755</v>
       </c>
       <c r="K383" s="2" t="s">
-        <v>2327</v>
+        <v>642</v>
       </c>
       <c r="L383" s="2" t="s">
-        <v>2412</v>
+        <v>643</v>
       </c>
       <c r="M383" s="2">
-        <v>4023337373</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="384" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A384" s="2" t="s">
-        <v>379</v>
+        <v>856</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>953</v>
-[...3 lines deleted...]
-      </c>
+        <v>857</v>
+      </c>
+      <c r="C384" s="2"/>
       <c r="D384" s="2" t="s">
-        <v>1426</v>
+        <v>858</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1503</v>
+        <v>853</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>854</v>
+      </c>
+      <c r="G384" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H384" s="2" t="s">
-        <v>1912</v>
+        <v>859</v>
       </c>
       <c r="I384" s="2" t="s">
-        <v>2246</v>
+        <v>860</v>
       </c>
       <c r="J384" s="2">
-        <v>3193735400</v>
+        <v>5635796306</v>
       </c>
       <c r="K384" s="2" t="s">
-        <v>2327</v>
+        <v>642</v>
       </c>
       <c r="L384" s="2" t="s">
-        <v>2412</v>
+        <v>643</v>
       </c>
       <c r="M384" s="2">
-        <v>4023337373</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="385" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A385" s="2" t="s">
-        <v>380</v>
+        <v>3013</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>954</v>
+        <v>3014</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>1274</v>
+        <v>3015</v>
       </c>
       <c r="D385" s="2" t="s">
-        <v>1426</v>
+        <v>3016</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>1503</v>
+        <v>853</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>854</v>
+      </c>
+      <c r="G385" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H385" s="2" t="s">
-        <v>1913</v>
+        <v>3017</v>
       </c>
       <c r="I385" s="2" t="s">
-        <v>2213</v>
+        <v>2411</v>
       </c>
       <c r="J385" s="2">
-        <v>3125309600</v>
+        <v>3193387600</v>
       </c>
       <c r="K385" s="2" t="s">
-        <v>2369</v>
+        <v>2490</v>
       </c>
       <c r="L385" s="2" t="s">
-        <v>2461</v>
+        <v>2491</v>
       </c>
       <c r="M385" s="2">
-        <v>3125309600</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="386" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A386" s="2" t="s">
-        <v>384</v>
+        <v>917</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>958</v>
+        <v>918</v>
       </c>
       <c r="C386" s="2"/>
       <c r="D386" s="2" t="s">
-        <v>1427</v>
+        <v>919</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1542</v>
+        <v>920</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>921</v>
+      </c>
+      <c r="G386" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H386" s="2" t="s">
-        <v>1917</v>
+        <v>922</v>
       </c>
       <c r="I386" s="2" t="s">
-        <v>2249</v>
+        <v>632</v>
       </c>
       <c r="J386" s="2">
-        <v>9136713365</v>
+        <v>7122402188</v>
       </c>
       <c r="K386" s="2" t="s">
-        <v>2361</v>
+        <v>673</v>
       </c>
       <c r="L386" s="2" t="s">
-        <v>2449</v>
+        <v>674</v>
       </c>
       <c r="M386" s="2">
-        <v>9136713300</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="387" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A387" s="2" t="s">
-        <v>381</v>
+        <v>1350</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>955</v>
+        <v>1351</v>
       </c>
       <c r="C387" s="2"/>
       <c r="D387" s="2" t="s">
-        <v>1427</v>
+        <v>1352</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>1542</v>
+        <v>1353</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>179</v>
+      </c>
+      <c r="G387" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H387" s="2" t="s">
-        <v>1914</v>
+        <v>1354</v>
       </c>
       <c r="I387" s="2" t="s">
-        <v>2247</v>
+        <v>1355</v>
       </c>
       <c r="J387" s="2">
-        <v>6417539034</v>
+        <v>3172520221</v>
       </c>
       <c r="K387" s="2" t="s">
-        <v>2381</v>
+        <v>1303</v>
       </c>
       <c r="L387" s="2" t="s">
-        <v>2477</v>
+        <v>1304</v>
       </c>
       <c r="M387" s="2">
-        <v>6417549034</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="388" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A388" s="2" t="s">
-        <v>382</v>
+        <v>1982</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>956</v>
+        <v>1983</v>
       </c>
       <c r="C388" s="2"/>
       <c r="D388" s="2" t="s">
-        <v>1427</v>
+        <v>1984</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>1542</v>
+        <v>1353</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>179</v>
+      </c>
+      <c r="G388" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H388" s="2" t="s">
-        <v>1915</v>
+        <v>1985</v>
       </c>
       <c r="I388" s="2" t="s">
-        <v>2248</v>
+        <v>1981</v>
       </c>
       <c r="J388" s="2">
-        <v>6414859235</v>
+        <v>4029524599</v>
       </c>
       <c r="K388" s="2" t="s">
-        <v>2382</v>
+        <v>1946</v>
       </c>
       <c r="L388" s="2" t="s">
-        <v>2248</v>
+        <v>1947</v>
       </c>
       <c r="M388" s="2">
-        <v>6414859235</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="389" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A389" s="2" t="s">
-        <v>385</v>
+        <v>1577</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>959</v>
+        <v>1578</v>
       </c>
       <c r="C389" s="2"/>
       <c r="D389" s="2" t="s">
-        <v>1427</v>
+        <v>1579</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>1542</v>
+        <v>1353</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>179</v>
+      </c>
+      <c r="G389" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H389" s="2" t="s">
-        <v>1918</v>
+        <v>1580</v>
       </c>
       <c r="I389" s="2" t="s">
-        <v>2109</v>
+        <v>1302</v>
       </c>
       <c r="J389" s="2">
-        <v>2627904560</v>
+        <v>3172641833</v>
       </c>
       <c r="K389" s="2" t="s">
-        <v>2317</v>
+        <v>1303</v>
       </c>
       <c r="L389" s="2" t="s">
-        <v>2109</v>
+        <v>1304</v>
       </c>
       <c r="M389" s="2">
-        <v>2627904560</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="390" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A390" s="2" t="s">
-        <v>389</v>
+        <v>2241</v>
       </c>
       <c r="B390" s="4" t="s">
-        <v>963</v>
+        <v>2242</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>1277</v>
+        <v>2243</v>
       </c>
       <c r="D390" s="2" t="s">
-        <v>1427</v>
+        <v>2244</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1542</v>
+        <v>1353</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>179</v>
+      </c>
+      <c r="G390" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H390" s="2" t="s">
-        <v>1922</v>
+        <v>2245</v>
       </c>
       <c r="I390" s="2" t="s">
-        <v>2250</v>
+        <v>2246</v>
       </c>
       <c r="J390" s="2">
-        <v>6417539191</v>
+        <v>3193735400</v>
       </c>
       <c r="K390" s="2" t="s">
-        <v>1922</v>
+        <v>1946</v>
       </c>
       <c r="L390" s="2" t="s">
-        <v>2250</v>
+        <v>1947</v>
       </c>
       <c r="M390" s="2">
-        <v>6417539191</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="391" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A391" s="2" t="s">
-        <v>388</v>
+        <v>2911</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>962</v>
-[...1 lines deleted...]
-      <c r="C391" s="2"/>
+        <v>2912</v>
+      </c>
+      <c r="C391" s="2" t="s">
+        <v>2913</v>
+      </c>
       <c r="D391" s="2" t="s">
-        <v>1427</v>
+        <v>2914</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1542</v>
+        <v>1353</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>179</v>
+      </c>
+      <c r="G391" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H391" s="2" t="s">
-        <v>1921</v>
+        <v>2915</v>
       </c>
       <c r="I391" s="2" t="s">
-        <v>2136</v>
+        <v>2648</v>
       </c>
       <c r="J391" s="2">
-        <v>6512911750</v>
+        <v>3125309600</v>
       </c>
       <c r="K391" s="2" t="s">
-        <v>2330</v>
+        <v>2649</v>
       </c>
       <c r="L391" s="2" t="s">
-        <v>2416</v>
+        <v>2650</v>
       </c>
       <c r="M391" s="2">
-        <v>6512911750</v>
+        <v>3125309600</v>
       </c>
     </row>
     <row r="392" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A392" s="2" t="s">
-        <v>383</v>
+        <v>2365</v>
       </c>
       <c r="B392" s="4" t="s">
-        <v>957</v>
-[...1 lines deleted...]
-      <c r="C392" s="2"/>
+        <v>2366</v>
+      </c>
+      <c r="C392" s="2" t="s">
+        <v>2367</v>
+      </c>
       <c r="D392" s="2" t="s">
-        <v>1427</v>
+        <v>2368</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1542</v>
+        <v>1353</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>179</v>
+      </c>
+      <c r="G392" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H392" s="2" t="s">
-        <v>1916</v>
+        <v>2369</v>
       </c>
       <c r="I392" s="2" t="s">
-        <v>2219</v>
+        <v>1930</v>
       </c>
       <c r="J392" s="2">
-        <v>9139046747</v>
+        <v>5152624932</v>
       </c>
       <c r="K392" s="2" t="s">
-        <v>2370</v>
+        <v>974</v>
       </c>
       <c r="L392" s="2" t="s">
-        <v>2478</v>
+        <v>1930</v>
       </c>
       <c r="M392" s="2">
-        <v>3162396670</v>
+        <v>5152624932</v>
       </c>
     </row>
     <row r="393" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A393" s="2" t="s">
-        <v>386</v>
+        <v>2562</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>960</v>
+        <v>2563</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>1275</v>
+        <v>2564</v>
       </c>
       <c r="D393" s="2" t="s">
-        <v>1427</v>
+        <v>2565</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>1542</v>
+        <v>384</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>385</v>
+      </c>
+      <c r="G393" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H393" s="2" t="s">
-        <v>1919</v>
+        <v>2566</v>
       </c>
       <c r="I393" s="2" t="s">
-        <v>2111</v>
+        <v>2523</v>
       </c>
       <c r="J393" s="2">
-        <v>3193387600</v>
+        <v>5152468016</v>
       </c>
       <c r="K393" s="2" t="s">
-        <v>2319</v>
+        <v>2524</v>
       </c>
       <c r="L393" s="2" t="s">
-        <v>2407</v>
+        <v>2525</v>
       </c>
       <c r="M393" s="2">
-        <v>5152254782</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="394" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A394" s="2" t="s">
-        <v>387</v>
+        <v>2763</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>961</v>
-[...3 lines deleted...]
-      </c>
+        <v>2764</v>
+      </c>
+      <c r="C394" s="2"/>
       <c r="D394" s="2" t="s">
-        <v>1427</v>
+        <v>2765</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1542</v>
+        <v>384</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>385</v>
+      </c>
+      <c r="G394" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H394" s="2" t="s">
-        <v>1920</v>
+        <v>2766</v>
       </c>
       <c r="I394" s="2" t="s">
-        <v>2111</v>
+        <v>2767</v>
       </c>
       <c r="J394" s="2">
-        <v>3193387600</v>
+        <v>9139046747</v>
       </c>
       <c r="K394" s="2" t="s">
-        <v>2319</v>
+        <v>2768</v>
       </c>
       <c r="L394" s="2" t="s">
-        <v>2407</v>
+        <v>2769</v>
       </c>
       <c r="M394" s="2">
-        <v>5152254782</v>
+        <v>3162632215</v>
       </c>
     </row>
     <row r="395" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A395" s="2" t="s">
-        <v>391</v>
+        <v>381</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>965</v>
+        <v>382</v>
       </c>
       <c r="C395" s="2"/>
       <c r="D395" s="2" t="s">
-        <v>1428</v>
+        <v>383</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>1508</v>
+        <v>384</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>385</v>
+      </c>
+      <c r="G395" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H395" s="2" t="s">
-        <v>1924</v>
+        <v>386</v>
       </c>
       <c r="I395" s="2" t="s">
-        <v>2138</v>
+        <v>380</v>
       </c>
       <c r="J395" s="2">
-        <v>8155404733</v>
+        <v>9136713358</v>
       </c>
       <c r="K395" s="2" t="s">
-        <v>2332</v>
+        <v>100</v>
       </c>
       <c r="L395" s="2" t="s">
-        <v>2418</v>
+        <v>101</v>
       </c>
       <c r="M395" s="2">
-        <v>8159652417</v>
+        <v>9136713300</v>
       </c>
     </row>
     <row r="396" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A396" s="2" t="s">
-        <v>392</v>
+        <v>1581</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>966</v>
-[...3 lines deleted...]
-      </c>
+        <v>1582</v>
+      </c>
+      <c r="C396" s="2"/>
       <c r="D396" s="2" t="s">
-        <v>1428</v>
+        <v>1583</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>1508</v>
+        <v>384</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>385</v>
+      </c>
+      <c r="G396" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H396" s="2" t="s">
-        <v>1925</v>
+        <v>1584</v>
       </c>
       <c r="I396" s="2" t="s">
-        <v>2138</v>
+        <v>1326</v>
       </c>
       <c r="J396" s="2">
-        <v>8155404733</v>
+        <v>2627904560</v>
       </c>
       <c r="K396" s="2" t="s">
-        <v>2332</v>
+        <v>1327</v>
       </c>
       <c r="L396" s="2" t="s">
-        <v>2418</v>
+        <v>1326</v>
       </c>
       <c r="M396" s="2">
-        <v>8159652417</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="397" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A397" s="2" t="s">
-        <v>393</v>
+        <v>2858</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>967</v>
+        <v>2859</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>967</v>
+        <v>2860</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>1428</v>
+        <v>2861</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1508</v>
+        <v>384</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>385</v>
+      </c>
+      <c r="G397" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H397" s="2" t="s">
-        <v>1926</v>
+        <v>2862</v>
       </c>
       <c r="I397" s="2" t="s">
-        <v>2251</v>
+        <v>2411</v>
       </c>
       <c r="J397" s="2">
-        <v>6414248708</v>
+        <v>3193387600</v>
       </c>
       <c r="K397" s="2" t="s">
-        <v>1926</v>
+        <v>2490</v>
       </c>
       <c r="L397" s="2" t="s">
-        <v>2479</v>
+        <v>2491</v>
       </c>
       <c r="M397" s="2">
-        <v>6414248708</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="398" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A398" s="2" t="s">
-        <v>394</v>
+        <v>2863</v>
       </c>
       <c r="B398" s="4" t="s">
-        <v>968</v>
+        <v>2864</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>1279</v>
+        <v>2865</v>
       </c>
       <c r="D398" s="2" t="s">
-        <v>1428</v>
+        <v>2866</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>1508</v>
+        <v>384</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>385</v>
+      </c>
+      <c r="G398" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H398" s="2" t="s">
-        <v>1927</v>
+        <v>2867</v>
       </c>
       <c r="I398" s="2" t="s">
-        <v>2109</v>
+        <v>2411</v>
       </c>
       <c r="J398" s="2">
-        <v>2627904560</v>
+        <v>3193387600</v>
       </c>
       <c r="K398" s="2" t="s">
-        <v>2317</v>
+        <v>2490</v>
       </c>
       <c r="L398" s="2" t="s">
-        <v>2109</v>
+        <v>2491</v>
       </c>
       <c r="M398" s="2">
-        <v>2627904560</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="399" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A399" s="2" t="s">
-        <v>390</v>
+        <v>523</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>964</v>
+        <v>524</v>
       </c>
       <c r="C399" s="2"/>
       <c r="D399" s="2" t="s">
-        <v>1428</v>
+        <v>525</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>1508</v>
+        <v>384</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>385</v>
+      </c>
+      <c r="G399" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H399" s="2" t="s">
-        <v>1923</v>
+        <v>526</v>
       </c>
       <c r="I399" s="2" t="s">
-        <v>2113</v>
+        <v>72</v>
       </c>
       <c r="J399" s="2">
-        <v>4147279902</v>
+        <v>6512911750</v>
       </c>
       <c r="K399" s="2" t="s">
-        <v>2321</v>
+        <v>21</v>
       </c>
       <c r="L399" s="2" t="s">
-        <v>2408</v>
+        <v>22</v>
       </c>
       <c r="M399" s="2">
-        <v>4143954455</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="400" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A400" s="2" t="s">
-        <v>395</v>
+        <v>1869</v>
       </c>
       <c r="B400" s="4" t="s">
-        <v>969</v>
+        <v>1870</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>1280</v>
+        <v>1871</v>
       </c>
       <c r="D400" s="2" t="s">
-        <v>1428</v>
+        <v>1872</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1508</v>
+        <v>384</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>385</v>
+      </c>
+      <c r="G400" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H400" s="2" t="s">
-        <v>1928</v>
+        <v>1873</v>
       </c>
       <c r="I400" s="2" t="s">
-        <v>2094</v>
+        <v>1874</v>
       </c>
       <c r="J400" s="2">
-        <v>5152625965</v>
+        <v>6417539191</v>
       </c>
       <c r="K400" s="2" t="s">
-        <v>2305</v>
+        <v>1873</v>
       </c>
       <c r="L400" s="2" t="s">
-        <v>2398</v>
+        <v>1874</v>
       </c>
       <c r="M400" s="2">
-        <v>7125805963</v>
+        <v>6417539191</v>
       </c>
     </row>
     <row r="401" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A401" s="2" t="s">
-        <v>396</v>
+        <v>2081</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>970</v>
+        <v>2082</v>
       </c>
       <c r="C401" s="2"/>
       <c r="D401" s="2" t="s">
-        <v>1429</v>
+        <v>2083</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1543</v>
+        <v>338</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>339</v>
+      </c>
+      <c r="G401" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H401" s="2" t="s">
-        <v>1929</v>
+        <v>2084</v>
       </c>
       <c r="I401" s="2" t="s">
-        <v>2252</v>
+        <v>2085</v>
       </c>
       <c r="J401" s="2">
-        <v>6086209467</v>
+        <v>4147279902</v>
       </c>
       <c r="K401" s="2" t="s">
-        <v>2383</v>
+        <v>2086</v>
       </c>
       <c r="L401" s="2" t="s">
-        <v>2480</v>
+        <v>2087</v>
       </c>
       <c r="M401" s="2">
-        <v>5639334973</v>
+        <v>2628794045</v>
       </c>
     </row>
     <row r="402" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A402" s="2" t="s">
-        <v>397</v>
+        <v>335</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>971</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="C402" s="2"/>
       <c r="D402" s="2" t="s">
-        <v>1430</v>
+        <v>337</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1536</v>
+        <v>338</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>339</v>
+      </c>
+      <c r="G402" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H402" s="2" t="s">
-        <v>1930</v>
+        <v>340</v>
       </c>
       <c r="I402" s="2" t="s">
-        <v>2094</v>
+        <v>332</v>
       </c>
       <c r="J402" s="2">
-        <v>5152625965</v>
+        <v>8155404733</v>
       </c>
       <c r="K402" s="2" t="s">
-        <v>2305</v>
+        <v>333</v>
       </c>
       <c r="L402" s="2" t="s">
-        <v>2398</v>
+        <v>334</v>
       </c>
       <c r="M402" s="2">
-        <v>7125805963</v>
+        <v>8159652417</v>
       </c>
     </row>
     <row r="403" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A403" s="2" t="s">
-        <v>398</v>
+        <v>341</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>972</v>
-[...1 lines deleted...]
-      <c r="C403" s="2"/>
+        <v>342</v>
+      </c>
+      <c r="C403" s="2" t="s">
+        <v>343</v>
+      </c>
       <c r="D403" s="2" t="s">
-        <v>1431</v>
+        <v>344</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1492</v>
+        <v>338</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>339</v>
+      </c>
+      <c r="G403" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H403" s="2" t="s">
-        <v>1931</v>
+        <v>345</v>
       </c>
       <c r="I403" s="2" t="s">
-        <v>2095</v>
+        <v>332</v>
       </c>
       <c r="J403" s="2">
-        <v>7125805360</v>
+        <v>8155404733</v>
       </c>
       <c r="K403" s="2" t="s">
-        <v>2304</v>
+        <v>333</v>
       </c>
       <c r="L403" s="2" t="s">
-        <v>2237</v>
+        <v>334</v>
       </c>
       <c r="M403" s="2">
-        <v>8003835204</v>
+        <v>8159652417</v>
       </c>
     </row>
     <row r="404" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A404" s="2" t="s">
-        <v>400</v>
+        <v>1664</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>974</v>
+        <v>1665</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>1282</v>
+        <v>1666</v>
       </c>
       <c r="D404" s="2" t="s">
-        <v>1432</v>
+        <v>1667</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1544</v>
+        <v>338</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>339</v>
+      </c>
+      <c r="G404" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H404" s="2" t="s">
-        <v>1933</v>
+        <v>1668</v>
       </c>
       <c r="I404" s="2" t="s">
-        <v>2158</v>
+        <v>1326</v>
       </c>
       <c r="J404" s="2">
-        <v>6022005660</v>
+        <v>2627904560</v>
       </c>
       <c r="K404" s="2" t="s">
-        <v>2325</v>
+        <v>1327</v>
       </c>
       <c r="L404" s="2" t="s">
-        <v>2172</v>
+        <v>1326</v>
       </c>
       <c r="M404" s="2">
-        <v>5154909001</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="405" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A405" s="2" t="s">
-        <v>401</v>
+        <v>2225</v>
       </c>
       <c r="B405" s="4" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C405" s="2" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D405" s="2" t="s">
+        <v>2228</v>
+      </c>
+      <c r="E405" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="F405" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="G405" s="2" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H405" s="2" t="s">
+        <v>2229</v>
+      </c>
+      <c r="I405" s="2" t="s">
+        <v>1930</v>
+      </c>
+      <c r="J405" s="2">
+        <v>5152625965</v>
+      </c>
+      <c r="K405" s="2" t="s">
+        <v>974</v>
+      </c>
+      <c r="L405" s="2" t="s">
         <v>975</v>
       </c>
-      <c r="C405" s="2" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M405" s="2">
-        <v>5154909001</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="406" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A406" s="2" t="s">
-        <v>399</v>
+        <v>1818</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1819</v>
+      </c>
+      <c r="C406" s="2"/>
       <c r="D406" s="2" t="s">
-        <v>1432</v>
+        <v>1820</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1544</v>
+        <v>1821</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1624</v>
+      </c>
+      <c r="G406" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H406" s="2" t="s">
-        <v>1932</v>
-[...2 lines deleted...]
-      <c r="J406" s="2"/>
+        <v>1822</v>
+      </c>
+      <c r="I406" s="2" t="s">
+        <v>1823</v>
+      </c>
+      <c r="J406" s="2">
+        <v>6086209467</v>
+      </c>
       <c r="K406" s="2" t="s">
-        <v>2384</v>
+        <v>1824</v>
       </c>
       <c r="L406" s="2" t="s">
-        <v>2481</v>
+        <v>1825</v>
       </c>
       <c r="M406" s="2">
-        <v>3193851473</v>
+        <v>5639334973</v>
       </c>
     </row>
     <row r="407" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A407" s="2" t="s">
-        <v>402</v>
+        <v>2230</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>976</v>
-[...1 lines deleted...]
-      <c r="C407" s="2"/>
+        <v>2231</v>
+      </c>
+      <c r="C407" s="2" t="s">
+        <v>2232</v>
+      </c>
       <c r="D407" s="2" t="s">
-        <v>1432</v>
+        <v>2233</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1544</v>
+        <v>2234</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1928</v>
+      </c>
+      <c r="G407" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H407" s="2" t="s">
-        <v>1934</v>
+        <v>2235</v>
       </c>
       <c r="I407" s="2" t="s">
-        <v>2095</v>
+        <v>1930</v>
       </c>
       <c r="J407" s="2">
-        <v>7125805360</v>
+        <v>5152625965</v>
       </c>
       <c r="K407" s="2" t="s">
-        <v>2304</v>
+        <v>974</v>
       </c>
       <c r="L407" s="2" t="s">
-        <v>2237</v>
+        <v>975</v>
       </c>
       <c r="M407" s="2">
-        <v>8003835204</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="408" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A408" s="2" t="s">
-        <v>403</v>
+        <v>976</v>
       </c>
       <c r="B408" s="4" t="s">
         <v>977</v>
       </c>
-      <c r="C408" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C408" s="2"/>
       <c r="D408" s="2" t="s">
-        <v>1433</v>
+        <v>978</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1503</v>
+        <v>979</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>37</v>
+      </c>
+      <c r="G408" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H408" s="2" t="s">
-        <v>1935</v>
+        <v>980</v>
       </c>
       <c r="I408" s="2" t="s">
-        <v>2094</v>
+        <v>632</v>
       </c>
       <c r="J408" s="2">
-        <v>5152625965</v>
+        <v>7125805360</v>
       </c>
       <c r="K408" s="2" t="s">
-        <v>2305</v>
+        <v>633</v>
       </c>
       <c r="L408" s="2" t="s">
-        <v>2398</v>
+        <v>634</v>
       </c>
       <c r="M408" s="2">
-        <v>7125805963</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="409" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A409" s="2" t="s">
-        <v>404</v>
+        <v>585</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>978</v>
+        <v>586</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>1285</v>
+        <v>586</v>
       </c>
       <c r="D409" s="2" t="s">
-        <v>1434</v>
+        <v>587</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1545</v>
+        <v>588</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>589</v>
+      </c>
+      <c r="G409" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H409" s="2" t="s">
-        <v>1936</v>
+        <v>591</v>
       </c>
       <c r="I409" s="2" t="s">
-        <v>2094</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="J409" s="2"/>
       <c r="K409" s="2" t="s">
-        <v>2305</v>
+        <v>593</v>
       </c>
       <c r="L409" s="2" t="s">
-        <v>2398</v>
+        <v>594</v>
       </c>
       <c r="M409" s="2">
-        <v>7125805963</v>
+        <v>3193851473</v>
       </c>
     </row>
     <row r="410" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A410" s="2" t="s">
-        <v>406</v>
+        <v>1407</v>
       </c>
       <c r="B410" s="4" t="s">
-        <v>980</v>
+        <v>1408</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>1286</v>
+        <v>1409</v>
       </c>
       <c r="D410" s="2" t="s">
-        <v>1435</v>
+        <v>1410</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1546</v>
+        <v>588</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>589</v>
+      </c>
+      <c r="G410" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H410" s="2" t="s">
-        <v>1938</v>
+        <v>1411</v>
       </c>
       <c r="I410" s="2" t="s">
-        <v>2099</v>
+        <v>1412</v>
       </c>
       <c r="J410" s="2">
-        <v>5132563810</v>
+        <v>2627904560</v>
       </c>
       <c r="K410" s="2" t="s">
-        <v>2309</v>
+        <v>1327</v>
       </c>
       <c r="L410" s="2" t="s">
-        <v>2400</v>
+        <v>1326</v>
       </c>
       <c r="M410" s="2">
-        <v>8166820100</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="411" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A411" s="2" t="s">
-        <v>410</v>
+        <v>1413</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>984</v>
+        <v>1414</v>
       </c>
       <c r="C411" s="2" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D411" s="2" t="s">
+        <v>1416</v>
+      </c>
+      <c r="E411" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="F411" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="G411" s="2" t="s">
         <v>1289</v>
       </c>
-      <c r="D411" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H411" s="2" t="s">
-        <v>1942</v>
+        <v>1411</v>
       </c>
       <c r="I411" s="2" t="s">
-        <v>2099</v>
+        <v>1412</v>
       </c>
       <c r="J411" s="2">
-        <v>5132563810</v>
+        <v>2627904560</v>
       </c>
       <c r="K411" s="2" t="s">
-        <v>2309</v>
+        <v>1327</v>
       </c>
       <c r="L411" s="2" t="s">
-        <v>2400</v>
+        <v>1326</v>
       </c>
       <c r="M411" s="2">
-        <v>8166820100</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="412" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A412" s="2" t="s">
-        <v>411</v>
+        <v>991</v>
       </c>
       <c r="B412" s="4" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
       <c r="C412" s="2"/>
       <c r="D412" s="2" t="s">
-        <v>1435</v>
+        <v>993</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>1546</v>
+        <v>588</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>589</v>
+      </c>
+      <c r="G412" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H412" s="2" t="s">
-        <v>1943</v>
+        <v>994</v>
       </c>
       <c r="I412" s="2" t="s">
-        <v>2099</v>
+        <v>632</v>
       </c>
       <c r="J412" s="2">
-        <v>5139641140</v>
+        <v>7125805360</v>
       </c>
       <c r="K412" s="2" t="s">
-        <v>2309</v>
+        <v>633</v>
       </c>
       <c r="L412" s="2" t="s">
-        <v>2400</v>
+        <v>634</v>
       </c>
       <c r="M412" s="2">
-        <v>8166820100</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="413" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A413" s="2" t="s">
-        <v>407</v>
+        <v>2219</v>
       </c>
       <c r="B413" s="4" t="s">
-        <v>981</v>
-[...1 lines deleted...]
-      <c r="C413" s="2"/>
+        <v>2220</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>2221</v>
+      </c>
       <c r="D413" s="2" t="s">
-        <v>1435</v>
+        <v>2222</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1546</v>
+        <v>2223</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>179</v>
+      </c>
+      <c r="G413" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H413" s="2" t="s">
-        <v>1939</v>
+        <v>2224</v>
       </c>
       <c r="I413" s="2" t="s">
-        <v>2112</v>
+        <v>1930</v>
       </c>
       <c r="J413" s="2">
-        <v>6083487755</v>
+        <v>5152625965</v>
       </c>
       <c r="K413" s="2" t="s">
-        <v>2320</v>
+        <v>974</v>
       </c>
       <c r="L413" s="2" t="s">
-        <v>2116</v>
+        <v>975</v>
       </c>
       <c r="M413" s="2">
-        <v>6083487755</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="414" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A414" s="2" t="s">
-        <v>412</v>
+        <v>2441</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>986</v>
-[...1 lines deleted...]
-      <c r="C414" s="2"/>
+        <v>2442</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>2443</v>
+      </c>
       <c r="D414" s="2" t="s">
-        <v>1435</v>
+        <v>2444</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1546</v>
+        <v>2445</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>97</v>
+      </c>
+      <c r="G414" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H414" s="2" t="s">
-        <v>1944</v>
+        <v>2446</v>
       </c>
       <c r="I414" s="2" t="s">
-        <v>2112</v>
+        <v>1930</v>
       </c>
       <c r="J414" s="2">
-        <v>5635055611</v>
+        <v>5152625996</v>
       </c>
       <c r="K414" s="2" t="s">
-        <v>2320</v>
+        <v>974</v>
       </c>
       <c r="L414" s="2" t="s">
-        <v>2116</v>
+        <v>975</v>
       </c>
       <c r="M414" s="2">
-        <v>6083487755</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="415" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A415" s="2" t="s">
-        <v>413</v>
+        <v>1389</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>987</v>
-[...3 lines deleted...]
-      </c>
+        <v>1390</v>
+      </c>
+      <c r="C415" s="2"/>
       <c r="D415" s="2" t="s">
-        <v>1435</v>
+        <v>1391</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1546</v>
+        <v>144</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>145</v>
+      </c>
+      <c r="G415" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H415" s="2" t="s">
-        <v>1945</v>
+        <v>1392</v>
       </c>
       <c r="I415" s="2" t="s">
-        <v>2255</v>
+        <v>1393</v>
       </c>
       <c r="J415" s="2">
-        <v>5633550794</v>
+        <v>5152438300</v>
       </c>
       <c r="K415" s="2" t="s">
-        <v>2320</v>
+        <v>1394</v>
       </c>
       <c r="L415" s="2" t="s">
-        <v>2116</v>
+        <v>1395</v>
       </c>
       <c r="M415" s="2">
-        <v>6083487755</v>
+        <v>5152438300</v>
       </c>
     </row>
     <row r="416" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A416" s="2" t="s">
-        <v>414</v>
+        <v>140</v>
       </c>
       <c r="B416" s="4" t="s">
-        <v>988</v>
-[...1 lines deleted...]
-      <c r="C416" s="2"/>
+        <v>141</v>
+      </c>
+      <c r="C416" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="D416" s="2" t="s">
-        <v>1435</v>
+        <v>143</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1546</v>
+        <v>144</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>145</v>
+      </c>
+      <c r="G416" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H416" s="2" t="s">
-        <v>1946</v>
+        <v>146</v>
       </c>
       <c r="I416" s="2" t="s">
-        <v>2116</v>
+        <v>29</v>
       </c>
       <c r="J416" s="2">
-        <v>6083487755</v>
+        <v>5132563810</v>
       </c>
       <c r="K416" s="2" t="s">
-        <v>2320</v>
+        <v>30</v>
       </c>
       <c r="L416" s="2" t="s">
-        <v>2116</v>
+        <v>31</v>
       </c>
       <c r="M416" s="2">
-        <v>6083487755</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="417" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A417" s="2" t="s">
-        <v>405</v>
+        <v>706</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>979</v>
+        <v>707</v>
       </c>
       <c r="C417" s="2"/>
       <c r="D417" s="2" t="s">
-        <v>1435</v>
+        <v>708</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>1546</v>
+        <v>144</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>145</v>
+      </c>
+      <c r="G417" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H417" s="2" t="s">
-        <v>1937</v>
+        <v>709</v>
       </c>
       <c r="I417" s="2" t="s">
-        <v>2253</v>
+        <v>641</v>
       </c>
       <c r="J417" s="2">
-        <v>5152438300</v>
+        <v>6083487755</v>
       </c>
       <c r="K417" s="2" t="s">
-        <v>2385</v>
+        <v>642</v>
       </c>
       <c r="L417" s="2" t="s">
-        <v>2253</v>
+        <v>643</v>
       </c>
       <c r="M417" s="2">
-        <v>5152438300</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="418" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A418" s="2" t="s">
-        <v>408</v>
+        <v>2610</v>
       </c>
       <c r="B418" s="4" t="s">
-        <v>982</v>
+        <v>2611</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>1287</v>
+        <v>2612</v>
       </c>
       <c r="D418" s="2" t="s">
-        <v>1435</v>
+        <v>2613</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1546</v>
+        <v>144</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>145</v>
+      </c>
+      <c r="G418" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H418" s="2" t="s">
-        <v>1940</v>
+        <v>2614</v>
       </c>
       <c r="I418" s="2" t="s">
-        <v>2254</v>
+        <v>2615</v>
       </c>
       <c r="J418" s="2">
         <v>5632636900</v>
       </c>
       <c r="K418" s="2" t="s">
-        <v>2319</v>
+        <v>2490</v>
       </c>
       <c r="L418" s="2" t="s">
-        <v>2111</v>
+        <v>2411</v>
       </c>
       <c r="M418" s="2">
         <v>5152254782</v>
       </c>
     </row>
     <row r="419" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A419" s="2" t="s">
-        <v>409</v>
+        <v>2655</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>983</v>
+        <v>2656</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>1288</v>
+        <v>2657</v>
       </c>
       <c r="D419" s="2" t="s">
-        <v>1435</v>
+        <v>2658</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1546</v>
+        <v>144</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>145</v>
+      </c>
+      <c r="G419" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H419" s="2" t="s">
-        <v>1941</v>
+        <v>2659</v>
       </c>
       <c r="I419" s="2" t="s">
-        <v>2254</v>
+        <v>2615</v>
       </c>
       <c r="J419" s="2">
         <v>5632636900</v>
       </c>
       <c r="K419" s="2" t="s">
-        <v>2319</v>
+        <v>2490</v>
       </c>
       <c r="L419" s="2" t="s">
-        <v>2111</v>
+        <v>2411</v>
       </c>
       <c r="M419" s="2">
         <v>5152254782</v>
       </c>
     </row>
     <row r="420" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A420" s="2" t="s">
-        <v>416</v>
+        <v>264</v>
       </c>
       <c r="B420" s="4" t="s">
-        <v>990</v>
-[...1 lines deleted...]
-      <c r="C420" s="2"/>
+        <v>265</v>
+      </c>
+      <c r="C420" s="2" t="s">
+        <v>266</v>
+      </c>
       <c r="D420" s="2" t="s">
-        <v>1436</v>
+        <v>267</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1493</v>
+        <v>144</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>145</v>
+      </c>
+      <c r="G420" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H420" s="2" t="s">
-        <v>1948</v>
+        <v>268</v>
       </c>
       <c r="I420" s="2" t="s">
-        <v>2093</v>
+        <v>29</v>
       </c>
       <c r="J420" s="2">
-        <v>9134927800</v>
+        <v>5132563810</v>
       </c>
       <c r="K420" s="2" t="s">
-        <v>2304</v>
+        <v>30</v>
       </c>
       <c r="L420" s="2" t="s">
-        <v>2237</v>
+        <v>31</v>
       </c>
       <c r="M420" s="2">
-        <v>8003835204</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="421" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A421" s="2" t="s">
-        <v>415</v>
+        <v>294</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>989</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="C421" s="2"/>
       <c r="D421" s="2" t="s">
-        <v>1436</v>
+        <v>296</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1493</v>
+        <v>144</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>145</v>
+      </c>
+      <c r="G421" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H421" s="2" t="s">
-        <v>1947</v>
+        <v>297</v>
       </c>
       <c r="I421" s="2" t="s">
-        <v>2113</v>
+        <v>29</v>
       </c>
       <c r="J421" s="2">
-        <v>4143954980</v>
+        <v>5139641140</v>
       </c>
       <c r="K421" s="2" t="s">
-        <v>2321</v>
+        <v>30</v>
       </c>
       <c r="L421" s="2" t="s">
-        <v>2408</v>
+        <v>31</v>
       </c>
       <c r="M421" s="2">
-        <v>4143954455</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="422" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A422" s="2" t="s">
-        <v>418</v>
+        <v>1025</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>992</v>
+        <v>1026</v>
       </c>
       <c r="C422" s="2"/>
       <c r="D422" s="2" t="s">
-        <v>1437</v>
+        <v>1027</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1496</v>
+        <v>144</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>145</v>
+      </c>
+      <c r="G422" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H422" s="2" t="s">
-        <v>1950</v>
+        <v>1028</v>
       </c>
       <c r="I422" s="2" t="s">
-        <v>2256</v>
+        <v>641</v>
       </c>
       <c r="J422" s="2">
-        <v>7149810664</v>
+        <v>5635055611</v>
       </c>
       <c r="K422" s="2" t="s">
-        <v>2356</v>
+        <v>642</v>
       </c>
       <c r="L422" s="2" t="s">
-        <v>2445</v>
+        <v>643</v>
       </c>
       <c r="M422" s="2">
-        <v>5152216699</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="423" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A423" s="2" t="s">
-        <v>420</v>
+        <v>1185</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>994</v>
+        <v>1186</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1292</v>
+        <v>1187</v>
       </c>
       <c r="D423" s="2" t="s">
-        <v>1437</v>
+        <v>1188</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1496</v>
+        <v>144</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>145</v>
+      </c>
+      <c r="G423" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H423" s="2" t="s">
-        <v>1952</v>
+        <v>1189</v>
       </c>
       <c r="I423" s="2" t="s">
-        <v>2172</v>
+        <v>1190</v>
       </c>
       <c r="J423" s="2">
-        <v>5154909001</v>
+        <v>5633550794</v>
       </c>
       <c r="K423" s="2" t="s">
-        <v>2325</v>
+        <v>642</v>
       </c>
       <c r="L423" s="2" t="s">
-        <v>2172</v>
+        <v>643</v>
       </c>
       <c r="M423" s="2">
-        <v>5154909001</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="424" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A424" s="2" t="s">
-        <v>422</v>
+        <v>1263</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>996</v>
-[...3 lines deleted...]
-      </c>
+        <v>1264</v>
+      </c>
+      <c r="C424" s="2"/>
       <c r="D424" s="2" t="s">
-        <v>1437</v>
+        <v>1265</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1496</v>
+        <v>144</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>145</v>
+      </c>
+      <c r="G424" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H424" s="2" t="s">
-        <v>1954</v>
+        <v>1266</v>
       </c>
       <c r="I424" s="2" t="s">
-        <v>2099</v>
+        <v>643</v>
       </c>
       <c r="J424" s="2">
-        <v>5139641140</v>
+        <v>6083487755</v>
       </c>
       <c r="K424" s="2" t="s">
-        <v>2309</v>
+        <v>642</v>
       </c>
       <c r="L424" s="2" t="s">
-        <v>2400</v>
+        <v>643</v>
       </c>
       <c r="M424" s="2">
-        <v>8166820100</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="425" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A425" s="2" t="s">
-        <v>424</v>
+        <v>2162</v>
       </c>
       <c r="B425" s="4" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C425" s="2" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D425" s="2" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E425" s="2" t="s">
         <v>998</v>
       </c>
-      <c r="C425" s="2"/>
-[...5 lines deleted...]
-      </c>
       <c r="F425" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>999</v>
+      </c>
+      <c r="G425" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H425" s="2" t="s">
-        <v>1956</v>
+        <v>2166</v>
       </c>
       <c r="I425" s="2" t="s">
-        <v>2172</v>
+        <v>2085</v>
       </c>
       <c r="J425" s="2">
-        <v>5154909001</v>
+        <v>4143954980</v>
       </c>
       <c r="K425" s="2" t="s">
-        <v>2325</v>
+        <v>2086</v>
       </c>
       <c r="L425" s="2" t="s">
-        <v>2172</v>
+        <v>2087</v>
       </c>
       <c r="M425" s="2">
-        <v>5154909001</v>
+        <v>2628794045</v>
       </c>
     </row>
     <row r="426" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A426" s="2" t="s">
-        <v>417</v>
+        <v>995</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="C426" s="2"/>
       <c r="D426" s="2" t="s">
-        <v>1437</v>
+        <v>997</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1496</v>
+        <v>998</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>999</v>
+      </c>
+      <c r="G426" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H426" s="2" t="s">
-        <v>1949</v>
+        <v>1000</v>
       </c>
       <c r="I426" s="2" t="s">
-        <v>2204</v>
+        <v>1001</v>
       </c>
       <c r="J426" s="2">
-        <v>5152085414</v>
+        <v>9134927800</v>
       </c>
       <c r="K426" s="2" t="s">
-        <v>2333</v>
+        <v>633</v>
       </c>
       <c r="L426" s="2" t="s">
-        <v>2139</v>
+        <v>634</v>
       </c>
       <c r="M426" s="2">
-        <v>5153145481</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="427" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A427" s="2" t="s">
-        <v>421</v>
+        <v>839</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>995</v>
+        <v>840</v>
       </c>
       <c r="C427" s="2"/>
       <c r="D427" s="2" t="s">
-        <v>1437</v>
+        <v>841</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1496</v>
+        <v>431</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>432</v>
+      </c>
+      <c r="G427" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H427" s="2" t="s">
-        <v>1953</v>
+        <v>842</v>
       </c>
       <c r="I427" s="2" t="s">
-        <v>2095</v>
+        <v>843</v>
       </c>
       <c r="J427" s="2">
-        <v>7125805360</v>
+        <v>5152085414</v>
       </c>
       <c r="K427" s="2" t="s">
-        <v>2304</v>
+        <v>692</v>
       </c>
       <c r="L427" s="2" t="s">
-        <v>2237</v>
+        <v>691</v>
       </c>
       <c r="M427" s="2">
-        <v>8003835204</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="428" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A428" s="2" t="s">
-        <v>423</v>
+        <v>2142</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>997</v>
+        <v>2143</v>
       </c>
       <c r="C428" s="2"/>
       <c r="D428" s="2" t="s">
-        <v>1437</v>
+        <v>2144</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1496</v>
+        <v>431</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>432</v>
+      </c>
+      <c r="G428" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H428" s="2" t="s">
-        <v>1955</v>
+        <v>2145</v>
       </c>
       <c r="I428" s="2" t="s">
-        <v>2115</v>
+        <v>1755</v>
       </c>
       <c r="J428" s="2">
-        <v>2627904560</v>
+        <v>2073316993</v>
       </c>
       <c r="K428" s="2" t="s">
-        <v>2317</v>
+        <v>1946</v>
       </c>
       <c r="L428" s="2" t="s">
-        <v>2109</v>
+        <v>1947</v>
       </c>
       <c r="M428" s="2">
-        <v>2627904560</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="429" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A429" s="2" t="s">
-        <v>425</v>
+        <v>1002</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1003</v>
+      </c>
+      <c r="C429" s="2"/>
       <c r="D429" s="2" t="s">
-        <v>1437</v>
+        <v>1004</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1496</v>
+        <v>431</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>432</v>
+      </c>
+      <c r="G429" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H429" s="2" t="s">
-        <v>1957</v>
+        <v>1005</v>
       </c>
       <c r="I429" s="2" t="s">
-        <v>2109</v>
+        <v>632</v>
       </c>
       <c r="J429" s="2">
-        <v>2627904560</v>
+        <v>7125805360</v>
       </c>
       <c r="K429" s="2" t="s">
-        <v>2317</v>
+        <v>633</v>
       </c>
       <c r="L429" s="2" t="s">
-        <v>2109</v>
+        <v>634</v>
       </c>
       <c r="M429" s="2">
-        <v>2627904560</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="430" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A430" s="2" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>993</v>
-[...1 lines deleted...]
-      <c r="C430" s="2"/>
+        <v>428</v>
+      </c>
+      <c r="C430" s="2" t="s">
+        <v>429</v>
+      </c>
       <c r="D430" s="2" t="s">
-        <v>1437</v>
+        <v>430</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1496</v>
+        <v>431</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>432</v>
+      </c>
+      <c r="G430" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H430" s="2" t="s">
-        <v>1951</v>
+        <v>433</v>
       </c>
       <c r="I430" s="2" t="s">
-        <v>2257</v>
+        <v>29</v>
       </c>
       <c r="J430" s="2">
-        <v>2073316993</v>
+        <v>5139641140</v>
       </c>
       <c r="K430" s="2" t="s">
-        <v>2327</v>
+        <v>30</v>
       </c>
       <c r="L430" s="2" t="s">
-        <v>2412</v>
+        <v>31</v>
       </c>
       <c r="M430" s="2">
-        <v>4023337373</v>
+        <v>8166820100</v>
       </c>
     </row>
     <row r="431" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A431" s="2" t="s">
-        <v>429</v>
+        <v>1625</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>1003</v>
+        <v>1626</v>
       </c>
       <c r="C431" s="2"/>
       <c r="D431" s="2" t="s">
-        <v>1438</v>
+        <v>1627</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1511</v>
+        <v>431</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>432</v>
+      </c>
+      <c r="G431" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H431" s="2" t="s">
-        <v>1961</v>
+        <v>1628</v>
       </c>
       <c r="I431" s="2" t="s">
-        <v>2112</v>
+        <v>1360</v>
       </c>
       <c r="J431" s="2">
-        <v>6083487755</v>
+        <v>2627904560</v>
       </c>
       <c r="K431" s="2" t="s">
-        <v>2320</v>
+        <v>1327</v>
       </c>
       <c r="L431" s="2" t="s">
-        <v>2116</v>
+        <v>1326</v>
       </c>
       <c r="M431" s="2">
-        <v>6083487755</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="432" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A432" s="2" t="s">
-        <v>430</v>
+        <v>506</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>1004</v>
+        <v>507</v>
       </c>
       <c r="C432" s="2"/>
       <c r="D432" s="2" t="s">
-        <v>1438</v>
+        <v>508</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1511</v>
+        <v>431</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>432</v>
+      </c>
+      <c r="G432" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H432" s="2" t="s">
-        <v>1962</v>
+        <v>509</v>
       </c>
       <c r="I432" s="2" t="s">
-        <v>2094</v>
+        <v>152</v>
       </c>
       <c r="J432" s="2">
-        <v>5152625965</v>
+        <v>5154909001</v>
       </c>
       <c r="K432" s="2" t="s">
-        <v>2305</v>
+        <v>125</v>
       </c>
       <c r="L432" s="2" t="s">
-        <v>2398</v>
+        <v>152</v>
       </c>
       <c r="M432" s="2">
-        <v>7125805963</v>
+        <v>5154909001</v>
       </c>
     </row>
     <row r="433" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A433" s="2" t="s">
-        <v>426</v>
+        <v>1893</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>1000</v>
+        <v>1894</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1295</v>
+        <v>1895</v>
       </c>
       <c r="D433" s="2" t="s">
-        <v>1438</v>
+        <v>1896</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1511</v>
+        <v>431</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>432</v>
+      </c>
+      <c r="G433" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H433" s="2" t="s">
-        <v>1958</v>
+        <v>1897</v>
       </c>
       <c r="I433" s="2" t="s">
-        <v>2111</v>
+        <v>1326</v>
       </c>
       <c r="J433" s="2">
-        <v>3193387600</v>
+        <v>2627904560</v>
       </c>
       <c r="K433" s="2" t="s">
-        <v>2319</v>
+        <v>1327</v>
       </c>
       <c r="L433" s="2" t="s">
-        <v>2407</v>
+        <v>1326</v>
       </c>
       <c r="M433" s="2">
-        <v>5152254782</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="434" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A434" s="2" t="s">
-        <v>427</v>
+        <v>2722</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>1001</v>
+        <v>2723</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>1296</v>
+        <v>2724</v>
       </c>
       <c r="D434" s="2" t="s">
-        <v>1438</v>
+        <v>2725</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1511</v>
+        <v>1009</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>1010</v>
+      </c>
+      <c r="G434" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H434" s="2" t="s">
-        <v>1959</v>
+        <v>2726</v>
       </c>
       <c r="I434" s="2" t="s">
-        <v>2111</v>
+        <v>2411</v>
       </c>
       <c r="J434" s="2">
         <v>3193387600</v>
       </c>
       <c r="K434" s="2" t="s">
-        <v>2319</v>
+        <v>2490</v>
       </c>
       <c r="L434" s="2" t="s">
-        <v>2407</v>
+        <v>2491</v>
       </c>
       <c r="M434" s="2">
         <v>5152254782</v>
       </c>
     </row>
     <row r="435" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A435" s="2" t="s">
-        <v>428</v>
+        <v>2727</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>1002</v>
+        <v>2728</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1297</v>
+        <v>2729</v>
       </c>
       <c r="D435" s="2" t="s">
-        <v>1438</v>
+        <v>2725</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1511</v>
+        <v>1009</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1010</v>
+      </c>
+      <c r="G435" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H435" s="2" t="s">
-        <v>1960</v>
+        <v>2730</v>
       </c>
       <c r="I435" s="2" t="s">
-        <v>2111</v>
+        <v>2411</v>
       </c>
       <c r="J435" s="2">
         <v>3193387600</v>
       </c>
       <c r="K435" s="2" t="s">
-        <v>2319</v>
+        <v>2490</v>
       </c>
       <c r="L435" s="2" t="s">
-        <v>2407</v>
+        <v>2491</v>
       </c>
       <c r="M435" s="2">
         <v>5152254782</v>
       </c>
     </row>
     <row r="436" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A436" s="2" t="s">
-        <v>431</v>
+        <v>1006</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>1005</v>
-[...3 lines deleted...]
-      </c>
+        <v>1007</v>
+      </c>
+      <c r="C436" s="2"/>
       <c r="D436" s="2" t="s">
-        <v>1438</v>
+        <v>1008</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1511</v>
+        <v>1009</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1010</v>
+      </c>
+      <c r="G436" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H436" s="2" t="s">
-        <v>1963</v>
+        <v>1011</v>
       </c>
       <c r="I436" s="2" t="s">
-        <v>2111</v>
+        <v>641</v>
       </c>
       <c r="J436" s="2">
-        <v>3193387600</v>
+        <v>6083487755</v>
       </c>
       <c r="K436" s="2" t="s">
-        <v>2319</v>
+        <v>642</v>
       </c>
       <c r="L436" s="2" t="s">
-        <v>2407</v>
+        <v>643</v>
       </c>
       <c r="M436" s="2">
-        <v>5152254782</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="437" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A437" s="2" t="s">
-        <v>433</v>
+        <v>2200</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>1007</v>
+        <v>2201</v>
       </c>
       <c r="C437" s="2"/>
       <c r="D437" s="2" t="s">
-        <v>1439</v>
+        <v>2202</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1532</v>
+        <v>1009</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>1010</v>
+      </c>
+      <c r="G437" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H437" s="2" t="s">
-        <v>1965</v>
+        <v>2203</v>
       </c>
       <c r="I437" s="2" t="s">
-        <v>2181</v>
+        <v>1930</v>
       </c>
       <c r="J437" s="2">
-        <v>5152802035</v>
+        <v>5152625965</v>
       </c>
       <c r="K437" s="2" t="s">
-        <v>2356</v>
+        <v>974</v>
       </c>
       <c r="L437" s="2" t="s">
-        <v>2445</v>
+        <v>975</v>
       </c>
       <c r="M437" s="2">
-        <v>5152216699</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="438" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A438" s="2" t="s">
-        <v>432</v>
+        <v>2873</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>1006</v>
-[...1 lines deleted...]
-      <c r="C438" s="2"/>
+        <v>2874</v>
+      </c>
+      <c r="C438" s="2" t="s">
+        <v>2875</v>
+      </c>
       <c r="D438" s="2" t="s">
-        <v>1439</v>
+        <v>2876</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1532</v>
+        <v>1009</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>1010</v>
+      </c>
+      <c r="G438" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H438" s="2" t="s">
-        <v>1964</v>
+        <v>2877</v>
       </c>
       <c r="I438" s="2" t="s">
-        <v>2112</v>
+        <v>2411</v>
       </c>
       <c r="J438" s="2">
-        <v>5635055611</v>
+        <v>3193387600</v>
       </c>
       <c r="K438" s="2" t="s">
-        <v>2320</v>
+        <v>2490</v>
       </c>
       <c r="L438" s="2" t="s">
-        <v>2116</v>
+        <v>2491</v>
       </c>
       <c r="M438" s="2">
-        <v>6083487755</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="439" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A439" s="2" t="s">
-        <v>434</v>
+        <v>644</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>1008</v>
+        <v>645</v>
       </c>
       <c r="C439" s="2"/>
       <c r="D439" s="2" t="s">
-        <v>1439</v>
+        <v>646</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1532</v>
+        <v>89</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>90</v>
+      </c>
+      <c r="G439" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H439" s="2" t="s">
-        <v>1966</v>
+        <v>647</v>
       </c>
       <c r="I439" s="2" t="s">
-        <v>2236</v>
+        <v>641</v>
       </c>
       <c r="J439" s="2">
-        <v>5152231113</v>
+        <v>5635055611</v>
       </c>
       <c r="K439" s="2" t="s">
-        <v>2304</v>
+        <v>642</v>
       </c>
       <c r="L439" s="2" t="s">
-        <v>2237</v>
+        <v>643</v>
       </c>
       <c r="M439" s="2">
-        <v>8003835204</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="440" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A440" s="2" t="s">
-        <v>435</v>
+        <v>86</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>1009</v>
+        <v>87</v>
       </c>
       <c r="C440" s="2"/>
       <c r="D440" s="2" t="s">
-        <v>1439</v>
+        <v>88</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>1532</v>
+        <v>89</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>90</v>
+      </c>
+      <c r="G440" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H440" s="2" t="s">
-        <v>1967</v>
+        <v>91</v>
       </c>
       <c r="I440" s="2" t="s">
-        <v>2095</v>
+        <v>83</v>
       </c>
       <c r="J440" s="2">
-        <v>7125805360</v>
+        <v>5152802035</v>
       </c>
       <c r="K440" s="2" t="s">
-        <v>2304</v>
+        <v>84</v>
       </c>
       <c r="L440" s="2" t="s">
-        <v>2237</v>
+        <v>85</v>
       </c>
       <c r="M440" s="2">
-        <v>8003835204</v>
+        <v>5152216699</v>
       </c>
     </row>
     <row r="441" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A441" s="2" t="s">
-        <v>436</v>
+        <v>782</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>1010</v>
+        <v>783</v>
       </c>
       <c r="C441" s="2"/>
       <c r="D441" s="2" t="s">
-        <v>1439</v>
+        <v>784</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1532</v>
+        <v>89</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>90</v>
+      </c>
+      <c r="G441" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H441" s="2" t="s">
-        <v>1968</v>
+        <v>785</v>
       </c>
       <c r="I441" s="2" t="s">
-        <v>2098</v>
+        <v>786</v>
       </c>
       <c r="J441" s="2">
-        <v>5156898593</v>
+        <v>5152231113</v>
       </c>
       <c r="K441" s="2" t="s">
-        <v>2308</v>
+        <v>633</v>
       </c>
       <c r="L441" s="2" t="s">
-        <v>2098</v>
+        <v>634</v>
       </c>
       <c r="M441" s="2">
-        <v>5156898593</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="442" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A442" s="2" t="s">
-        <v>437</v>
+        <v>1017</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="C442" s="2"/>
       <c r="D442" s="2" t="s">
-        <v>1440</v>
+        <v>1019</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1512</v>
+        <v>89</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>90</v>
+      </c>
+      <c r="G442" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H442" s="2" t="s">
-        <v>1969</v>
+        <v>1020</v>
       </c>
       <c r="I442" s="2" t="s">
-        <v>2095</v>
+        <v>632</v>
       </c>
       <c r="J442" s="2">
-        <v>7122402188</v>
+        <v>7125805360</v>
       </c>
       <c r="K442" s="2" t="s">
-        <v>2318</v>
+        <v>633</v>
       </c>
       <c r="L442" s="2" t="s">
-        <v>2405</v>
+        <v>634</v>
       </c>
       <c r="M442" s="2">
-        <v>7125805360</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="443" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A443" s="2" t="s">
-        <v>438</v>
+        <v>1640</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>1012</v>
+        <v>1641</v>
       </c>
       <c r="C443" s="2"/>
       <c r="D443" s="2" t="s">
-        <v>1441</v>
+        <v>1642</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1547</v>
+        <v>89</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>90</v>
+      </c>
+      <c r="G443" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H443" s="2" t="s">
-        <v>1970</v>
+        <v>1643</v>
       </c>
       <c r="I443" s="2" t="s">
-        <v>2221</v>
+        <v>1340</v>
       </c>
       <c r="J443" s="2">
-        <v>5152244442</v>
+        <v>5156898593</v>
       </c>
       <c r="K443" s="2" t="s">
-        <v>2371</v>
+        <v>1341</v>
       </c>
       <c r="L443" s="2" t="s">
-        <v>2465</v>
+        <v>1340</v>
       </c>
       <c r="M443" s="2">
-        <v>5152244442</v>
+        <v>5156898593</v>
       </c>
     </row>
     <row r="444" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A444" s="2" t="s">
-        <v>439</v>
+        <v>1029</v>
       </c>
       <c r="B444" s="4" t="s">
-        <v>1013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1030</v>
+      </c>
+      <c r="C444" s="2"/>
       <c r="D444" s="2" t="s">
-        <v>1442</v>
+        <v>1031</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1548</v>
+        <v>1032</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>61</v>
+      </c>
+      <c r="G444" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H444" s="2" t="s">
-        <v>1971</v>
+        <v>1033</v>
       </c>
       <c r="I444" s="2" t="s">
-        <v>2258</v>
+        <v>632</v>
       </c>
       <c r="J444" s="2">
-        <v>4029057449</v>
+        <v>7122402188</v>
       </c>
       <c r="K444" s="2" t="s">
-        <v>1971</v>
+        <v>673</v>
       </c>
       <c r="L444" s="2" t="s">
-        <v>2258</v>
+        <v>674</v>
       </c>
       <c r="M444" s="2">
-        <v>4029057449</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="445" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A445" s="2" t="s">
-        <v>440</v>
+        <v>1034</v>
       </c>
       <c r="B445" s="4" t="s">
-        <v>1014</v>
-[...3 lines deleted...]
-      </c>
+        <v>1035</v>
+      </c>
+      <c r="C445" s="2"/>
       <c r="D445" s="2" t="s">
-        <v>1443</v>
+        <v>1036</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1529</v>
+        <v>1037</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>686</v>
+      </c>
+      <c r="G445" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H445" s="2" t="s">
-        <v>1972</v>
+        <v>1038</v>
       </c>
       <c r="I445" s="2" t="s">
-        <v>2230</v>
+        <v>736</v>
       </c>
       <c r="J445" s="2">
-        <v>4024343344</v>
+        <v>5152244442</v>
       </c>
       <c r="K445" s="2" t="s">
-        <v>2376</v>
+        <v>737</v>
       </c>
       <c r="L445" s="2" t="s">
-        <v>2471</v>
+        <v>738</v>
       </c>
       <c r="M445" s="2">
-        <v>4024343344</v>
+        <v>5152244442</v>
       </c>
     </row>
     <row r="446" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A446" s="2" t="s">
-        <v>441</v>
+        <v>1175</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>1015</v>
+        <v>1176</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>1015</v>
+        <v>1177</v>
       </c>
       <c r="D446" s="2" t="s">
-        <v>1444</v>
+        <v>1178</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1549</v>
+        <v>1179</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1180</v>
+      </c>
+      <c r="G446" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H446" s="2" t="s">
-        <v>1973</v>
+        <v>791</v>
       </c>
       <c r="I446" s="2" t="s">
-        <v>2259</v>
+        <v>792</v>
       </c>
       <c r="J446" s="2">
-        <v>6412203714</v>
+        <v>4029057449</v>
       </c>
       <c r="K446" s="2" t="s">
-        <v>2386</v>
+        <v>791</v>
       </c>
       <c r="L446" s="2" t="s">
-        <v>2482</v>
+        <v>792</v>
       </c>
       <c r="M446" s="2">
-        <v>6417323337</v>
+        <v>4029057449</v>
       </c>
     </row>
     <row r="447" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A447" s="2" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>1016</v>
+        <v>446</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>1016</v>
+        <v>447</v>
       </c>
       <c r="D447" s="2" t="s">
-        <v>1444</v>
+        <v>448</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1549</v>
+        <v>449</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>259</v>
+      </c>
+      <c r="G447" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H447" s="2" t="s">
-        <v>1973</v>
+        <v>450</v>
       </c>
       <c r="I447" s="2" t="s">
-        <v>2259</v>
+        <v>261</v>
       </c>
       <c r="J447" s="2">
-        <v>6412203714</v>
+        <v>4024343344</v>
       </c>
       <c r="K447" s="2" t="s">
-        <v>2386</v>
+        <v>262</v>
       </c>
       <c r="L447" s="2" t="s">
-        <v>2482</v>
+        <v>263</v>
       </c>
       <c r="M447" s="2">
-        <v>6417323337</v>
+        <v>4024343344</v>
       </c>
     </row>
     <row r="448" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A448" s="2" t="s">
-        <v>444</v>
+        <v>1421</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>1018</v>
-[...1 lines deleted...]
-      <c r="C448" s="2"/>
+        <v>1422</v>
+      </c>
+      <c r="C448" s="2" t="s">
+        <v>1422</v>
+      </c>
       <c r="D448" s="2" t="s">
-        <v>1445</v>
+        <v>1423</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1550</v>
+        <v>1424</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1425</v>
+      </c>
+      <c r="G448" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H448" s="2" t="s">
-        <v>1975</v>
+        <v>1426</v>
       </c>
       <c r="I448" s="2" t="s">
-        <v>2260</v>
+        <v>1427</v>
       </c>
       <c r="J448" s="2">
-        <v>5072360055</v>
+        <v>6412203714</v>
       </c>
       <c r="K448" s="2" t="s">
-        <v>2387</v>
+        <v>1428</v>
       </c>
       <c r="L448" s="2" t="s">
-        <v>2483</v>
+        <v>1429</v>
       </c>
       <c r="M448" s="2">
-        <v>3202696640</v>
+        <v>6417323337</v>
       </c>
     </row>
     <row r="449" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A449" s="2" t="s">
-        <v>443</v>
+        <v>1644</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>1017</v>
-[...1 lines deleted...]
-      <c r="C449" s="2"/>
+        <v>1645</v>
+      </c>
+      <c r="C449" s="2" t="s">
+        <v>1645</v>
+      </c>
       <c r="D449" s="2" t="s">
-        <v>1445</v>
+        <v>1646</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1550</v>
+        <v>1424</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1425</v>
+      </c>
+      <c r="G449" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H449" s="2" t="s">
-        <v>1974</v>
+        <v>1426</v>
       </c>
       <c r="I449" s="2" t="s">
-        <v>2109</v>
+        <v>1427</v>
       </c>
       <c r="J449" s="2">
-        <v>2627904560</v>
+        <v>6412203714</v>
       </c>
       <c r="K449" s="2" t="s">
-        <v>2317</v>
+        <v>1428</v>
       </c>
       <c r="L449" s="2" t="s">
-        <v>2109</v>
+        <v>1429</v>
       </c>
       <c r="M449" s="2">
-        <v>2627904560</v>
+        <v>6417323337</v>
       </c>
     </row>
     <row r="450" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A450" s="2" t="s">
-        <v>446</v>
+        <v>1438</v>
       </c>
       <c r="B450" s="4" t="s">
-        <v>1020</v>
-[...3 lines deleted...]
-      </c>
+        <v>1439</v>
+      </c>
+      <c r="C450" s="2"/>
       <c r="D450" s="2" t="s">
-        <v>1446</v>
+        <v>1440</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1551</v>
+        <v>1155</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1156</v>
+      </c>
+      <c r="G450" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H450" s="2" t="s">
-        <v>1681</v>
+        <v>1441</v>
       </c>
       <c r="I450" s="2" t="s">
-        <v>2172</v>
+        <v>1326</v>
       </c>
       <c r="J450" s="2">
-        <v>5154909001</v>
+        <v>2627904560</v>
       </c>
       <c r="K450" s="2" t="s">
-        <v>2325</v>
+        <v>1327</v>
       </c>
       <c r="L450" s="2" t="s">
-        <v>2172</v>
+        <v>1326</v>
       </c>
       <c r="M450" s="2">
-        <v>5154909001</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="451" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A451" s="2" t="s">
-        <v>450</v>
+        <v>1152</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>1024</v>
+        <v>1153</v>
       </c>
       <c r="C451" s="2"/>
       <c r="D451" s="2" t="s">
-        <v>1446</v>
+        <v>1154</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>1551</v>
+        <v>1155</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>1156</v>
+      </c>
+      <c r="G451" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H451" s="2" t="s">
-        <v>1980</v>
+        <v>1157</v>
       </c>
       <c r="I451" s="2" t="s">
-        <v>2095</v>
+        <v>1158</v>
       </c>
       <c r="J451" s="2">
-        <v>7125805360</v>
+        <v>5072360055</v>
       </c>
       <c r="K451" s="2" t="s">
-        <v>2304</v>
+        <v>1159</v>
       </c>
       <c r="L451" s="2" t="s">
-        <v>2237</v>
+        <v>1160</v>
       </c>
       <c r="M451" s="2">
-        <v>8003835204</v>
+        <v>3202696640</v>
       </c>
     </row>
     <row r="452" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A452" s="2" t="s">
-        <v>444</v>
+        <v>2076</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>1025</v>
-[...1 lines deleted...]
-      <c r="C452" s="2"/>
+        <v>2077</v>
+      </c>
+      <c r="C452" s="2" t="s">
+        <v>2078</v>
+      </c>
       <c r="D452" s="2" t="s">
-        <v>1446</v>
+        <v>2079</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1551</v>
+        <v>284</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>285</v>
+      </c>
+      <c r="G452" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H452" s="2" t="s">
-        <v>1981</v>
+        <v>2080</v>
       </c>
       <c r="I452" s="2" t="s">
-        <v>2115</v>
+        <v>1930</v>
       </c>
       <c r="J452" s="2">
-        <v>2627904560</v>
+        <v>5152625965</v>
       </c>
       <c r="K452" s="2" t="s">
-        <v>2317</v>
+        <v>974</v>
       </c>
       <c r="L452" s="2" t="s">
-        <v>2109</v>
+        <v>975</v>
       </c>
       <c r="M452" s="2">
-        <v>2627904560</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="453" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A453" s="2" t="s">
-        <v>451</v>
+        <v>281</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>1026</v>
-[...1 lines deleted...]
-      <c r="C453" s="2"/>
+        <v>282</v>
+      </c>
+      <c r="C453" s="2" t="s">
+        <v>282</v>
+      </c>
       <c r="D453" s="2" t="s">
-        <v>1446</v>
+        <v>283</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1551</v>
+        <v>284</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>285</v>
+      </c>
+      <c r="G453" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H453" s="2" t="s">
-        <v>1981</v>
+        <v>286</v>
       </c>
       <c r="I453" s="2" t="s">
-        <v>2115</v>
+        <v>152</v>
       </c>
       <c r="J453" s="2">
-        <v>2627904560</v>
+        <v>5154909001</v>
       </c>
       <c r="K453" s="2" t="s">
-        <v>2317</v>
+        <v>125</v>
       </c>
       <c r="L453" s="2" t="s">
-        <v>2109</v>
+        <v>152</v>
       </c>
       <c r="M453" s="2">
-        <v>2627904560</v>
+        <v>5154909001</v>
       </c>
     </row>
     <row r="454" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A454" s="2" t="s">
-        <v>445</v>
+        <v>2686</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>1019</v>
+        <v>2687</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>1301</v>
+        <v>2688</v>
       </c>
       <c r="D454" s="2" t="s">
-        <v>1446</v>
+        <v>2689</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1551</v>
+        <v>284</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>285</v>
+      </c>
+      <c r="G454" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H454" s="2" t="s">
-        <v>1976</v>
+        <v>2690</v>
       </c>
       <c r="I454" s="2" t="s">
-        <v>2094</v>
+        <v>2411</v>
       </c>
       <c r="J454" s="2">
-        <v>5152625965</v>
+        <v>3193387600</v>
       </c>
       <c r="K454" s="2" t="s">
-        <v>2305</v>
+        <v>2490</v>
       </c>
       <c r="L454" s="2" t="s">
-        <v>2398</v>
+        <v>2491</v>
       </c>
       <c r="M454" s="2">
-        <v>7125805963</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="455" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A455" s="2" t="s">
-        <v>449</v>
+        <v>2691</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>1023</v>
+        <v>2692</v>
       </c>
       <c r="C455" s="2" t="s">
-        <v>1304</v>
+        <v>2693</v>
       </c>
       <c r="D455" s="2" t="s">
-        <v>1446</v>
+        <v>2689</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>1551</v>
+        <v>284</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>285</v>
+      </c>
+      <c r="G455" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H455" s="2" t="s">
-        <v>1979</v>
+        <v>2694</v>
       </c>
       <c r="I455" s="2" t="s">
-        <v>2094</v>
+        <v>2411</v>
       </c>
       <c r="J455" s="2">
-        <v>5152625965</v>
+        <v>3193387600</v>
       </c>
       <c r="K455" s="2" t="s">
-        <v>2305</v>
+        <v>2490</v>
       </c>
       <c r="L455" s="2" t="s">
-        <v>2398</v>
+        <v>2491</v>
       </c>
       <c r="M455" s="2">
-        <v>7125805963</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="456" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A456" s="2" t="s">
-        <v>447</v>
+        <v>2137</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>1021</v>
+        <v>2138</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>1302</v>
+        <v>2139</v>
       </c>
       <c r="D456" s="2" t="s">
-        <v>1446</v>
+        <v>2140</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>1551</v>
+        <v>284</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>285</v>
+      </c>
+      <c r="G456" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H456" s="2" t="s">
-        <v>1977</v>
+        <v>2141</v>
       </c>
       <c r="I456" s="2" t="s">
-        <v>2111</v>
+        <v>1930</v>
       </c>
       <c r="J456" s="2">
-        <v>3193387600</v>
+        <v>5152625965</v>
       </c>
       <c r="K456" s="2" t="s">
-        <v>2319</v>
+        <v>974</v>
       </c>
       <c r="L456" s="2" t="s">
-        <v>2407</v>
+        <v>975</v>
       </c>
       <c r="M456" s="2">
-        <v>5152254782</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="457" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A457" s="2" t="s">
-        <v>448</v>
+        <v>967</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>1022</v>
-[...3 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="C457" s="2"/>
       <c r="D457" s="2" t="s">
-        <v>1446</v>
+        <v>969</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1551</v>
+        <v>284</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>285</v>
+      </c>
+      <c r="G457" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H457" s="2" t="s">
-        <v>1978</v>
+        <v>970</v>
       </c>
       <c r="I457" s="2" t="s">
-        <v>2111</v>
+        <v>632</v>
       </c>
       <c r="J457" s="2">
-        <v>3193387600</v>
+        <v>7125805360</v>
       </c>
       <c r="K457" s="2" t="s">
-        <v>2319</v>
+        <v>633</v>
       </c>
       <c r="L457" s="2" t="s">
-        <v>2407</v>
+        <v>634</v>
       </c>
       <c r="M457" s="2">
-        <v>5152254782</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="458" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A458" s="2" t="s">
-        <v>452</v>
+        <v>1152</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>1027</v>
+        <v>1740</v>
       </c>
       <c r="C458" s="2"/>
       <c r="D458" s="2" t="s">
-        <v>1446</v>
+        <v>1741</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1551</v>
+        <v>284</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>285</v>
+      </c>
+      <c r="G458" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H458" s="2" t="s">
-        <v>1982</v>
+        <v>1742</v>
       </c>
       <c r="I458" s="2" t="s">
-        <v>2261</v>
+        <v>1360</v>
       </c>
       <c r="J458" s="2">
-        <v>9133966310</v>
+        <v>2627904560</v>
       </c>
       <c r="K458" s="2" t="s">
-        <v>2370</v>
+        <v>1327</v>
       </c>
       <c r="L458" s="2" t="s">
-        <v>2478</v>
+        <v>1326</v>
       </c>
       <c r="M458" s="2">
-        <v>3162396670</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="459" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A459" s="2" t="s">
-        <v>453</v>
+        <v>1743</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>1028</v>
+        <v>1744</v>
       </c>
       <c r="C459" s="2"/>
       <c r="D459" s="2" t="s">
-        <v>1447</v>
+        <v>1741</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>1552</v>
+        <v>284</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>285</v>
+      </c>
+      <c r="G459" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H459" s="2" t="s">
-        <v>1983</v>
+        <v>1742</v>
       </c>
       <c r="I459" s="2" t="s">
-        <v>2109</v>
+        <v>1360</v>
       </c>
       <c r="J459" s="2">
         <v>2627904560</v>
       </c>
       <c r="K459" s="2" t="s">
-        <v>2317</v>
+        <v>1327</v>
       </c>
       <c r="L459" s="2" t="s">
-        <v>2109</v>
+        <v>1326</v>
       </c>
       <c r="M459" s="2">
         <v>2627904560</v>
       </c>
     </row>
     <row r="460" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A460" s="2" t="s">
-        <v>454</v>
+        <v>2935</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>1029</v>
-[...3 lines deleted...]
-      </c>
+        <v>2936</v>
+      </c>
+      <c r="C460" s="2"/>
       <c r="D460" s="2" t="s">
-        <v>1447</v>
+        <v>2937</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1552</v>
+        <v>284</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>285</v>
+      </c>
+      <c r="G460" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H460" s="2" t="s">
-        <v>1984</v>
+        <v>2938</v>
       </c>
       <c r="I460" s="2" t="s">
-        <v>2262</v>
+        <v>2934</v>
       </c>
       <c r="J460" s="2">
-        <v>6418145917</v>
+        <v>7853711663</v>
       </c>
       <c r="K460" s="2" t="s">
-        <v>1984</v>
+        <v>2768</v>
       </c>
       <c r="L460" s="2" t="s">
-        <v>2262</v>
+        <v>2769</v>
       </c>
       <c r="M460" s="2">
-        <v>6418145917</v>
+        <v>3162632215</v>
       </c>
     </row>
     <row r="461" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A461" s="2" t="s">
-        <v>456</v>
+        <v>40</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>1031</v>
+        <v>41</v>
       </c>
       <c r="C461" s="2"/>
       <c r="D461" s="2" t="s">
-        <v>1447</v>
+        <v>42</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>1552</v>
+        <v>43</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>44</v>
+      </c>
+      <c r="G461" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H461" s="2" t="s">
-        <v>1986</v>
+        <v>45</v>
       </c>
       <c r="I461" s="2" t="s">
-        <v>2105</v>
+        <v>46</v>
       </c>
       <c r="J461" s="2">
-        <v>3172641833</v>
+        <v>6412091883</v>
       </c>
       <c r="K461" s="2" t="s">
-        <v>2311</v>
+        <v>21</v>
       </c>
       <c r="L461" s="2" t="s">
-        <v>2123</v>
+        <v>22</v>
       </c>
       <c r="M461" s="2">
-        <v>5072855082</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="462" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A462" s="2" t="s">
-        <v>455</v>
+        <v>1487</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>1030</v>
-[...3 lines deleted...]
-      </c>
+        <v>1488</v>
+      </c>
+      <c r="C462" s="2"/>
       <c r="D462" s="2" t="s">
-        <v>1447</v>
+        <v>1489</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>1552</v>
+        <v>43</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>44</v>
+      </c>
+      <c r="G462" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H462" s="2" t="s">
-        <v>1985</v>
+        <v>1490</v>
       </c>
       <c r="I462" s="2" t="s">
-        <v>2094</v>
+        <v>1326</v>
       </c>
       <c r="J462" s="2">
-        <v>5152625965</v>
+        <v>2627904560</v>
       </c>
       <c r="K462" s="2" t="s">
-        <v>2305</v>
+        <v>1327</v>
       </c>
       <c r="L462" s="2" t="s">
-        <v>2398</v>
+        <v>1326</v>
       </c>
       <c r="M462" s="2">
-        <v>7125805963</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="463" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A463" s="2" t="s">
-        <v>457</v>
+        <v>1647</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>1032</v>
-[...1 lines deleted...]
-      <c r="C463" s="2"/>
+        <v>1648</v>
+      </c>
+      <c r="C463" s="2" t="s">
+        <v>1649</v>
+      </c>
       <c r="D463" s="2" t="s">
-        <v>1448</v>
+        <v>1650</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1553</v>
+        <v>43</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>44</v>
+      </c>
+      <c r="G463" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H463" s="2" t="s">
-        <v>1987</v>
+        <v>1651</v>
       </c>
       <c r="I463" s="2" t="s">
-        <v>2221</v>
+        <v>1652</v>
       </c>
       <c r="J463" s="2">
-        <v>5152244442</v>
+        <v>6418145917</v>
       </c>
       <c r="K463" s="2" t="s">
-        <v>2371</v>
+        <v>1651</v>
       </c>
       <c r="L463" s="2" t="s">
-        <v>2465</v>
+        <v>1652</v>
       </c>
       <c r="M463" s="2">
-        <v>5152244442</v>
+        <v>6418145917</v>
       </c>
     </row>
     <row r="464" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A464" s="2" t="s">
-        <v>458</v>
+        <v>2209</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>1033</v>
-[...1 lines deleted...]
-      <c r="C464" s="2"/>
+        <v>2210</v>
+      </c>
+      <c r="C464" s="2" t="s">
+        <v>2211</v>
+      </c>
       <c r="D464" s="2" t="s">
-        <v>1449</v>
+        <v>2212</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1554</v>
+        <v>43</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>44</v>
+      </c>
+      <c r="G464" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H464" s="2" t="s">
-        <v>1988</v>
+        <v>2213</v>
       </c>
       <c r="I464" s="2" t="s">
-        <v>2263</v>
+        <v>1930</v>
       </c>
       <c r="J464" s="2">
-        <v>6413520117</v>
+        <v>5152625965</v>
       </c>
       <c r="K464" s="2" t="s">
-        <v>2304</v>
+        <v>974</v>
       </c>
       <c r="L464" s="2" t="s">
-        <v>2237</v>
+        <v>975</v>
       </c>
       <c r="M464" s="2">
-        <v>8003835204</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="465" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A465" s="2" t="s">
-        <v>459</v>
+        <v>1847</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>1034</v>
-[...3 lines deleted...]
-      </c>
+        <v>1848</v>
+      </c>
+      <c r="C465" s="2"/>
       <c r="D465" s="2" t="s">
-        <v>1450</v>
+        <v>1849</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1534</v>
+        <v>43</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>44</v>
+      </c>
+      <c r="G465" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H465" s="2" t="s">
-        <v>1989</v>
+        <v>1850</v>
       </c>
       <c r="I465" s="2" t="s">
-        <v>2227</v>
+        <v>1302</v>
       </c>
       <c r="J465" s="2">
-        <v>4024881666</v>
+        <v>3172641833</v>
       </c>
       <c r="K465" s="2" t="s">
-        <v>2373</v>
+        <v>1303</v>
       </c>
       <c r="L465" s="2" t="s">
-        <v>2469</v>
+        <v>1304</v>
       </c>
       <c r="M465" s="2">
-        <v>4024881666</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="466" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A466" s="2" t="s">
-        <v>460</v>
+        <v>1044</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="C466" s="2"/>
       <c r="D466" s="2" t="s">
-        <v>1450</v>
+        <v>1046</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1534</v>
+        <v>1047</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>1048</v>
+      </c>
+      <c r="G466" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H466" s="2" t="s">
-        <v>1990</v>
+        <v>1049</v>
       </c>
       <c r="I466" s="2" t="s">
-        <v>2261</v>
+        <v>736</v>
       </c>
       <c r="J466" s="2">
-        <v>9133966310</v>
+        <v>5152244442</v>
       </c>
       <c r="K466" s="2" t="s">
-        <v>2370</v>
+        <v>737</v>
       </c>
       <c r="L466" s="2" t="s">
-        <v>2478</v>
+        <v>738</v>
       </c>
       <c r="M466" s="2">
-        <v>3162396670</v>
+        <v>5152244442</v>
       </c>
     </row>
     <row r="467" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A467" s="2" t="s">
-        <v>461</v>
+        <v>2878</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>1036</v>
-[...1 lines deleted...]
-      <c r="C467" s="2"/>
+        <v>2879</v>
+      </c>
+      <c r="C467" s="2" t="s">
+        <v>2880</v>
+      </c>
       <c r="D467" s="2" t="s">
-        <v>1450</v>
+        <v>2881</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1534</v>
+        <v>2882</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1244</v>
+      </c>
+      <c r="G467" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H467" s="2" t="s">
-        <v>1991</v>
+        <v>2883</v>
       </c>
       <c r="I467" s="2" t="s">
-        <v>2264</v>
+        <v>2845</v>
       </c>
       <c r="J467" s="2">
-        <v>9133966310</v>
+        <v>4024881666</v>
       </c>
       <c r="K467" s="2" t="s">
-        <v>2370</v>
+        <v>2846</v>
       </c>
       <c r="L467" s="2" t="s">
-        <v>2478</v>
+        <v>2847</v>
       </c>
       <c r="M467" s="2">
-        <v>3162396670</v>
+        <v>4024881666</v>
       </c>
     </row>
     <row r="468" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A468" s="2" t="s">
-        <v>462</v>
+        <v>2939</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>1037</v>
-[...3 lines deleted...]
-      </c>
+        <v>2940</v>
+      </c>
+      <c r="C468" s="2"/>
       <c r="D468" s="2" t="s">
-        <v>1451</v>
+        <v>2941</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1494</v>
+        <v>2882</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1244</v>
+      </c>
+      <c r="G468" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H468" s="2" t="s">
-        <v>1590</v>
+        <v>2942</v>
       </c>
       <c r="I468" s="2" t="s">
-        <v>2108</v>
+        <v>2934</v>
       </c>
       <c r="J468" s="2">
-        <v>5635564166</v>
+        <v>7853711663</v>
       </c>
       <c r="K468" s="2" t="s">
-        <v>2316</v>
+        <v>2768</v>
       </c>
       <c r="L468" s="2" t="s">
-        <v>2404</v>
+        <v>2769</v>
       </c>
       <c r="M468" s="2">
-        <v>5635565013</v>
+        <v>3162632215</v>
       </c>
     </row>
     <row r="469" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A469" s="2" t="s">
-        <v>464</v>
+        <v>2943</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>1039</v>
-[...3 lines deleted...]
-      </c>
+        <v>2944</v>
+      </c>
+      <c r="C469" s="2"/>
       <c r="D469" s="2" t="s">
-        <v>1452</v>
+        <v>2945</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1489</v>
+        <v>2882</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>1244</v>
+      </c>
+      <c r="G469" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H469" s="2" t="s">
-        <v>1993</v>
+        <v>2946</v>
       </c>
       <c r="I469" s="2" t="s">
-        <v>2172</v>
+        <v>2934</v>
       </c>
       <c r="J469" s="2">
-        <v>5154909001</v>
+        <v>7853711663</v>
       </c>
       <c r="K469" s="2" t="s">
-        <v>2325</v>
+        <v>2768</v>
       </c>
       <c r="L469" s="2" t="s">
-        <v>2172</v>
+        <v>2769</v>
       </c>
       <c r="M469" s="2">
-        <v>5154909001</v>
+        <v>3162632215</v>
       </c>
     </row>
     <row r="470" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A470" s="2" t="s">
-        <v>465</v>
+        <v>220</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>1040</v>
-[...1 lines deleted...]
-      <c r="C470" s="2"/>
+        <v>221</v>
+      </c>
+      <c r="C470" s="2" t="s">
+        <v>222</v>
+      </c>
       <c r="D470" s="2" t="s">
-        <v>1452</v>
+        <v>223</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1489</v>
+        <v>224</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>52</v>
+      </c>
+      <c r="G470" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H470" s="2" t="s">
-        <v>1994</v>
+        <v>53</v>
       </c>
       <c r="I470" s="2" t="s">
-        <v>2266</v>
+        <v>54</v>
       </c>
       <c r="J470" s="2">
-        <v>2628420542</v>
+        <v>5635564166</v>
       </c>
       <c r="K470" s="2" t="s">
-        <v>2325</v>
+        <v>55</v>
       </c>
       <c r="L470" s="2" t="s">
-        <v>2437</v>
+        <v>56</v>
       </c>
       <c r="M470" s="2">
-        <v>3197593476</v>
+        <v>5635565013</v>
       </c>
     </row>
     <row r="471" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A471" s="2" t="s">
-        <v>463</v>
+        <v>1361</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>1038</v>
+        <v>1362</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>1038</v>
+        <v>1362</v>
       </c>
       <c r="D471" s="2" t="s">
-        <v>1452</v>
+        <v>1363</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1489</v>
+        <v>291</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>292</v>
+      </c>
+      <c r="G471" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H471" s="2" t="s">
-        <v>1992</v>
+        <v>1364</v>
       </c>
       <c r="I471" s="2" t="s">
-        <v>2265</v>
+        <v>1365</v>
       </c>
       <c r="J471" s="2">
         <v>5156123711</v>
       </c>
       <c r="K471" s="2" t="s">
-        <v>1992</v>
+        <v>1364</v>
       </c>
       <c r="L471" s="2" t="s">
-        <v>2265</v>
+        <v>1365</v>
       </c>
       <c r="M471" s="2">
         <v>5156123711</v>
       </c>
     </row>
     <row r="472" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A472" s="2" t="s">
-        <v>470</v>
+        <v>287</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>1045</v>
-[...1 lines deleted...]
-      <c r="C472" s="2"/>
+        <v>288</v>
+      </c>
+      <c r="C472" s="2" t="s">
+        <v>289</v>
+      </c>
       <c r="D472" s="2" t="s">
-        <v>1453</v>
+        <v>290</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1492</v>
+        <v>291</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>292</v>
+      </c>
+      <c r="G472" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H472" s="2" t="s">
-        <v>1999</v>
+        <v>293</v>
       </c>
       <c r="I472" s="2" t="s">
-        <v>2267</v>
+        <v>152</v>
       </c>
       <c r="J472" s="2">
-        <v>2078310747</v>
+        <v>5154909001</v>
       </c>
       <c r="K472" s="2" t="s">
-        <v>1737</v>
+        <v>125</v>
       </c>
       <c r="L472" s="2" t="s">
-        <v>2444</v>
+        <v>152</v>
       </c>
       <c r="M472" s="2">
-        <v>5155646565</v>
+        <v>5154909001</v>
       </c>
     </row>
     <row r="473" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A473" s="2" t="s">
-        <v>466</v>
+        <v>575</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>1041</v>
+        <v>576</v>
       </c>
       <c r="C473" s="2"/>
       <c r="D473" s="2" t="s">
-        <v>1453</v>
+        <v>577</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1492</v>
+        <v>291</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>292</v>
+      </c>
+      <c r="G473" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H473" s="2" t="s">
-        <v>1995</v>
+        <v>578</v>
       </c>
       <c r="I473" s="2" t="s">
-        <v>2101</v>
+        <v>579</v>
       </c>
       <c r="J473" s="2">
-        <v>5152462936</v>
+        <v>2628420542</v>
       </c>
       <c r="K473" s="2" t="s">
-        <v>1745</v>
+        <v>125</v>
       </c>
       <c r="L473" s="2" t="s">
-        <v>2191</v>
+        <v>126</v>
       </c>
       <c r="M473" s="2">
-        <v>5152462912</v>
+        <v>3197593476</v>
       </c>
     </row>
     <row r="474" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A474" s="2" t="s">
-        <v>467</v>
+        <v>2519</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>1042</v>
+        <v>2520</v>
       </c>
       <c r="C474" s="2"/>
       <c r="D474" s="2" t="s">
-        <v>1453</v>
+        <v>2521</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1492</v>
+        <v>1753</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>37</v>
+      </c>
+      <c r="G474" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H474" s="2" t="s">
-        <v>1996</v>
+        <v>2522</v>
       </c>
       <c r="I474" s="2" t="s">
-        <v>2101</v>
+        <v>2523</v>
       </c>
       <c r="J474" s="2">
         <v>5152462936</v>
       </c>
       <c r="K474" s="2" t="s">
-        <v>1745</v>
+        <v>2524</v>
       </c>
       <c r="L474" s="2" t="s">
-        <v>2191</v>
+        <v>2525</v>
       </c>
       <c r="M474" s="2">
         <v>5152462912</v>
       </c>
     </row>
     <row r="475" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A475" s="2" t="s">
-        <v>468</v>
+        <v>2526</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>1043</v>
+        <v>2527</v>
       </c>
       <c r="C475" s="2"/>
       <c r="D475" s="2" t="s">
-        <v>1453</v>
+        <v>2528</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1492</v>
+        <v>1753</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>37</v>
+      </c>
+      <c r="G475" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H475" s="2" t="s">
-        <v>1997</v>
+        <v>2529</v>
       </c>
       <c r="I475" s="2" t="s">
-        <v>2101</v>
+        <v>2523</v>
       </c>
       <c r="J475" s="2">
         <v>5152462936</v>
       </c>
       <c r="K475" s="2" t="s">
-        <v>1745</v>
+        <v>2524</v>
       </c>
       <c r="L475" s="2" t="s">
-        <v>2191</v>
+        <v>2525</v>
       </c>
       <c r="M475" s="2">
         <v>5152462912</v>
       </c>
     </row>
     <row r="476" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A476" s="2" t="s">
-        <v>469</v>
+        <v>2530</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>1044</v>
+        <v>2531</v>
       </c>
       <c r="C476" s="2"/>
       <c r="D476" s="2" t="s">
-        <v>1453</v>
+        <v>2532</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1492</v>
+        <v>1753</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>37</v>
+      </c>
+      <c r="G476" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H476" s="2" t="s">
-        <v>1998</v>
+        <v>2533</v>
       </c>
       <c r="I476" s="2" t="s">
-        <v>2101</v>
+        <v>2523</v>
       </c>
       <c r="J476" s="2">
         <v>5152462936</v>
       </c>
       <c r="K476" s="2" t="s">
-        <v>1745</v>
+        <v>2524</v>
       </c>
       <c r="L476" s="2" t="s">
-        <v>2191</v>
+        <v>2525</v>
       </c>
       <c r="M476" s="2">
         <v>5152462912</v>
       </c>
     </row>
     <row r="477" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A477" s="2" t="s">
-        <v>471</v>
+        <v>2534</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>1046</v>
-[...3 lines deleted...]
-      </c>
+        <v>2535</v>
+      </c>
+      <c r="C477" s="2"/>
       <c r="D477" s="2" t="s">
-        <v>1454</v>
+        <v>2536</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1555</v>
+        <v>1753</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>37</v>
+      </c>
+      <c r="G477" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H477" s="2" t="s">
-        <v>1712</v>
+        <v>2537</v>
       </c>
       <c r="I477" s="2" t="s">
-        <v>2176</v>
+        <v>2523</v>
       </c>
       <c r="J477" s="2">
-        <v>5633828436</v>
+        <v>5152462936</v>
       </c>
       <c r="K477" s="2" t="s">
-        <v>1712</v>
+        <v>2524</v>
       </c>
       <c r="L477" s="2" t="s">
-        <v>2441</v>
+        <v>2525</v>
       </c>
       <c r="M477" s="2">
-        <v>5633792841</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="478" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A478" s="2" t="s">
-        <v>472</v>
+        <v>1750</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>1047</v>
+        <v>1751</v>
       </c>
       <c r="C478" s="2"/>
       <c r="D478" s="2" t="s">
-        <v>1455</v>
+        <v>1752</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1496</v>
+        <v>1753</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>37</v>
+      </c>
+      <c r="G478" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H478" s="2" t="s">
-        <v>2000</v>
+        <v>1754</v>
       </c>
       <c r="I478" s="2" t="s">
-        <v>2095</v>
+        <v>1755</v>
       </c>
       <c r="J478" s="2">
-        <v>7122402188</v>
+        <v>2073316993</v>
       </c>
       <c r="K478" s="2" t="s">
-        <v>2318</v>
+        <v>1333</v>
       </c>
       <c r="L478" s="2" t="s">
-        <v>2405</v>
+        <v>1334</v>
       </c>
       <c r="M478" s="2">
-        <v>7125805360</v>
+        <v>5155646565</v>
       </c>
     </row>
     <row r="479" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A479" s="2" t="s">
-        <v>473</v>
+        <v>1614</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>1048</v>
+        <v>1615</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1048</v>
+        <v>1615</v>
       </c>
       <c r="D479" s="2" t="s">
-        <v>1456</v>
+        <v>1616</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1513</v>
+        <v>1617</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1618</v>
+      </c>
+      <c r="G479" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H479" s="2" t="s">
-        <v>2001</v>
+        <v>1470</v>
       </c>
       <c r="I479" s="2" t="s">
-        <v>2268</v>
+        <v>1619</v>
       </c>
       <c r="J479" s="2">
-        <v>6414260673</v>
+        <v>5633828436</v>
       </c>
       <c r="K479" s="2" t="s">
-        <v>2001</v>
+        <v>1470</v>
       </c>
       <c r="L479" s="2" t="s">
-        <v>2268</v>
+        <v>1471</v>
       </c>
       <c r="M479" s="2">
-        <v>6414260673</v>
+        <v>5633792841</v>
       </c>
     </row>
     <row r="480" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A480" s="2" t="s">
-        <v>474</v>
+        <v>1079</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>1049</v>
+        <v>1080</v>
       </c>
       <c r="C480" s="2"/>
       <c r="D480" s="2" t="s">
-        <v>1457</v>
+        <v>1081</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1508</v>
+        <v>1082</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>432</v>
+      </c>
+      <c r="G480" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H480" s="2" t="s">
-        <v>2002</v>
+        <v>1083</v>
       </c>
       <c r="I480" s="2" t="s">
-        <v>2269</v>
+        <v>632</v>
       </c>
       <c r="J480" s="2">
+        <v>7122402188</v>
+      </c>
+      <c r="K480" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="L480" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="M480" s="2">
+        <v>7125805360</v>
+      </c>
+    </row>
+    <row r="481" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A481" s="2" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B481" s="4" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C481" s="2"/>
+      <c r="D481" s="2" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E481" s="2" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F481" s="2" t="s">
+        <v>1909</v>
+      </c>
+      <c r="G481" s="2" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H481" s="2" t="s">
+        <v>1911</v>
+      </c>
+      <c r="I481" s="2" t="s">
+        <v>1912</v>
+      </c>
+      <c r="J481" s="2">
+        <v>8167332240</v>
+      </c>
+      <c r="K481" s="2" t="s">
+        <v>1913</v>
+      </c>
+      <c r="L481" s="2" t="s">
+        <v>1914</v>
+      </c>
+      <c r="M481" s="2">
+        <v>4023410892</v>
+      </c>
+    </row>
+    <row r="482" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A482" s="2" t="s">
+        <v>886</v>
+      </c>
+      <c r="B482" s="4" t="s">
+        <v>887</v>
+      </c>
+      <c r="C482" s="2" t="s">
+        <v>887</v>
+      </c>
+      <c r="D482" s="2" t="s">
+        <v>888</v>
+      </c>
+      <c r="E482" s="2" t="s">
+        <v>889</v>
+      </c>
+      <c r="F482" s="2" t="s">
+        <v>890</v>
+      </c>
+      <c r="G482" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="H482" s="2" t="s">
+        <v>891</v>
+      </c>
+      <c r="I482" s="2" t="s">
+        <v>892</v>
+      </c>
+      <c r="J482" s="2">
+        <v>6414260673</v>
+      </c>
+      <c r="K482" s="2" t="s">
+        <v>891</v>
+      </c>
+      <c r="L482" s="2" t="s">
+        <v>892</v>
+      </c>
+      <c r="M482" s="2">
+        <v>6414260673</v>
+      </c>
+    </row>
+    <row r="483" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A483" s="2" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B483" s="4" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C483" s="2"/>
+      <c r="D483" s="2" t="s">
+        <v>2187</v>
+      </c>
+      <c r="E483" s="2" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F483" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="G483" s="2" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H483" s="2" t="s">
+        <v>2189</v>
+      </c>
+      <c r="I483" s="2" t="s">
+        <v>2190</v>
+      </c>
+      <c r="J483" s="2">
         <v>7123589019</v>
       </c>
-      <c r="K480" s="2" t="s">
-[...5 lines deleted...]
-      <c r="M480" s="2">
+      <c r="K483" s="2" t="s">
+        <v>2189</v>
+      </c>
+      <c r="L483" s="2" t="s">
+        <v>2190</v>
+      </c>
+      <c r="M483" s="2">
         <v>7123589019</v>
       </c>
     </row>
-    <row r="481" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A481" s="2" t="s">
+    <row r="484" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A484" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="B484" s="4" t="s">
+        <v>682</v>
+      </c>
+      <c r="C484" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="D484" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="E484" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="F484" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="G484" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="H484" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="I484" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="J484" s="2">
+        <v>7122402188</v>
+      </c>
+      <c r="K484" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="L484" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="M484" s="2">
+        <v>7125805360</v>
+      </c>
+    </row>
+    <row r="485" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A485" s="2" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B485" s="4" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C485" s="2" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D485" s="2" t="s">
+        <v>2207</v>
+      </c>
+      <c r="E485" s="2" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F485" s="2" t="s">
+        <v>910</v>
+      </c>
+      <c r="G485" s="2" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H485" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="I485" s="2" t="s">
+        <v>1930</v>
+      </c>
+      <c r="J485" s="2">
+        <v>5152625965</v>
+      </c>
+      <c r="K485" s="2" t="s">
+        <v>974</v>
+      </c>
+      <c r="L485" s="2" t="s">
+        <v>975</v>
+      </c>
+      <c r="M485" s="2">
+        <v>7125805963</v>
+      </c>
+    </row>
+    <row r="486" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A486" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="B486" s="4" t="s">
         <v>475</v>
-      </c>
-[...206 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="C486" s="2"/>
       <c r="D486" s="2" t="s">
-        <v>1462</v>
+        <v>476</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1545</v>
+        <v>477</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>478</v>
+      </c>
+      <c r="G486" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H486" s="2" t="s">
-        <v>2011</v>
+        <v>479</v>
       </c>
       <c r="I486" s="2" t="s">
-        <v>2272</v>
+        <v>480</v>
       </c>
       <c r="J486" s="2">
-        <v>7122522201</v>
+        <v>8163921406</v>
       </c>
       <c r="K486" s="2" t="s">
-        <v>2388</v>
+        <v>262</v>
       </c>
       <c r="L486" s="2" t="s">
-        <v>2484</v>
+        <v>263</v>
       </c>
       <c r="M486" s="2">
-        <v>7122553665</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:13" x14ac:dyDescent="0.25">
+        <v>4024343344</v>
+      </c>
+    </row>
+    <row r="487" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A487" s="2" t="s">
-        <v>492</v>
+        <v>2179</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1069</v>
+        <v>2180</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>1322</v>
+        <v>2181</v>
       </c>
       <c r="D487" s="2" t="s">
-        <v>1462</v>
+        <v>2182</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1545</v>
+        <v>2183</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>259</v>
+      </c>
+      <c r="G487" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H487" s="2" t="s">
-        <v>2018</v>
+        <v>2184</v>
       </c>
       <c r="I487" s="2" t="s">
-        <v>2270</v>
+        <v>1930</v>
       </c>
       <c r="J487" s="2">
-        <v>3036204107</v>
+        <v>5152625965</v>
       </c>
       <c r="K487" s="2" t="s">
-        <v>2361</v>
+        <v>974</v>
       </c>
       <c r="L487" s="2" t="s">
-        <v>2449</v>
+        <v>975</v>
       </c>
       <c r="M487" s="2">
+        <v>7125805963</v>
+      </c>
+    </row>
+    <row r="488" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A488" s="2" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B488" s="4" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C488" s="2" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D488" s="2" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E488" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F488" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="G488" s="2" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H488" s="2" t="s">
+        <v>1952</v>
+      </c>
+      <c r="I488" s="2" t="s">
+        <v>1930</v>
+      </c>
+      <c r="J488" s="2">
+        <v>5152625965</v>
+      </c>
+      <c r="K488" s="2" t="s">
+        <v>974</v>
+      </c>
+      <c r="L488" s="2" t="s">
+        <v>975</v>
+      </c>
+      <c r="M488" s="2">
+        <v>7125805963</v>
+      </c>
+    </row>
+    <row r="489" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A489" s="2" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B489" s="4" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C489" s="2"/>
+      <c r="D489" s="2" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E489" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F489" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="G489" s="2" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H489" s="2" t="s">
+        <v>1961</v>
+      </c>
+      <c r="I489" s="2" t="s">
+        <v>1930</v>
+      </c>
+      <c r="J489" s="2">
+        <v>5152625965</v>
+      </c>
+      <c r="K489" s="2" t="s">
+        <v>974</v>
+      </c>
+      <c r="L489" s="2" t="s">
+        <v>975</v>
+      </c>
+      <c r="M489" s="2">
+        <v>7125805963</v>
+      </c>
+    </row>
+    <row r="490" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A490" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B490" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C490" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D490" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="E490" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F490" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="G490" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H490" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="I490" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="J490" s="2">
+        <v>3039092801</v>
+      </c>
+      <c r="K490" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="L490" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="M490" s="2">
         <v>9136713300</v>
       </c>
     </row>
-    <row r="488" spans="1:13" x14ac:dyDescent="0.25">
-[...122 lines deleted...]
-    <row r="491" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="491" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A491" s="2" t="s">
-        <v>491</v>
+        <v>1972</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1068</v>
+        <v>1973</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>1321</v>
+        <v>1974</v>
       </c>
       <c r="D491" s="2" t="s">
-        <v>1462</v>
+        <v>1975</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>97</v>
+      </c>
+      <c r="G491" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H491" s="2" t="s">
-        <v>2017</v>
+        <v>1976</v>
       </c>
       <c r="I491" s="2" t="s">
-        <v>2277</v>
+        <v>1930</v>
       </c>
       <c r="J491" s="2">
-        <v>7122342328</v>
+        <v>5152625965</v>
       </c>
       <c r="K491" s="2" t="s">
-        <v>2390</v>
+        <v>974</v>
       </c>
       <c r="L491" s="2" t="s">
-        <v>2276</v>
+        <v>975</v>
       </c>
       <c r="M491" s="2">
-        <v>6052321813</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:13" x14ac:dyDescent="0.25">
+        <v>7125805963</v>
+      </c>
+    </row>
+    <row r="492" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A492" s="2" t="s">
-        <v>495</v>
+        <v>2034</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>1072</v>
+        <v>2035</v>
       </c>
       <c r="C492" s="2"/>
       <c r="D492" s="2" t="s">
-        <v>1462</v>
+        <v>2036</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>97</v>
+      </c>
+      <c r="G492" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H492" s="2" t="s">
-        <v>2021</v>
+        <v>2037</v>
       </c>
       <c r="I492" s="2" t="s">
-        <v>2280</v>
+        <v>1930</v>
       </c>
       <c r="J492" s="2">
-        <v>7122521861</v>
+        <v>5152625965</v>
       </c>
       <c r="K492" s="2" t="s">
-        <v>2021</v>
+        <v>974</v>
       </c>
       <c r="L492" s="2" t="s">
-        <v>2280</v>
+        <v>975</v>
       </c>
       <c r="M492" s="2">
-        <v>7122521861</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:13" x14ac:dyDescent="0.25">
+        <v>7125805963</v>
+      </c>
+    </row>
+    <row r="493" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A493" s="2" t="s">
-        <v>487</v>
+        <v>787</v>
       </c>
       <c r="B493" s="4" t="s">
-        <v>1063</v>
+        <v>788</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>1318</v>
+        <v>789</v>
       </c>
       <c r="D493" s="2" t="s">
-        <v>1462</v>
+        <v>790</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>97</v>
+      </c>
+      <c r="G493" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H493" s="2" t="s">
-        <v>2012</v>
+        <v>791</v>
       </c>
       <c r="I493" s="2" t="s">
-        <v>2273</v>
+        <v>792</v>
       </c>
       <c r="J493" s="2">
-        <v>7122515215</v>
+        <v>4029057449</v>
       </c>
       <c r="K493" s="2" t="s">
-        <v>2338</v>
+        <v>791</v>
       </c>
       <c r="L493" s="2" t="s">
-        <v>2425</v>
+        <v>792</v>
       </c>
       <c r="M493" s="2">
-        <v>4027581492</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:13" x14ac:dyDescent="0.25">
+        <v>4029057449</v>
+      </c>
+    </row>
+    <row r="494" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A494" s="2" t="s">
-        <v>489</v>
+        <v>2098</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>1065</v>
+        <v>2099</v>
       </c>
       <c r="C494" s="2"/>
       <c r="D494" s="2" t="s">
-        <v>1462</v>
+        <v>2100</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>97</v>
+      </c>
+      <c r="G494" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H494" s="2" t="s">
-        <v>2014</v>
+        <v>2101</v>
       </c>
       <c r="I494" s="2" t="s">
-        <v>2275</v>
+        <v>2102</v>
       </c>
       <c r="J494" s="2">
-        <v>7122583251</v>
-[...11 lines deleted...]
-    <row r="495" spans="1:13" x14ac:dyDescent="0.25">
+        <v>8476777206</v>
+      </c>
+      <c r="K494" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="L494" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="M494" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="N494" s="6"/>
+    </row>
+    <row r="495" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A495" s="2" t="s">
-        <v>494</v>
+        <v>2129</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>1071</v>
+        <v>2130</v>
       </c>
       <c r="C495" s="2"/>
       <c r="D495" s="2" t="s">
-        <v>1462</v>
+        <v>2131</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>97</v>
+      </c>
+      <c r="G495" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H495" s="2" t="s">
-        <v>2020</v>
+        <v>1961</v>
       </c>
       <c r="I495" s="2" t="s">
-        <v>2279</v>
+        <v>1930</v>
       </c>
       <c r="J495" s="2">
-        <v>7126473355</v>
+        <v>5152625965</v>
       </c>
       <c r="K495" s="2" t="s">
-        <v>2338</v>
+        <v>974</v>
       </c>
       <c r="L495" s="2" t="s">
-        <v>2425</v>
+        <v>975</v>
       </c>
       <c r="M495" s="2">
-        <v>4023974900</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:13" x14ac:dyDescent="0.25">
+        <v>7125805963</v>
+      </c>
+    </row>
+    <row r="496" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A496" s="2" t="s">
-        <v>496</v>
+        <v>387</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>1073</v>
+        <v>388</v>
       </c>
       <c r="C496" s="2"/>
       <c r="D496" s="2" t="s">
-        <v>1462</v>
+        <v>389</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>97</v>
+      </c>
+      <c r="G496" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H496" s="2" t="s">
-        <v>2022</v>
+        <v>390</v>
       </c>
       <c r="I496" s="2" t="s">
-        <v>2279</v>
+        <v>391</v>
       </c>
       <c r="J496" s="2">
-        <v>7126473355</v>
+        <v>7122522201</v>
       </c>
       <c r="K496" s="2" t="s">
-        <v>2338</v>
+        <v>392</v>
       </c>
       <c r="L496" s="2" t="s">
-        <v>2487</v>
+        <v>393</v>
       </c>
       <c r="M496" s="2">
-        <v>4023974900</v>
+        <v>7122553665</v>
       </c>
     </row>
     <row r="497" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A497" s="2" t="s">
-        <v>478</v>
+        <v>1606</v>
       </c>
       <c r="B497" s="4" t="s">
-        <v>1054</v>
+        <v>1607</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>1314</v>
+        <v>1608</v>
       </c>
       <c r="D497" s="2" t="s">
-        <v>1462</v>
+        <v>1609</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>97</v>
+      </c>
+      <c r="G497" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H497" s="2" t="s">
-        <v>2006</v>
+        <v>1610</v>
       </c>
       <c r="I497" s="2" t="s">
-        <v>2094</v>
+        <v>1611</v>
       </c>
       <c r="J497" s="2">
-        <v>5152625965</v>
+        <v>7122515215</v>
       </c>
       <c r="K497" s="2" t="s">
-        <v>2305</v>
+        <v>1612</v>
       </c>
       <c r="L497" s="2" t="s">
-        <v>2398</v>
+        <v>1613</v>
       </c>
       <c r="M497" s="2">
-        <v>7125805963</v>
+        <v>7125390990</v>
       </c>
     </row>
     <row r="498" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A498" s="2" t="s">
-        <v>479</v>
+        <v>2824</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>1055</v>
+        <v>2825</v>
       </c>
       <c r="C498" s="2"/>
       <c r="D498" s="2" t="s">
-        <v>1462</v>
+        <v>2826</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>97</v>
+      </c>
+      <c r="G498" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H498" s="2" t="s">
-        <v>2007</v>
+        <v>2827</v>
       </c>
       <c r="I498" s="2" t="s">
-        <v>2094</v>
+        <v>2828</v>
       </c>
       <c r="J498" s="2">
-        <v>5152625965</v>
+        <v>7122742252</v>
       </c>
       <c r="K498" s="2" t="s">
-        <v>2305</v>
+        <v>2827</v>
       </c>
       <c r="L498" s="2" t="s">
-        <v>2398</v>
+        <v>2829</v>
       </c>
       <c r="M498" s="2">
-        <v>7125805963</v>
+        <v>7128990601</v>
       </c>
     </row>
     <row r="499" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A499" s="2" t="s">
-        <v>481</v>
+        <v>1697</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>1057</v>
-[...3 lines deleted...]
-      </c>
+        <v>1698</v>
+      </c>
+      <c r="C499" s="2"/>
       <c r="D499" s="2" t="s">
-        <v>1462</v>
+        <v>1699</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>97</v>
+      </c>
+      <c r="G499" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H499" s="2" t="s">
-        <v>2009</v>
+        <v>1700</v>
       </c>
       <c r="I499" s="2" t="s">
-        <v>2094</v>
+        <v>1701</v>
       </c>
       <c r="J499" s="2">
-        <v>5152625965</v>
+        <v>7122583251</v>
       </c>
       <c r="K499" s="2" t="s">
-        <v>2305</v>
+        <v>1702</v>
       </c>
       <c r="L499" s="2" t="s">
-        <v>2398</v>
+        <v>1701</v>
       </c>
       <c r="M499" s="2">
-        <v>7125805963</v>
+        <v>7122583251</v>
       </c>
     </row>
     <row r="500" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A500" s="2" t="s">
-        <v>482</v>
+        <v>2830</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>1058</v>
-[...1 lines deleted...]
-      <c r="C500" s="2"/>
+        <v>2837</v>
+      </c>
+      <c r="C500" s="2" t="s">
+        <v>2838</v>
+      </c>
       <c r="D500" s="2" t="s">
-        <v>1462</v>
+        <v>2839</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>97</v>
+      </c>
+      <c r="G500" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H500" s="2" t="s">
-        <v>2010</v>
+        <v>2840</v>
       </c>
       <c r="I500" s="2" t="s">
-        <v>2094</v>
+        <v>2835</v>
       </c>
       <c r="J500" s="2">
-        <v>5152625965</v>
+        <v>7125464893</v>
       </c>
       <c r="K500" s="2" t="s">
-        <v>2305</v>
+        <v>2836</v>
       </c>
       <c r="L500" s="2" t="s">
-        <v>2398</v>
+        <v>2835</v>
       </c>
       <c r="M500" s="2">
-        <v>7125805963</v>
+        <v>7125404893</v>
       </c>
     </row>
     <row r="501" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A501" s="2" t="s">
-        <v>484</v>
+        <v>1115</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>1060</v>
-[...1 lines deleted...]
-      <c r="C501" s="2"/>
+        <v>1116</v>
+      </c>
+      <c r="C501" s="2" t="s">
+        <v>1117</v>
+      </c>
       <c r="D501" s="2" t="s">
-        <v>1462</v>
+        <v>1118</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>97</v>
+      </c>
+      <c r="G501" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H501" s="2" t="s">
-        <v>1806</v>
+        <v>1119</v>
       </c>
       <c r="I501" s="2" t="s">
-        <v>2271</v>
+        <v>1120</v>
       </c>
       <c r="J501" s="2">
-        <v>8476777206</v>
+        <v>6056594269</v>
       </c>
       <c r="K501" s="2" t="s">
-        <v>2368</v>
+        <v>1121</v>
       </c>
       <c r="L501" s="2" t="s">
-        <v>2460</v>
+        <v>1120</v>
       </c>
       <c r="M501" s="2">
-        <v>5156896047</v>
+        <v>6052321813</v>
       </c>
     </row>
     <row r="502" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A502" s="2" t="s">
-        <v>485</v>
+        <v>1126</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>1061</v>
-[...1 lines deleted...]
-      <c r="C502" s="2"/>
+        <v>1127</v>
+      </c>
+      <c r="C502" s="2" t="s">
+        <v>1128</v>
+      </c>
       <c r="D502" s="2" t="s">
-        <v>1462</v>
+        <v>1129</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>97</v>
+      </c>
+      <c r="G502" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H502" s="2" t="s">
-        <v>2007</v>
+        <v>1130</v>
       </c>
       <c r="I502" s="2" t="s">
-        <v>2094</v>
+        <v>1131</v>
       </c>
       <c r="J502" s="2">
-        <v>5152625965</v>
+        <v>7122342328</v>
       </c>
       <c r="K502" s="2" t="s">
-        <v>2305</v>
+        <v>1121</v>
       </c>
       <c r="L502" s="2" t="s">
-        <v>2398</v>
+        <v>1120</v>
       </c>
       <c r="M502" s="2">
-        <v>7125805963</v>
+        <v>6052321813</v>
       </c>
     </row>
     <row r="503" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A503" s="2" t="s">
-        <v>498</v>
+        <v>481</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>1075</v>
+        <v>482</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>1325</v>
+        <v>483</v>
       </c>
       <c r="D503" s="2" t="s">
-        <v>1462</v>
+        <v>484</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>97</v>
+      </c>
+      <c r="G503" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H503" s="2" t="s">
-        <v>2024</v>
+        <v>485</v>
       </c>
       <c r="I503" s="2" t="s">
-        <v>2094</v>
+        <v>99</v>
       </c>
       <c r="J503" s="2">
-        <v>5152625965</v>
+        <v>3039092801</v>
       </c>
       <c r="K503" s="2" t="s">
-        <v>2305</v>
+        <v>100</v>
       </c>
       <c r="L503" s="2" t="s">
-        <v>2398</v>
+        <v>101</v>
       </c>
       <c r="M503" s="2">
-        <v>7125805963</v>
+        <v>9136713300</v>
       </c>
     </row>
     <row r="504" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A504" s="2" t="s">
-        <v>488</v>
+        <v>2899</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>1064</v>
-[...1 lines deleted...]
-      <c r="C504" s="2"/>
+        <v>2900</v>
+      </c>
+      <c r="C504" s="2" t="s">
+        <v>2901</v>
+      </c>
       <c r="D504" s="2" t="s">
-        <v>1462</v>
+        <v>2902</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>97</v>
+      </c>
+      <c r="G504" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H504" s="2" t="s">
-        <v>2013</v>
+        <v>2903</v>
       </c>
       <c r="I504" s="2" t="s">
-        <v>2274</v>
+        <v>2828</v>
       </c>
       <c r="J504" s="2">
         <v>7122742252</v>
       </c>
       <c r="K504" s="2" t="s">
-        <v>2013</v>
+        <v>2827</v>
       </c>
       <c r="L504" s="2" t="s">
-        <v>2485</v>
+        <v>2829</v>
       </c>
       <c r="M504" s="2">
         <v>7128990601</v>
       </c>
     </row>
     <row r="505" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A505" s="2" t="s">
-        <v>364</v>
+        <v>1773</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1066</v>
-[...3 lines deleted...]
-      </c>
+        <v>1774</v>
+      </c>
+      <c r="C505" s="2"/>
       <c r="D505" s="2" t="s">
-        <v>1462</v>
+        <v>1775</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>97</v>
+      </c>
+      <c r="G505" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H505" s="2" t="s">
-        <v>2015</v>
+        <v>1776</v>
       </c>
       <c r="I505" s="2" t="s">
-        <v>2241</v>
+        <v>1777</v>
       </c>
       <c r="J505" s="2">
-        <v>7125466003</v>
+        <v>7126473355</v>
       </c>
       <c r="K505" s="2" t="s">
-        <v>2379</v>
+        <v>1778</v>
       </c>
       <c r="L505" s="2" t="s">
-        <v>2241</v>
+        <v>1779</v>
       </c>
       <c r="M505" s="2">
-        <v>7125466003</v>
+        <v>6052754241</v>
       </c>
     </row>
     <row r="506" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A506" s="2" t="s">
-        <v>493</v>
+        <v>1207</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>1070</v>
-[...3 lines deleted...]
-      </c>
+        <v>1208</v>
+      </c>
+      <c r="C506" s="2"/>
       <c r="D506" s="2" t="s">
-        <v>1462</v>
+        <v>1209</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>1545</v>
+        <v>96</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>97</v>
+      </c>
+      <c r="G506" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H506" s="2" t="s">
-        <v>2019</v>
+        <v>1210</v>
       </c>
       <c r="I506" s="2" t="s">
-        <v>2278</v>
+        <v>1211</v>
       </c>
       <c r="J506" s="2">
-        <v>7122742252</v>
+        <v>7122521861</v>
       </c>
       <c r="K506" s="2" t="s">
-        <v>2013</v>
+        <v>1210</v>
       </c>
       <c r="L506" s="2" t="s">
-        <v>2485</v>
+        <v>1211</v>
       </c>
       <c r="M506" s="2">
-        <v>7128990601</v>
+        <v>7122521861</v>
       </c>
     </row>
     <row r="507" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A507" s="2" t="s">
-        <v>499</v>
+        <v>1792</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>1076</v>
-[...3 lines deleted...]
-      </c>
+        <v>1793</v>
+      </c>
+      <c r="C507" s="2"/>
       <c r="D507" s="2" t="s">
-        <v>1463</v>
+        <v>1794</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>1511</v>
+        <v>96</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>97</v>
+      </c>
+      <c r="G507" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H507" s="2" t="s">
-        <v>2025</v>
+        <v>1795</v>
       </c>
       <c r="I507" s="2" t="s">
-        <v>2281</v>
+        <v>1777</v>
       </c>
       <c r="J507" s="2">
-        <v>3193604863</v>
+        <v>7126473355</v>
       </c>
       <c r="K507" s="2" t="s">
-        <v>2391</v>
+        <v>1778</v>
       </c>
       <c r="L507" s="2" t="s">
-        <v>2488</v>
+        <v>1779</v>
       </c>
       <c r="M507" s="2">
-        <v>3196510132</v>
+        <v>6052754241</v>
       </c>
     </row>
     <row r="508" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A508" s="2" t="s">
-        <v>500</v>
+        <v>531</v>
       </c>
       <c r="B508" s="4" t="s">
-        <v>1077</v>
+        <v>532</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>1326</v>
+        <v>533</v>
       </c>
       <c r="D508" s="2" t="s">
-        <v>1464</v>
+        <v>534</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>1557</v>
+        <v>96</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>97</v>
+      </c>
+      <c r="G508" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H508" s="2" t="s">
-        <v>2026</v>
+        <v>535</v>
       </c>
       <c r="I508" s="2" t="s">
-        <v>2207</v>
+        <v>99</v>
       </c>
       <c r="J508" s="2">
-        <v>7126002947</v>
+        <v>3039092801</v>
       </c>
       <c r="K508" s="2" t="s">
-        <v>2365</v>
+        <v>100</v>
       </c>
       <c r="L508" s="2" t="s">
-        <v>2456</v>
+        <v>101</v>
       </c>
       <c r="M508" s="2">
-        <v>7125665186</v>
+        <v>9136713300</v>
       </c>
     </row>
     <row r="509" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A509" s="2" t="s">
-        <v>501</v>
+        <v>2436</v>
       </c>
       <c r="B509" s="4" t="s">
-        <v>1078</v>
+        <v>2437</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>1327</v>
+        <v>2438</v>
       </c>
       <c r="D509" s="2" t="s">
-        <v>1464</v>
+        <v>2439</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>1557</v>
+        <v>96</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>97</v>
+      </c>
+      <c r="G509" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H509" s="2" t="s">
-        <v>2027</v>
+        <v>2440</v>
       </c>
       <c r="I509" s="2" t="s">
-        <v>2094</v>
+        <v>1930</v>
       </c>
       <c r="J509" s="2">
         <v>5152625965</v>
       </c>
       <c r="K509" s="2" t="s">
-        <v>2305</v>
+        <v>974</v>
       </c>
       <c r="L509" s="2" t="s">
-        <v>2398</v>
+        <v>975</v>
       </c>
       <c r="M509" s="2">
         <v>7125805963</v>
       </c>
     </row>
     <row r="510" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A510" s="2" t="s">
-        <v>502</v>
+        <v>2887</v>
       </c>
       <c r="B510" s="4" t="s">
-        <v>1079</v>
-[...1 lines deleted...]
-      <c r="C510" s="2"/>
+        <v>2888</v>
+      </c>
+      <c r="C510" s="2" t="s">
+        <v>2888</v>
+      </c>
       <c r="D510" s="2" t="s">
-        <v>1464</v>
+        <v>2889</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>1557</v>
+        <v>2890</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>1010</v>
+      </c>
+      <c r="G510" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H510" s="2" t="s">
-        <v>2028</v>
+        <v>2891</v>
       </c>
       <c r="I510" s="2" t="s">
-        <v>2094</v>
+        <v>2892</v>
       </c>
       <c r="J510" s="2">
-        <v>5152625965</v>
+        <v>3193604863</v>
       </c>
       <c r="K510" s="2" t="s">
-        <v>2305</v>
+        <v>2893</v>
       </c>
       <c r="L510" s="2" t="s">
-        <v>2398</v>
+        <v>2894</v>
       </c>
       <c r="M510" s="2">
-        <v>7122625965</v>
+        <v>3194094817</v>
       </c>
     </row>
     <row r="511" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A511" s="2" t="s">
-        <v>503</v>
+        <v>758</v>
       </c>
       <c r="B511" s="4" t="s">
-        <v>1080</v>
+        <v>759</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>1328</v>
+        <v>760</v>
       </c>
       <c r="D511" s="2" t="s">
-        <v>1464</v>
+        <v>761</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>1557</v>
+        <v>762</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>763</v>
+      </c>
+      <c r="G511" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H511" s="2" t="s">
-        <v>2029</v>
+        <v>764</v>
       </c>
       <c r="I511" s="2" t="s">
-        <v>2094</v>
+        <v>765</v>
       </c>
       <c r="J511" s="2">
-        <v>5152625965</v>
+        <v>7126002947</v>
       </c>
       <c r="K511" s="2" t="s">
-        <v>2305</v>
+        <v>766</v>
       </c>
       <c r="L511" s="2" t="s">
-        <v>2398</v>
+        <v>767</v>
       </c>
       <c r="M511" s="2">
-        <v>7125805963</v>
+        <v>7125665186</v>
       </c>
     </row>
     <row r="512" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A512" s="2" t="s">
-        <v>504</v>
+        <v>2266</v>
       </c>
       <c r="B512" s="4" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="C512" s="2"/>
+        <v>2267</v>
+      </c>
+      <c r="C512" s="2" t="s">
+        <v>2268</v>
+      </c>
       <c r="D512" s="2" t="s">
-        <v>1464</v>
+        <v>2269</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>1557</v>
+        <v>762</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>763</v>
+      </c>
+      <c r="G512" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H512" s="2" t="s">
-        <v>2030</v>
+        <v>2270</v>
       </c>
       <c r="I512" s="2" t="s">
-        <v>2094</v>
+        <v>1930</v>
       </c>
       <c r="J512" s="2">
         <v>5152625965</v>
       </c>
       <c r="K512" s="2" t="s">
-        <v>2305</v>
+        <v>974</v>
       </c>
       <c r="L512" s="2" t="s">
-        <v>2398</v>
+        <v>975</v>
       </c>
       <c r="M512" s="2">
         <v>7125805963</v>
       </c>
     </row>
     <row r="513" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A513" s="2" t="s">
-        <v>505</v>
+        <v>2271</v>
       </c>
       <c r="B513" s="4" t="s">
-        <v>1082</v>
-[...3 lines deleted...]
-      </c>
+        <v>2272</v>
+      </c>
+      <c r="C513" s="2"/>
       <c r="D513" s="2" t="s">
-        <v>1465</v>
+        <v>2273</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1536</v>
+        <v>762</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>763</v>
+      </c>
+      <c r="G513" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H513" s="2" t="s">
-        <v>2031</v>
+        <v>2274</v>
       </c>
       <c r="I513" s="2" t="s">
-        <v>2094</v>
+        <v>1930</v>
       </c>
       <c r="J513" s="2">
         <v>5152625965</v>
       </c>
       <c r="K513" s="2" t="s">
-        <v>2305</v>
+        <v>974</v>
       </c>
       <c r="L513" s="2" t="s">
-        <v>2398</v>
+        <v>975</v>
       </c>
       <c r="M513" s="2">
-        <v>7125805963</v>
+        <v>7122625965</v>
       </c>
     </row>
     <row r="514" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A514" s="2" t="s">
-        <v>506</v>
+        <v>2275</v>
       </c>
       <c r="B514" s="4" t="s">
-        <v>1083</v>
+        <v>2276</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>1330</v>
+        <v>2277</v>
       </c>
       <c r="D514" s="2" t="s">
-        <v>1465</v>
+        <v>2278</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>1536</v>
+        <v>762</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>763</v>
+      </c>
+      <c r="G514" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H514" s="2" t="s">
-        <v>2032</v>
+        <v>2279</v>
       </c>
       <c r="I514" s="2" t="s">
-        <v>2094</v>
+        <v>1930</v>
       </c>
       <c r="J514" s="2">
         <v>5152625965</v>
       </c>
       <c r="K514" s="2" t="s">
-        <v>2305</v>
+        <v>974</v>
       </c>
       <c r="L514" s="2" t="s">
-        <v>2398</v>
+        <v>975</v>
       </c>
       <c r="M514" s="2">
         <v>7125805963</v>
       </c>
     </row>
     <row r="515" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A515" s="2" t="s">
-        <v>507</v>
+        <v>2305</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1084</v>
-[...3 lines deleted...]
-      </c>
+        <v>2306</v>
+      </c>
+      <c r="C515" s="2"/>
       <c r="D515" s="2" t="s">
-        <v>1465</v>
+        <v>2307</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1536</v>
+        <v>762</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>763</v>
+      </c>
+      <c r="G515" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H515" s="2" t="s">
-        <v>2033</v>
+        <v>2308</v>
       </c>
       <c r="I515" s="2" t="s">
-        <v>2094</v>
+        <v>1930</v>
       </c>
       <c r="J515" s="2">
         <v>5152625965</v>
       </c>
       <c r="K515" s="2" t="s">
-        <v>2305</v>
+        <v>974</v>
       </c>
       <c r="L515" s="2" t="s">
-        <v>2398</v>
+        <v>975</v>
       </c>
       <c r="M515" s="2">
         <v>7125805963</v>
       </c>
     </row>
     <row r="516" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A516" s="2" t="s">
-        <v>508</v>
+        <v>2373</v>
       </c>
       <c r="B516" s="4" t="s">
-        <v>1085</v>
+        <v>2374</v>
       </c>
       <c r="C516" s="2" t="s">
-        <v>1085</v>
+        <v>2374</v>
       </c>
       <c r="D516" s="2" t="s">
-        <v>1466</v>
+        <v>2375</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>1549</v>
+        <v>762</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>763</v>
+      </c>
+      <c r="G516" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H516" s="2" t="s">
-        <v>1973</v>
+        <v>2376</v>
       </c>
       <c r="I516" s="2" t="s">
-        <v>2259</v>
+        <v>2377</v>
       </c>
       <c r="J516" s="2">
-        <v>6412203714</v>
+        <v>7128593885</v>
       </c>
       <c r="K516" s="2" t="s">
-        <v>2386</v>
+        <v>974</v>
       </c>
       <c r="L516" s="2" t="s">
-        <v>2482</v>
+        <v>975</v>
       </c>
       <c r="M516" s="2">
-        <v>6417323337</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="517" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A517" s="2" t="s">
-        <v>509</v>
+        <v>1923</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>1086</v>
+        <v>1924</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>1086</v>
+        <v>1925</v>
       </c>
       <c r="D517" s="2" t="s">
-        <v>1467</v>
+        <v>1926</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1542</v>
+        <v>1927</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1928</v>
+      </c>
+      <c r="G517" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H517" s="2" t="s">
-        <v>2034</v>
+        <v>1929</v>
       </c>
       <c r="I517" s="2" t="s">
-        <v>2282</v>
+        <v>1930</v>
       </c>
       <c r="J517" s="2">
-        <v>6414853959</v>
+        <v>5152625965</v>
       </c>
       <c r="K517" s="2" t="s">
-        <v>2034</v>
+        <v>974</v>
       </c>
       <c r="L517" s="2" t="s">
-        <v>2489</v>
+        <v>975</v>
       </c>
       <c r="M517" s="2">
-        <v>6414859587</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="518" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A518" s="2" t="s">
-        <v>510</v>
+        <v>2124</v>
       </c>
       <c r="B518" s="4" t="s">
-        <v>1087</v>
-[...1 lines deleted...]
-      <c r="C518" s="2"/>
+        <v>2125</v>
+      </c>
+      <c r="C518" s="2" t="s">
+        <v>2126</v>
+      </c>
       <c r="D518" s="2" t="s">
-        <v>1467</v>
+        <v>2127</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1542</v>
+        <v>1927</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1928</v>
+      </c>
+      <c r="G518" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H518" s="2" t="s">
-        <v>2035</v>
+        <v>2128</v>
       </c>
       <c r="I518" s="2" t="s">
-        <v>2095</v>
+        <v>1930</v>
       </c>
       <c r="J518" s="2">
-        <v>7125805360</v>
+        <v>5152625965</v>
       </c>
       <c r="K518" s="2" t="s">
-        <v>2304</v>
+        <v>974</v>
       </c>
       <c r="L518" s="2" t="s">
-        <v>2237</v>
+        <v>975</v>
       </c>
       <c r="M518" s="2">
-        <v>8003835204</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="519" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A519" s="2" t="s">
-        <v>512</v>
+        <v>2300</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>1089</v>
-[...1 lines deleted...]
-      <c r="C519" s="2"/>
+        <v>2301</v>
+      </c>
+      <c r="C519" s="2" t="s">
+        <v>2302</v>
+      </c>
       <c r="D519" s="2" t="s">
-        <v>1468</v>
+        <v>2303</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1558</v>
+        <v>1927</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1928</v>
+      </c>
+      <c r="G519" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H519" s="2" t="s">
-        <v>2037</v>
+        <v>2304</v>
       </c>
       <c r="I519" s="2" t="s">
-        <v>2284</v>
+        <v>1930</v>
       </c>
       <c r="J519" s="2">
-        <v>5157076042</v>
+        <v>5152625965</v>
       </c>
       <c r="K519" s="2" t="s">
-        <v>2318</v>
+        <v>974</v>
       </c>
       <c r="L519" s="2" t="s">
-        <v>2405</v>
+        <v>975</v>
       </c>
       <c r="M519" s="2">
-        <v>7125805360</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="520" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A520" s="2" t="s">
-        <v>513</v>
+        <v>1430</v>
       </c>
       <c r="B520" s="4" t="s">
-        <v>1090</v>
-[...1 lines deleted...]
-      <c r="C520" s="2"/>
+        <v>1431</v>
+      </c>
+      <c r="C520" s="2" t="s">
+        <v>1431</v>
+      </c>
       <c r="D520" s="2" t="s">
-        <v>1468</v>
+        <v>1432</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1558</v>
+        <v>1433</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1425</v>
+      </c>
+      <c r="G520" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H520" s="2" t="s">
-        <v>2038</v>
+        <v>1426</v>
       </c>
       <c r="I520" s="2" t="s">
-        <v>2207</v>
+        <v>1427</v>
       </c>
       <c r="J520" s="2">
-        <v>7123604140</v>
+        <v>6412203714</v>
       </c>
       <c r="K520" s="2" t="s">
-        <v>2365</v>
+        <v>1428</v>
       </c>
       <c r="L520" s="2" t="s">
-        <v>2456</v>
+        <v>1429</v>
       </c>
       <c r="M520" s="2">
-        <v>7125665186</v>
+        <v>6417323337</v>
       </c>
     </row>
     <row r="521" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A521" s="2" t="s">
-        <v>511</v>
+        <v>658</v>
       </c>
       <c r="B521" s="4" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="C521" s="2"/>
+        <v>659</v>
+      </c>
+      <c r="C521" s="2" t="s">
+        <v>659</v>
+      </c>
       <c r="D521" s="2" t="s">
-        <v>1468</v>
+        <v>660</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>1558</v>
+        <v>661</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>385</v>
+      </c>
+      <c r="G521" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H521" s="2" t="s">
-        <v>2036</v>
+        <v>662</v>
       </c>
       <c r="I521" s="2" t="s">
-        <v>2283</v>
+        <v>663</v>
       </c>
       <c r="J521" s="2">
-        <v>5078361602</v>
+        <v>6414853959</v>
       </c>
       <c r="K521" s="2" t="s">
-        <v>2392</v>
+        <v>662</v>
       </c>
       <c r="L521" s="2" t="s">
-        <v>2490</v>
+        <v>664</v>
       </c>
       <c r="M521" s="2">
-        <v>5076255573</v>
+        <v>6414859587</v>
       </c>
     </row>
     <row r="522" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A522" s="2" t="s">
-        <v>514</v>
+        <v>1181</v>
       </c>
       <c r="B522" s="4" t="s">
-        <v>1091</v>
+        <v>1182</v>
       </c>
       <c r="C522" s="2"/>
       <c r="D522" s="2" t="s">
-        <v>1468</v>
+        <v>1183</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>1558</v>
+        <v>661</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>385</v>
+      </c>
+      <c r="G522" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H522" s="2" t="s">
-        <v>2039</v>
+        <v>1184</v>
       </c>
       <c r="I522" s="2" t="s">
-        <v>2261</v>
+        <v>632</v>
       </c>
       <c r="J522" s="2">
-        <v>9133966310</v>
+        <v>7125805360</v>
       </c>
       <c r="K522" s="2" t="s">
-        <v>2370</v>
+        <v>633</v>
       </c>
       <c r="L522" s="2" t="s">
-        <v>2478</v>
+        <v>634</v>
       </c>
       <c r="M522" s="2">
-        <v>3162396670</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="523" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A523" s="2" t="s">
-        <v>515</v>
+        <v>13</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1092</v>
+        <v>14</v>
       </c>
       <c r="C523" s="2"/>
       <c r="D523" s="2" t="s">
-        <v>1469</v>
+        <v>15</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>1493</v>
+        <v>16</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>17</v>
+      </c>
+      <c r="G523" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H523" s="2" t="s">
-        <v>2040</v>
+        <v>19</v>
       </c>
       <c r="I523" s="2" t="s">
-        <v>2236</v>
+        <v>20</v>
       </c>
       <c r="J523" s="2">
-        <v>5152231113</v>
+        <v>5078361606</v>
       </c>
       <c r="K523" s="2" t="s">
-        <v>2318</v>
+        <v>21</v>
       </c>
       <c r="L523" s="2" t="s">
-        <v>2405</v>
+        <v>22</v>
       </c>
       <c r="M523" s="2">
-        <v>7125805360</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="524" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A524" s="2" t="s">
-        <v>516</v>
+        <v>1012</v>
       </c>
       <c r="B524" s="4" t="s">
-        <v>1093</v>
-[...3 lines deleted...]
-      </c>
+        <v>1013</v>
+      </c>
+      <c r="C524" s="2"/>
       <c r="D524" s="2" t="s">
-        <v>1470</v>
+        <v>1014</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>1543</v>
+        <v>16</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>17</v>
+      </c>
+      <c r="G524" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H524" s="2" t="s">
-        <v>1712</v>
+        <v>1015</v>
       </c>
       <c r="I524" s="2" t="s">
-        <v>2176</v>
+        <v>1016</v>
       </c>
       <c r="J524" s="2">
-        <v>5633828436</v>
+        <v>5157076042</v>
       </c>
       <c r="K524" s="2" t="s">
-        <v>1712</v>
+        <v>766</v>
       </c>
       <c r="L524" s="2" t="s">
-        <v>2441</v>
+        <v>767</v>
       </c>
       <c r="M524" s="2">
-        <v>5633792841</v>
+        <v>7125665186</v>
       </c>
     </row>
     <row r="525" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A525" s="2" t="s">
-        <v>517</v>
+        <v>1132</v>
       </c>
       <c r="B525" s="4" t="s">
-        <v>1094</v>
-[...3 lines deleted...]
-      </c>
+        <v>1133</v>
+      </c>
+      <c r="C525" s="2"/>
       <c r="D525" s="2" t="s">
-        <v>1471</v>
+        <v>1134</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>1528</v>
+        <v>16</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>1569</v>
-[...1 lines deleted...]
-      <c r="G525" s="2">
         <v>17</v>
       </c>
+      <c r="G525" s="2" t="s">
+        <v>590</v>
+      </c>
       <c r="H525" s="2" t="s">
-        <v>2041</v>
+        <v>1135</v>
       </c>
       <c r="I525" s="2" t="s">
-        <v>2285</v>
+        <v>765</v>
       </c>
       <c r="J525" s="2">
-        <v>7124462599</v>
+        <v>7123604140</v>
       </c>
       <c r="K525" s="2" t="s">
-        <v>2041</v>
+        <v>766</v>
       </c>
       <c r="L525" s="2" t="s">
-        <v>2491</v>
+        <v>767</v>
       </c>
       <c r="M525" s="2">
-        <v>7124462599</v>
+        <v>7125665186</v>
       </c>
     </row>
     <row r="526" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A526" s="2" t="s">
-        <v>518</v>
+        <v>2952</v>
       </c>
       <c r="B526" s="4" t="s">
-        <v>1095</v>
-[...3 lines deleted...]
-      </c>
+        <v>2953</v>
+      </c>
+      <c r="C526" s="2"/>
       <c r="D526" s="2" t="s">
-        <v>1472</v>
+        <v>2954</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>1559</v>
+        <v>16</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>17</v>
+      </c>
+      <c r="G526" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H526" s="2" t="s">
-        <v>2042</v>
+        <v>2955</v>
       </c>
       <c r="I526" s="2" t="s">
-        <v>2111</v>
+        <v>2934</v>
       </c>
       <c r="J526" s="2">
-        <v>3193387600</v>
+        <v>7853711663</v>
       </c>
       <c r="K526" s="2" t="s">
-        <v>2319</v>
+        <v>2768</v>
       </c>
       <c r="L526" s="2" t="s">
-        <v>2407</v>
+        <v>2769</v>
       </c>
       <c r="M526" s="2">
-        <v>5152254782</v>
+        <v>3162632215</v>
       </c>
     </row>
     <row r="527" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A527" s="2" t="s">
-        <v>519</v>
+        <v>1229</v>
       </c>
       <c r="B527" s="4" t="s">
-        <v>1096</v>
+        <v>1230</v>
       </c>
       <c r="C527" s="2"/>
       <c r="D527" s="2" t="s">
-        <v>1472</v>
+        <v>1231</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>1559</v>
+        <v>1232</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>999</v>
+      </c>
+      <c r="G527" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H527" s="2" t="s">
-        <v>2043</v>
+        <v>1233</v>
       </c>
       <c r="I527" s="2" t="s">
-        <v>2111</v>
+        <v>786</v>
       </c>
       <c r="J527" s="2">
-        <v>3193387600</v>
+        <v>5152231113</v>
       </c>
       <c r="K527" s="2" t="s">
-        <v>2319</v>
+        <v>673</v>
       </c>
       <c r="L527" s="2" t="s">
-        <v>2407</v>
+        <v>674</v>
       </c>
       <c r="M527" s="2">
-        <v>5152254782</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="528" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A528" s="2" t="s">
-        <v>520</v>
+        <v>1620</v>
       </c>
       <c r="B528" s="4" t="s">
-        <v>1097</v>
+        <v>1621</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>1332</v>
+        <v>1621</v>
       </c>
       <c r="D528" s="2" t="s">
-        <v>1473</v>
+        <v>1622</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>1560</v>
+        <v>1623</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1624</v>
+      </c>
+      <c r="G528" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H528" s="2" t="s">
-        <v>2044</v>
+        <v>1470</v>
       </c>
       <c r="I528" s="2" t="s">
-        <v>2111</v>
+        <v>1619</v>
       </c>
       <c r="J528" s="2">
-        <v>3193387600</v>
+        <v>5633828436</v>
       </c>
       <c r="K528" s="2" t="s">
-        <v>2319</v>
+        <v>1470</v>
       </c>
       <c r="L528" s="2" t="s">
-        <v>2407</v>
+        <v>1471</v>
       </c>
       <c r="M528" s="2">
-        <v>5152254782</v>
+        <v>5633792841</v>
       </c>
     </row>
     <row r="529" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A529" s="2" t="s">
-        <v>521</v>
+        <v>1882</v>
       </c>
       <c r="B529" s="4" t="s">
-        <v>1098</v>
-[...1 lines deleted...]
-      <c r="C529" s="2"/>
+        <v>1883</v>
+      </c>
+      <c r="C529" s="2" t="s">
+        <v>1883</v>
+      </c>
       <c r="D529" s="2" t="s">
-        <v>1474</v>
+        <v>1884</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>1559</v>
+        <v>1885</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>910</v>
+      </c>
+      <c r="G529" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H529" s="2" t="s">
-        <v>2045</v>
+        <v>1886</v>
       </c>
       <c r="I529" s="2" t="s">
-        <v>2095</v>
+        <v>1887</v>
       </c>
       <c r="J529" s="2">
-        <v>7125805360</v>
+        <v>7124462599</v>
       </c>
       <c r="K529" s="2" t="s">
-        <v>2304</v>
+        <v>1886</v>
       </c>
       <c r="L529" s="2" t="s">
-        <v>2237</v>
+        <v>1888</v>
       </c>
       <c r="M529" s="2">
-        <v>8003835204</v>
+        <v>7124462599</v>
       </c>
     </row>
     <row r="530" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A530" s="2" t="s">
-        <v>522</v>
+        <v>2483</v>
       </c>
       <c r="B530" s="4" t="s">
-        <v>1099</v>
-[...1 lines deleted...]
-      <c r="C530" s="2"/>
+        <v>2484</v>
+      </c>
+      <c r="C530" s="2" t="s">
+        <v>2485</v>
+      </c>
       <c r="D530" s="2" t="s">
-        <v>1475</v>
+        <v>2486</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>1492</v>
+        <v>2487</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>2488</v>
+      </c>
+      <c r="G530" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H530" s="2" t="s">
-        <v>2046</v>
+        <v>2489</v>
       </c>
       <c r="I530" s="2" t="s">
-        <v>2286</v>
+        <v>2411</v>
       </c>
       <c r="J530" s="2">
-        <v>5155779594</v>
+        <v>3193387600</v>
       </c>
       <c r="K530" s="2" t="s">
-        <v>2313</v>
+        <v>2490</v>
       </c>
       <c r="L530" s="2" t="s">
-        <v>2132</v>
+        <v>2491</v>
       </c>
       <c r="M530" s="2">
-        <v>3172641833</v>
+        <v>5152254782</v>
       </c>
     </row>
     <row r="531" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A531" s="2" t="s">
-        <v>523</v>
+        <v>1234</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>1100</v>
-[...3 lines deleted...]
-      </c>
+        <v>1235</v>
+      </c>
+      <c r="C531" s="2"/>
       <c r="D531" s="2" t="s">
-        <v>1476</v>
+        <v>1236</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>1547</v>
+        <v>1237</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>1238</v>
+      </c>
+      <c r="G531" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H531" s="2" t="s">
-        <v>2047</v>
+        <v>1239</v>
       </c>
       <c r="I531" s="2" t="s">
-        <v>2287</v>
+        <v>632</v>
       </c>
       <c r="J531" s="2">
-        <v>7127929914</v>
+        <v>7125805360</v>
       </c>
       <c r="K531" s="2" t="s">
-        <v>2047</v>
+        <v>633</v>
       </c>
       <c r="L531" s="2" t="s">
-        <v>2287</v>
+        <v>634</v>
       </c>
       <c r="M531" s="2">
-        <v>7127929914</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="532" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A532" s="2" t="s">
-        <v>525</v>
+        <v>1597</v>
       </c>
       <c r="B532" s="4" t="s">
-        <v>1102</v>
-[...3 lines deleted...]
-      </c>
+        <v>1598</v>
+      </c>
+      <c r="C532" s="2"/>
       <c r="D532" s="2" t="s">
-        <v>1477</v>
+        <v>1599</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>1561</v>
+        <v>1600</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>37</v>
+      </c>
+      <c r="G532" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H532" s="2" t="s">
-        <v>2049</v>
+        <v>1601</v>
       </c>
       <c r="I532" s="2" t="s">
-        <v>2094</v>
+        <v>1302</v>
       </c>
       <c r="J532" s="2">
-        <v>5152625965</v>
+        <v>3172641833</v>
       </c>
       <c r="K532" s="2" t="s">
-        <v>2305</v>
+        <v>1303</v>
       </c>
       <c r="L532" s="2" t="s">
-        <v>2398</v>
+        <v>1304</v>
       </c>
       <c r="M532" s="2">
-        <v>7125805963</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="533" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A533" s="2" t="s">
-        <v>524</v>
+        <v>2412</v>
       </c>
       <c r="B533" s="4" t="s">
-        <v>1101</v>
+        <v>2413</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>1333</v>
+        <v>2413</v>
       </c>
       <c r="D533" s="2" t="s">
-        <v>1477</v>
+        <v>2414</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>1561</v>
+        <v>2415</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>686</v>
+      </c>
+      <c r="G533" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H533" s="2" t="s">
-        <v>2048</v>
+        <v>2416</v>
       </c>
       <c r="I533" s="2" t="s">
-        <v>2261</v>
+        <v>2417</v>
       </c>
       <c r="J533" s="2">
-        <v>9133966310</v>
+        <v>7127929914</v>
       </c>
       <c r="K533" s="2" t="s">
-        <v>2370</v>
+        <v>2416</v>
       </c>
       <c r="L533" s="2" t="s">
-        <v>2478</v>
+        <v>2417</v>
       </c>
       <c r="M533" s="2">
-        <v>3162396670</v>
+        <v>7127929914</v>
       </c>
     </row>
     <row r="534" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A534" s="2" t="s">
-        <v>529</v>
+        <v>2929</v>
       </c>
       <c r="B534" s="4" t="s">
-        <v>1106</v>
+        <v>2930</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>1335</v>
+        <v>2931</v>
       </c>
       <c r="D534" s="2" t="s">
-        <v>1478</v>
+        <v>2932</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>1502</v>
+        <v>2451</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>2452</v>
+      </c>
+      <c r="G534" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H534" s="2" t="s">
-        <v>2052</v>
+        <v>2933</v>
       </c>
       <c r="I534" s="2" t="s">
-        <v>2138</v>
+        <v>2934</v>
       </c>
       <c r="J534" s="2">
-        <v>8155404733</v>
+        <v>7853711663</v>
       </c>
       <c r="K534" s="2" t="s">
-        <v>2332</v>
+        <v>2768</v>
       </c>
       <c r="L534" s="2" t="s">
-        <v>2418</v>
+        <v>2769</v>
       </c>
       <c r="M534" s="2">
-        <v>8159652417</v>
+        <v>3162632215</v>
       </c>
     </row>
     <row r="535" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A535" s="2" t="s">
-        <v>533</v>
+        <v>2447</v>
       </c>
       <c r="B535" s="4" t="s">
-        <v>1110</v>
+        <v>2448</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>1338</v>
+        <v>2449</v>
       </c>
       <c r="D535" s="2" t="s">
-        <v>1478</v>
+        <v>2450</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>1502</v>
+        <v>2451</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>2452</v>
+      </c>
+      <c r="G535" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H535" s="2" t="s">
-        <v>2056</v>
+        <v>2453</v>
       </c>
       <c r="I535" s="2" t="s">
-        <v>2163</v>
+        <v>1930</v>
       </c>
       <c r="J535" s="2">
-        <v>6518150665</v>
+        <v>5152625965</v>
       </c>
       <c r="K535" s="2" t="s">
-        <v>2349</v>
+        <v>974</v>
       </c>
       <c r="L535" s="2" t="s">
-        <v>2435</v>
+        <v>975</v>
       </c>
       <c r="M535" s="2">
-        <v>6512090531</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="536" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A536" s="2" t="s">
-        <v>532</v>
+        <v>1969</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>1109</v>
+        <v>1970</v>
       </c>
       <c r="C536" s="2"/>
       <c r="D536" s="2" t="s">
-        <v>1478</v>
+        <v>423</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>273</v>
+      </c>
+      <c r="G536" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H536" s="2" t="s">
-        <v>2055</v>
+        <v>1969</v>
       </c>
       <c r="I536" s="2" t="s">
-        <v>2291</v>
+        <v>1971</v>
       </c>
       <c r="J536" s="2">
-        <v>3192311886</v>
+        <v>3019980401</v>
       </c>
       <c r="K536" s="2" t="s">
-        <v>2055</v>
+        <v>1946</v>
       </c>
       <c r="L536" s="2" t="s">
-        <v>2291</v>
+        <v>1947</v>
       </c>
       <c r="M536" s="2">
-        <v>3192311886</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="537" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A537" s="2" t="s">
-        <v>535</v>
+        <v>269</v>
       </c>
       <c r="B537" s="4" t="s">
-        <v>1112</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="C537" s="2"/>
       <c r="D537" s="2" t="s">
-        <v>1478</v>
+        <v>271</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>273</v>
+      </c>
+      <c r="G537" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H537" s="2" t="s">
-        <v>2058</v>
+        <v>274</v>
       </c>
       <c r="I537" s="2" t="s">
-        <v>2292</v>
+        <v>72</v>
       </c>
       <c r="J537" s="2">
-        <v>3192873845</v>
+        <v>6512911750</v>
       </c>
       <c r="K537" s="2" t="s">
-        <v>2058</v>
+        <v>21</v>
       </c>
       <c r="L537" s="2" t="s">
-        <v>2292</v>
+        <v>22</v>
       </c>
       <c r="M537" s="2">
-        <v>3192873845</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="538" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A538" s="2" t="s">
-        <v>538</v>
+        <v>2110</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>1115</v>
-[...3 lines deleted...]
-      </c>
+        <v>2111</v>
+      </c>
+      <c r="C538" s="2"/>
       <c r="D538" s="2" t="s">
-        <v>1478</v>
+        <v>2112</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>273</v>
+      </c>
+      <c r="G538" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H538" s="2" t="s">
-        <v>2061</v>
+        <v>2113</v>
       </c>
       <c r="I538" s="2" t="s">
-        <v>2294</v>
+        <v>2114</v>
       </c>
       <c r="J538" s="2">
-        <v>3192359358</v>
+        <v>3102070882</v>
       </c>
       <c r="K538" s="2" t="s">
-        <v>2061</v>
+        <v>1946</v>
       </c>
       <c r="L538" s="2" t="s">
-        <v>2294</v>
+        <v>1947</v>
       </c>
       <c r="M538" s="2">
-        <v>3192359358</v>
+        <v>4023337373</v>
       </c>
     </row>
     <row r="539" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A539" s="2" t="s">
-        <v>540</v>
+        <v>346</v>
       </c>
       <c r="B539" s="4" t="s">
-        <v>1117</v>
+        <v>347</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>1341</v>
+        <v>348</v>
       </c>
       <c r="D539" s="2" t="s">
-        <v>1478</v>
+        <v>349</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>273</v>
+      </c>
+      <c r="G539" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H539" s="2" t="s">
-        <v>2058</v>
+        <v>350</v>
       </c>
       <c r="I539" s="2" t="s">
-        <v>2292</v>
+        <v>332</v>
       </c>
       <c r="J539" s="2">
-        <v>3192873845</v>
+        <v>8155404733</v>
       </c>
       <c r="K539" s="2" t="s">
-        <v>2058</v>
+        <v>333</v>
       </c>
       <c r="L539" s="2" t="s">
-        <v>2292</v>
+        <v>334</v>
       </c>
       <c r="M539" s="2">
-        <v>3192873845</v>
+        <v>8159652417</v>
       </c>
     </row>
     <row r="540" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A540" s="2" t="s">
-        <v>534</v>
+        <v>2132</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>1111</v>
-[...1 lines deleted...]
-      <c r="C540" s="2"/>
+        <v>2133</v>
+      </c>
+      <c r="C540" s="2" t="s">
+        <v>2134</v>
+      </c>
       <c r="D540" s="2" t="s">
-        <v>1478</v>
+        <v>2135</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>273</v>
+      </c>
+      <c r="G540" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H540" s="2" t="s">
-        <v>2057</v>
+        <v>2136</v>
       </c>
       <c r="I540" s="2" t="s">
-        <v>2141</v>
+        <v>2085</v>
       </c>
       <c r="J540" s="2">
-        <v>6123323000</v>
+        <v>4147279902</v>
       </c>
       <c r="K540" s="2" t="s">
-        <v>2350</v>
+        <v>2086</v>
       </c>
       <c r="L540" s="2" t="s">
-        <v>2438</v>
+        <v>2087</v>
       </c>
       <c r="M540" s="2">
-        <v>6123372658</v>
+        <v>2628794045</v>
       </c>
     </row>
     <row r="541" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A541" s="2" t="s">
-        <v>536</v>
+        <v>2157</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>1113</v>
-[...1 lines deleted...]
-      <c r="C541" s="2"/>
+        <v>2158</v>
+      </c>
+      <c r="C541" s="2" t="s">
+        <v>2159</v>
+      </c>
       <c r="D541" s="2" t="s">
-        <v>1478</v>
+        <v>2160</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>273</v>
+      </c>
+      <c r="G541" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H541" s="2" t="s">
-        <v>2059</v>
+        <v>2161</v>
       </c>
       <c r="I541" s="2" t="s">
-        <v>2293</v>
+        <v>1930</v>
       </c>
       <c r="J541" s="2">
-        <v>6155253126</v>
+        <v>5152625965</v>
       </c>
       <c r="K541" s="2" t="s">
-        <v>2311</v>
+        <v>974</v>
       </c>
       <c r="L541" s="2" t="s">
-        <v>2493</v>
+        <v>975</v>
       </c>
       <c r="M541" s="2">
-        <v>5154478982</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="542" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A542" s="2" t="s">
-        <v>526</v>
+        <v>1084</v>
       </c>
       <c r="B542" s="4" t="s">
-        <v>1103</v>
+        <v>1085</v>
       </c>
       <c r="C542" s="2"/>
       <c r="D542" s="2" t="s">
-        <v>1478</v>
+        <v>1086</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>273</v>
+      </c>
+      <c r="G542" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H542" s="2" t="s">
-        <v>526</v>
+        <v>1087</v>
       </c>
       <c r="I542" s="2" t="s">
-        <v>2288</v>
+        <v>1088</v>
       </c>
       <c r="J542" s="2">
-        <v>3019980401</v>
+        <v>3192311886</v>
       </c>
       <c r="K542" s="2" t="s">
-        <v>2327</v>
+        <v>1087</v>
       </c>
       <c r="L542" s="2" t="s">
-        <v>2412</v>
+        <v>1088</v>
       </c>
       <c r="M542" s="2">
-        <v>4023337373</v>
+        <v>3192311886</v>
       </c>
     </row>
     <row r="543" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A543" s="2" t="s">
-        <v>527</v>
+        <v>468</v>
       </c>
       <c r="B543" s="4" t="s">
-        <v>1104</v>
-[...1 lines deleted...]
-      <c r="C543" s="2"/>
+        <v>469</v>
+      </c>
+      <c r="C543" s="2" t="s">
+        <v>470</v>
+      </c>
       <c r="D543" s="2" t="s">
-        <v>1478</v>
+        <v>471</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>273</v>
+      </c>
+      <c r="G543" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H543" s="2" t="s">
-        <v>2050</v>
+        <v>472</v>
       </c>
       <c r="I543" s="2" t="s">
-        <v>2136</v>
+        <v>134</v>
       </c>
       <c r="J543" s="2">
-        <v>6512911750</v>
+        <v>6518150665</v>
       </c>
       <c r="K543" s="2" t="s">
-        <v>2330</v>
+        <v>21</v>
       </c>
       <c r="L543" s="2" t="s">
-        <v>2416</v>
+        <v>473</v>
       </c>
       <c r="M543" s="2">
-        <v>6512911750</v>
+        <v>6512090531</v>
       </c>
     </row>
     <row r="544" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A544" s="2" t="s">
-        <v>528</v>
+        <v>1728</v>
       </c>
       <c r="B544" s="4" t="s">
-        <v>1105</v>
+        <v>1729</v>
       </c>
       <c r="C544" s="2"/>
       <c r="D544" s="2" t="s">
-        <v>1478</v>
+        <v>1730</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>273</v>
+      </c>
+      <c r="G544" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H544" s="2" t="s">
-        <v>2051</v>
+        <v>1731</v>
       </c>
       <c r="I544" s="2" t="s">
-        <v>2289</v>
+        <v>1504</v>
       </c>
       <c r="J544" s="2">
-        <v>3102070882</v>
+        <v>6123323000</v>
       </c>
       <c r="K544" s="2" t="s">
-        <v>2327</v>
+        <v>1515</v>
       </c>
       <c r="L544" s="2" t="s">
-        <v>2412</v>
+        <v>1516</v>
       </c>
       <c r="M544" s="2">
-        <v>4023337373</v>
+        <v>6123372658</v>
       </c>
     </row>
     <row r="545" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A545" s="2" t="s">
-        <v>530</v>
+        <v>1195</v>
       </c>
       <c r="B545" s="4" t="s">
-        <v>1107</v>
+        <v>1196</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>1336</v>
+        <v>1197</v>
       </c>
       <c r="D545" s="2" t="s">
-        <v>1478</v>
+        <v>1198</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>273</v>
+      </c>
+      <c r="G545" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H545" s="2" t="s">
-        <v>2053</v>
+        <v>1199</v>
       </c>
       <c r="I545" s="2" t="s">
-        <v>2290</v>
+        <v>1200</v>
       </c>
       <c r="J545" s="2">
-        <v>4147327614</v>
+        <v>3192873845</v>
       </c>
       <c r="K545" s="2" t="s">
-        <v>2321</v>
+        <v>1201</v>
       </c>
       <c r="L545" s="2" t="s">
-        <v>2492</v>
+        <v>1202</v>
       </c>
       <c r="M545" s="2">
-        <v>2628794045</v>
+        <v>3192873845</v>
       </c>
     </row>
     <row r="546" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A546" s="2" t="s">
-        <v>531</v>
+        <v>2923</v>
       </c>
       <c r="B546" s="4" t="s">
-        <v>1108</v>
-[...3 lines deleted...]
-      </c>
+        <v>2924</v>
+      </c>
+      <c r="C546" s="2"/>
       <c r="D546" s="2" t="s">
-        <v>1478</v>
+        <v>2925</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>273</v>
+      </c>
+      <c r="G546" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H546" s="2" t="s">
-        <v>2054</v>
+        <v>2926</v>
       </c>
       <c r="I546" s="2" t="s">
-        <v>2094</v>
+        <v>2927</v>
       </c>
       <c r="J546" s="2">
-        <v>5152625965</v>
+        <v>6155253126</v>
       </c>
       <c r="K546" s="2" t="s">
-        <v>2305</v>
+        <v>2498</v>
       </c>
       <c r="L546" s="2" t="s">
-        <v>2398</v>
+        <v>2928</v>
       </c>
       <c r="M546" s="2">
-        <v>7125805963</v>
+        <v>5154478982</v>
       </c>
     </row>
     <row r="547" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A547" s="2" t="s">
-        <v>537</v>
+        <v>2351</v>
       </c>
       <c r="B547" s="4" t="s">
-        <v>1114</v>
+        <v>2352</v>
       </c>
       <c r="C547" s="2"/>
       <c r="D547" s="2" t="s">
-        <v>1478</v>
+        <v>2353</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>273</v>
+      </c>
+      <c r="G547" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H547" s="2" t="s">
-        <v>2060</v>
+        <v>2354</v>
       </c>
       <c r="I547" s="2" t="s">
-        <v>2103</v>
+        <v>1967</v>
       </c>
       <c r="J547" s="2">
         <v>9524472345</v>
       </c>
       <c r="K547" s="2" t="s">
-        <v>2312</v>
+        <v>1968</v>
       </c>
       <c r="L547" s="2" t="s">
-        <v>2103</v>
+        <v>1967</v>
       </c>
       <c r="M547" s="2">
         <v>9524472345</v>
       </c>
     </row>
     <row r="548" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A548" s="2" t="s">
-        <v>539</v>
+        <v>550</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>1116</v>
+        <v>551</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>1340</v>
+        <v>552</v>
       </c>
       <c r="D548" s="2" t="s">
-        <v>1478</v>
+        <v>553</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>1502</v>
+        <v>272</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>273</v>
+      </c>
+      <c r="G548" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H548" s="2" t="s">
-        <v>2062</v>
+        <v>554</v>
       </c>
       <c r="I548" s="2" t="s">
-        <v>2136</v>
+        <v>72</v>
       </c>
       <c r="J548" s="2">
         <v>6512911750</v>
       </c>
       <c r="K548" s="2" t="s">
-        <v>2330</v>
+        <v>21</v>
       </c>
       <c r="L548" s="2" t="s">
-        <v>2416</v>
+        <v>22</v>
       </c>
       <c r="M548" s="2">
-        <v>6512911750</v>
+        <v>6518150665</v>
       </c>
     </row>
     <row r="549" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A549" s="2" t="s">
-        <v>544</v>
+        <v>1259</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>1121</v>
+        <v>1260</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>1342</v>
+        <v>1261</v>
       </c>
       <c r="D549" s="2" t="s">
-        <v>1479</v>
+        <v>1262</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>1489</v>
+        <v>272</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>273</v>
+      </c>
+      <c r="G549" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H549" s="2" t="s">
-        <v>2066</v>
+        <v>1201</v>
       </c>
       <c r="I549" s="2" t="s">
-        <v>2158</v>
+        <v>1202</v>
       </c>
       <c r="J549" s="2">
-        <v>6022005660</v>
+        <v>3192873845</v>
       </c>
       <c r="K549" s="2" t="s">
-        <v>2325</v>
+        <v>1201</v>
       </c>
       <c r="L549" s="2" t="s">
-        <v>2172</v>
+        <v>1202</v>
       </c>
       <c r="M549" s="2">
-        <v>5154909001</v>
+        <v>3192873845</v>
       </c>
     </row>
     <row r="550" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A550" s="2" t="s">
-        <v>545</v>
+        <v>648</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>1122</v>
-[...3 lines deleted...]
-      </c>
+        <v>649</v>
+      </c>
+      <c r="C550" s="2"/>
       <c r="D550" s="2" t="s">
-        <v>1479</v>
+        <v>650</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>1489</v>
+        <v>651</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>292</v>
+      </c>
+      <c r="G550" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H550" s="2" t="s">
-        <v>2067</v>
+        <v>652</v>
       </c>
       <c r="I550" s="2" t="s">
-        <v>2158</v>
+        <v>641</v>
       </c>
       <c r="J550" s="2">
-        <v>6022005660</v>
+        <v>6083487755</v>
       </c>
       <c r="K550" s="2" t="s">
-        <v>2325</v>
+        <v>642</v>
       </c>
       <c r="L550" s="2" t="s">
-        <v>2476</v>
+        <v>643</v>
       </c>
       <c r="M550" s="2">
-        <v>5156989700</v>
+        <v>6083487755</v>
       </c>
     </row>
     <row r="551" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A551" s="2" t="s">
-        <v>541</v>
+        <v>835</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>1118</v>
+        <v>836</v>
       </c>
       <c r="C551" s="2"/>
       <c r="D551" s="2" t="s">
-        <v>1479</v>
+        <v>837</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>1489</v>
+        <v>651</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>292</v>
+      </c>
+      <c r="G551" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H551" s="2" t="s">
-        <v>2063</v>
+        <v>838</v>
       </c>
       <c r="I551" s="2" t="s">
-        <v>2112</v>
+        <v>641</v>
       </c>
       <c r="J551" s="2">
         <v>6083487755</v>
       </c>
       <c r="K551" s="2" t="s">
-        <v>2320</v>
+        <v>642</v>
       </c>
       <c r="L551" s="2" t="s">
-        <v>2116</v>
+        <v>643</v>
       </c>
       <c r="M551" s="2">
         <v>6083487755</v>
       </c>
     </row>
     <row r="552" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A552" s="2" t="s">
-        <v>542</v>
+        <v>1763</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="C552" s="2"/>
+        <v>1764</v>
+      </c>
+      <c r="C552" s="2" t="s">
+        <v>1765</v>
+      </c>
       <c r="D552" s="2" t="s">
-        <v>1479</v>
+        <v>1766</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>1489</v>
+        <v>651</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>292</v>
+      </c>
+      <c r="G552" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H552" s="2" t="s">
-        <v>2064</v>
+        <v>1767</v>
       </c>
       <c r="I552" s="2" t="s">
-        <v>2095</v>
+        <v>1412</v>
       </c>
       <c r="J552" s="2">
-        <v>7125805360</v>
+        <v>2627904560</v>
       </c>
       <c r="K552" s="2" t="s">
-        <v>2304</v>
+        <v>1327</v>
       </c>
       <c r="L552" s="2" t="s">
-        <v>2237</v>
+        <v>1326</v>
       </c>
       <c r="M552" s="2">
-        <v>8003835204</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="553" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A553" s="2" t="s">
-        <v>543</v>
+        <v>1808</v>
       </c>
       <c r="B553" s="4" t="s">
-        <v>1120</v>
-[...1 lines deleted...]
-      <c r="C553" s="2"/>
+        <v>1809</v>
+      </c>
+      <c r="C553" s="2" t="s">
+        <v>1810</v>
+      </c>
       <c r="D553" s="2" t="s">
-        <v>1479</v>
+        <v>1811</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>1489</v>
+        <v>651</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>292</v>
+      </c>
+      <c r="G553" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H553" s="2" t="s">
-        <v>2065</v>
+        <v>1812</v>
       </c>
       <c r="I553" s="2" t="s">
-        <v>2112</v>
+        <v>1379</v>
       </c>
       <c r="J553" s="2">
-        <v>6083487755</v>
+        <v>2627904560</v>
       </c>
       <c r="K553" s="2" t="s">
-        <v>2320</v>
+        <v>1327</v>
       </c>
       <c r="L553" s="2" t="s">
-        <v>2116</v>
+        <v>1326</v>
       </c>
       <c r="M553" s="2">
-        <v>6083487755</v>
+        <v>2627904560</v>
       </c>
     </row>
     <row r="554" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A554" s="2" t="s">
-        <v>546</v>
+        <v>1255</v>
       </c>
       <c r="B554" s="4" t="s">
-        <v>1123</v>
+        <v>1256</v>
       </c>
       <c r="C554" s="2"/>
       <c r="D554" s="2" t="s">
-        <v>1479</v>
+        <v>1257</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>1489</v>
+        <v>651</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>292</v>
+      </c>
+      <c r="G554" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H554" s="2" t="s">
-        <v>2068</v>
+        <v>1258</v>
       </c>
       <c r="I554" s="2" t="s">
-        <v>2112</v>
+        <v>641</v>
       </c>
       <c r="J554" s="2">
         <v>6083487755</v>
       </c>
       <c r="K554" s="2" t="s">
-        <v>2320</v>
+        <v>642</v>
       </c>
       <c r="L554" s="2" t="s">
-        <v>2116</v>
+        <v>643</v>
       </c>
       <c r="M554" s="2">
         <v>6083487755</v>
       </c>
     </row>
     <row r="555" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A555" s="2" t="s">
-        <v>547</v>
+        <v>3030</v>
       </c>
       <c r="B555" s="4" t="s">
-        <v>1124</v>
+        <v>3031</v>
       </c>
       <c r="C555" s="2"/>
       <c r="D555" s="2" t="s">
-        <v>1479</v>
+        <v>3032</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>1489</v>
+        <v>651</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>292</v>
+      </c>
+      <c r="G555" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H555" s="2" t="s">
-        <v>2069</v>
+        <v>3033</v>
       </c>
       <c r="I555" s="2" t="s">
-        <v>2101</v>
+        <v>2523</v>
       </c>
       <c r="J555" s="2">
         <v>5152462936</v>
       </c>
       <c r="K555" s="2" t="s">
-        <v>1745</v>
+        <v>2524</v>
       </c>
       <c r="L555" s="2" t="s">
-        <v>2191</v>
+        <v>2525</v>
       </c>
       <c r="M555" s="2">
         <v>5152462912</v>
       </c>
     </row>
     <row r="556" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A556" s="2" t="s">
-        <v>548</v>
+        <v>3034</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>1125</v>
+        <v>3035</v>
       </c>
       <c r="C556" s="2"/>
       <c r="D556" s="2" t="s">
-        <v>1479</v>
+        <v>3036</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>1489</v>
+        <v>651</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>292</v>
+      </c>
+      <c r="G556" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H556" s="2" t="s">
-        <v>2070</v>
+        <v>3037</v>
       </c>
       <c r="I556" s="2" t="s">
-        <v>2101</v>
+        <v>2523</v>
       </c>
       <c r="J556" s="2">
         <v>5152462936</v>
       </c>
       <c r="K556" s="2" t="s">
-        <v>1745</v>
+        <v>2524</v>
       </c>
       <c r="L556" s="2" t="s">
-        <v>2191</v>
+        <v>2525</v>
       </c>
       <c r="M556" s="2">
         <v>5152462912</v>
       </c>
     </row>
     <row r="557" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A557" s="2" t="s">
-        <v>549</v>
+        <v>3038</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>1126</v>
+        <v>3039</v>
       </c>
       <c r="C557" s="2"/>
       <c r="D557" s="2" t="s">
-        <v>1479</v>
+        <v>3040</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>1489</v>
+        <v>651</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>292</v>
+      </c>
+      <c r="G557" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H557" s="2" t="s">
-        <v>2071</v>
+        <v>3041</v>
       </c>
       <c r="I557" s="2" t="s">
-        <v>2101</v>
+        <v>2523</v>
       </c>
       <c r="J557" s="2">
         <v>5152462936</v>
       </c>
       <c r="K557" s="2" t="s">
-        <v>1745</v>
+        <v>2524</v>
       </c>
       <c r="L557" s="2" t="s">
-        <v>2191</v>
+        <v>2525</v>
       </c>
       <c r="M557" s="2">
         <v>5152462912</v>
       </c>
     </row>
     <row r="558" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A558" s="2" t="s">
-        <v>550</v>
+        <v>693</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="C558" s="2"/>
+        <v>694</v>
+      </c>
+      <c r="C558" s="2" t="s">
+        <v>695</v>
+      </c>
       <c r="D558" s="2" t="s">
-        <v>1480</v>
+        <v>696</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>1555</v>
+        <v>564</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>565</v>
+      </c>
+      <c r="G558" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H558" s="2" t="s">
-        <v>2072</v>
+        <v>697</v>
       </c>
       <c r="I558" s="2" t="s">
-        <v>2295</v>
+        <v>698</v>
       </c>
       <c r="J558" s="2">
-        <v>6123098912</v>
+        <v>3193520635</v>
       </c>
       <c r="K558" s="2" t="s">
-        <v>2393</v>
+        <v>699</v>
       </c>
       <c r="L558" s="2" t="s">
-        <v>2480</v>
+        <v>700</v>
       </c>
       <c r="M558" s="2">
-        <v>5639334973</v>
+        <v>3193522990</v>
       </c>
     </row>
     <row r="559" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A559" s="2" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>1129</v>
+        <v>562</v>
       </c>
       <c r="C559" s="2"/>
       <c r="D559" s="2" t="s">
-        <v>1481</v>
+        <v>563</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>1562</v>
+        <v>564</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>565</v>
+      </c>
+      <c r="G559" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H559" s="2" t="s">
-        <v>2074</v>
+        <v>566</v>
       </c>
       <c r="I559" s="2" t="s">
-        <v>2297</v>
+        <v>380</v>
       </c>
       <c r="J559" s="2">
-        <v>9136713300</v>
+        <v>9136713358</v>
       </c>
       <c r="K559" s="2" t="s">
-        <v>2361</v>
+        <v>100</v>
       </c>
       <c r="L559" s="2" t="s">
-        <v>2449</v>
+        <v>101</v>
       </c>
       <c r="M559" s="2">
         <v>9136713300</v>
       </c>
     </row>
     <row r="560" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A560" s="2" t="s">
-        <v>551</v>
+        <v>2088</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>1128</v>
+        <v>2089</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>1344</v>
+        <v>2090</v>
       </c>
       <c r="D560" s="2" t="s">
-        <v>1481</v>
+        <v>2091</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>1562</v>
+        <v>1102</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>1103</v>
+      </c>
+      <c r="G560" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H560" s="2" t="s">
-        <v>2073</v>
+        <v>2092</v>
       </c>
       <c r="I560" s="2" t="s">
-        <v>2296</v>
+        <v>1930</v>
       </c>
       <c r="J560" s="2">
-        <v>3193520130</v>
+        <v>5152625965</v>
       </c>
       <c r="K560" s="2" t="s">
-        <v>2073</v>
+        <v>974</v>
       </c>
       <c r="L560" s="2" t="s">
-        <v>2494</v>
+        <v>975</v>
       </c>
       <c r="M560" s="2">
-        <v>3193522990</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="561" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A561" s="2" t="s">
-        <v>553</v>
+        <v>1098</v>
       </c>
       <c r="B561" s="4" t="s">
-        <v>1130</v>
-[...1 lines deleted...]
-      <c r="C561" s="2"/>
+        <v>1099</v>
+      </c>
+      <c r="C561" s="2" t="s">
+        <v>1100</v>
+      </c>
       <c r="D561" s="2" t="s">
-        <v>1482</v>
+        <v>1101</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>1557</v>
+        <v>1102</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>1103</v>
+      </c>
+      <c r="G561" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H561" s="2" t="s">
-        <v>2075</v>
+        <v>1104</v>
       </c>
       <c r="I561" s="2" t="s">
-        <v>2095</v>
+        <v>786</v>
       </c>
       <c r="J561" s="2">
-        <v>7122402188</v>
+        <v>5152231113</v>
       </c>
       <c r="K561" s="2" t="s">
-        <v>2318</v>
+        <v>673</v>
       </c>
       <c r="L561" s="2" t="s">
-        <v>2405</v>
+        <v>674</v>
       </c>
       <c r="M561" s="2">
         <v>7125805360</v>
       </c>
     </row>
     <row r="562" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A562" s="2" t="s">
-        <v>555</v>
+        <v>2292</v>
       </c>
       <c r="B562" s="4" t="s">
-        <v>1132</v>
-[...3 lines deleted...]
-      </c>
+        <v>2293</v>
+      </c>
+      <c r="C562" s="2"/>
       <c r="D562" s="2" t="s">
-        <v>1483</v>
+        <v>2294</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>1563</v>
+        <v>1102</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1103</v>
+      </c>
+      <c r="G562" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H562" s="2" t="s">
-        <v>2077</v>
+        <v>2189</v>
       </c>
       <c r="I562" s="2" t="s">
-        <v>2236</v>
+        <v>2190</v>
       </c>
       <c r="J562" s="2">
-        <v>5152231113</v>
+        <v>7123589019</v>
       </c>
       <c r="K562" s="2" t="s">
-        <v>2318</v>
+        <v>2189</v>
       </c>
       <c r="L562" s="2" t="s">
-        <v>2405</v>
+        <v>2190</v>
       </c>
       <c r="M562" s="2">
-        <v>7125805360</v>
+        <v>7123589019</v>
       </c>
     </row>
     <row r="563" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A563" s="2" t="s">
-        <v>554</v>
+        <v>2555</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>1131</v>
-[...3 lines deleted...]
-      </c>
+        <v>2556</v>
+      </c>
+      <c r="C563" s="2"/>
       <c r="D563" s="2" t="s">
-        <v>1483</v>
+        <v>2557</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>1563</v>
+        <v>570</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>37</v>
+      </c>
+      <c r="G563" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H563" s="2" t="s">
-        <v>2076</v>
+        <v>2558</v>
       </c>
       <c r="I563" s="2" t="s">
-        <v>2094</v>
+        <v>2523</v>
       </c>
       <c r="J563" s="2">
-        <v>5152625965</v>
+        <v>5152462936</v>
       </c>
       <c r="K563" s="2" t="s">
-        <v>2305</v>
+        <v>2524</v>
       </c>
       <c r="L563" s="2" t="s">
-        <v>2398</v>
+        <v>2525</v>
       </c>
       <c r="M563" s="2">
-        <v>7125805963</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="564" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A564" s="2" t="s">
-        <v>556</v>
+        <v>2559</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>1133</v>
+        <v>2560</v>
       </c>
       <c r="C564" s="2"/>
       <c r="D564" s="2" t="s">
-        <v>1483</v>
+        <v>2557</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>1563</v>
+        <v>570</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>37</v>
+      </c>
+      <c r="G564" s="2" t="s">
+        <v>2457</v>
       </c>
       <c r="H564" s="2" t="s">
-        <v>2002</v>
+        <v>2561</v>
       </c>
       <c r="I564" s="2" t="s">
-        <v>2269</v>
+        <v>2523</v>
       </c>
       <c r="J564" s="2">
-        <v>7123589019</v>
+        <v>5152462936</v>
       </c>
       <c r="K564" s="2" t="s">
-        <v>2002</v>
+        <v>2524</v>
       </c>
       <c r="L564" s="2" t="s">
-        <v>2269</v>
+        <v>2525</v>
       </c>
       <c r="M564" s="2">
-        <v>7123589019</v>
+        <v>5152462912</v>
       </c>
     </row>
     <row r="565" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A565" s="2" t="s">
-        <v>563</v>
+        <v>1442</v>
       </c>
       <c r="B565" s="4" t="s">
-        <v>1140</v>
+        <v>1443</v>
       </c>
       <c r="C565" s="2"/>
       <c r="D565" s="2" t="s">
-        <v>1484</v>
+        <v>1444</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>1489</v>
+        <v>570</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>37</v>
+      </c>
+      <c r="G565" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H565" s="2" t="s">
-        <v>2084</v>
+        <v>1445</v>
       </c>
       <c r="I565" s="2" t="s">
-        <v>2106</v>
-[...3 lines deleted...]
-      </c>
+        <v>1446</v>
+      </c>
+      <c r="J565" s="2"/>
       <c r="K565" s="2" t="s">
-        <v>2314</v>
+        <v>1447</v>
       </c>
       <c r="L565" s="2" t="s">
-        <v>2402</v>
+        <v>1448</v>
       </c>
       <c r="M565" s="2">
-        <v>3175870462</v>
+        <v>5159745237</v>
       </c>
     </row>
     <row r="566" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A566" s="2" t="s">
-        <v>564</v>
+        <v>2038</v>
       </c>
       <c r="B566" s="4" t="s">
-        <v>1141</v>
-[...3 lines deleted...]
-      </c>
+        <v>2039</v>
+      </c>
+      <c r="C566" s="2"/>
       <c r="D566" s="2" t="s">
-        <v>1484</v>
+        <v>2040</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>1492</v>
+        <v>570</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>37</v>
+      </c>
+      <c r="G566" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H566" s="2" t="s">
-        <v>2085</v>
+        <v>2041</v>
       </c>
       <c r="I566" s="2" t="s">
-        <v>2172</v>
+        <v>1930</v>
       </c>
       <c r="J566" s="2">
-        <v>5154909001</v>
+        <v>5152625965</v>
       </c>
       <c r="K566" s="2" t="s">
-        <v>2325</v>
+        <v>974</v>
       </c>
       <c r="L566" s="2" t="s">
-        <v>2172</v>
+        <v>975</v>
       </c>
       <c r="M566" s="2">
-        <v>5154909001</v>
+        <v>7125805963</v>
       </c>
     </row>
     <row r="567" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A567" s="2" t="s">
-        <v>559</v>
+        <v>1480</v>
       </c>
       <c r="B567" s="4" t="s">
-        <v>1136</v>
+        <v>1481</v>
       </c>
       <c r="C567" s="2"/>
       <c r="D567" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E567" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="F567" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="G567" s="2" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H567" s="2" t="s">
+        <v>1483</v>
+      </c>
+      <c r="I567" s="2" t="s">
         <v>1484</v>
       </c>
-      <c r="E567" s="2" t="s">
-[...14 lines deleted...]
-      <c r="J567" s="2"/>
+      <c r="J567" s="2">
+        <v>3178867923</v>
+      </c>
       <c r="K567" s="2" t="s">
-        <v>2394</v>
+        <v>1485</v>
       </c>
       <c r="L567" s="2" t="s">
-        <v>2495</v>
+        <v>1486</v>
       </c>
       <c r="M567" s="2">
-        <v>5159745237</v>
+        <v>3178867923</v>
       </c>
     </row>
     <row r="568" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A568" s="2" t="s">
-        <v>561</v>
+        <v>2069</v>
       </c>
       <c r="B568" s="4" t="s">
-        <v>1138</v>
+        <v>2070</v>
       </c>
       <c r="C568" s="2"/>
       <c r="D568" s="2" t="s">
-        <v>1484</v>
+        <v>2071</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>1489</v>
+        <v>570</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>292</v>
+      </c>
+      <c r="G568" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H568" s="2" t="s">
-        <v>2082</v>
+        <v>2072</v>
       </c>
       <c r="I568" s="2" t="s">
-        <v>2299</v>
+        <v>2073</v>
       </c>
       <c r="J568" s="2">
-        <v>3178867923</v>
+        <v>5155549773</v>
       </c>
       <c r="K568" s="2" t="s">
-        <v>2395</v>
+        <v>2074</v>
       </c>
       <c r="L568" s="2" t="s">
-        <v>2496</v>
+        <v>2075</v>
       </c>
       <c r="M568" s="2">
-        <v>4692728994</v>
+        <v>5158224750</v>
       </c>
     </row>
     <row r="569" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A569" s="2" t="s">
-        <v>562</v>
+        <v>1799</v>
       </c>
       <c r="B569" s="4" t="s">
-        <v>1139</v>
+        <v>1800</v>
       </c>
       <c r="C569" s="2" t="s">
-        <v>1347</v>
+        <v>1801</v>
       </c>
       <c r="D569" s="2" t="s">
-        <v>1484</v>
+        <v>1802</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>1489</v>
+        <v>570</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>292</v>
+      </c>
+      <c r="G569" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H569" s="2" t="s">
-        <v>2083</v>
+        <v>1803</v>
       </c>
       <c r="I569" s="2" t="s">
-        <v>2286</v>
+        <v>1302</v>
       </c>
       <c r="J569" s="2">
-        <v>3175597009</v>
+        <v>3172641833</v>
       </c>
       <c r="K569" s="2" t="s">
-        <v>2313</v>
+        <v>1303</v>
       </c>
       <c r="L569" s="2" t="s">
-        <v>2132</v>
+        <v>1304</v>
       </c>
       <c r="M569" s="2">
-        <v>3172641833</v>
+        <v>6154906729</v>
       </c>
     </row>
     <row r="570" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A570" s="2" t="s">
-        <v>560</v>
+        <v>2423</v>
       </c>
       <c r="B570" s="4" t="s">
-        <v>1137</v>
+        <v>2424</v>
       </c>
       <c r="C570" s="2"/>
       <c r="D570" s="2" t="s">
-        <v>1484</v>
+        <v>2425</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>1492</v>
+        <v>570</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>37</v>
+      </c>
+      <c r="G570" s="2" t="s">
+        <v>1910</v>
       </c>
       <c r="H570" s="2" t="s">
-        <v>2081</v>
+        <v>2426</v>
       </c>
       <c r="I570" s="2" t="s">
-        <v>2094</v>
+        <v>2073</v>
       </c>
       <c r="J570" s="2">
-        <v>5152625965</v>
+        <v>5155549773</v>
       </c>
       <c r="K570" s="2" t="s">
-        <v>2305</v>
+        <v>2074</v>
       </c>
       <c r="L570" s="2" t="s">
-        <v>2398</v>
+        <v>2075</v>
       </c>
       <c r="M570" s="2">
-        <v>7125805963</v>
+        <v>5158224750</v>
       </c>
     </row>
     <row r="571" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A571" s="2" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="B571" s="4" t="s">
-        <v>1134</v>
+        <v>568</v>
       </c>
       <c r="C571" s="2"/>
       <c r="D571" s="2" t="s">
-        <v>1484</v>
+        <v>569</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>1492</v>
+        <v>570</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>292</v>
+      </c>
+      <c r="G571" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H571" s="2" t="s">
-        <v>2078</v>
+        <v>571</v>
       </c>
       <c r="I571" s="2" t="s">
-        <v>2101</v>
+        <v>572</v>
       </c>
       <c r="J571" s="2">
-        <v>5152462936</v>
+        <v>4024084047</v>
       </c>
       <c r="K571" s="2" t="s">
-        <v>1745</v>
+        <v>573</v>
       </c>
       <c r="L571" s="2" t="s">
-        <v>2191</v>
+        <v>574</v>
       </c>
       <c r="M571" s="2">
-        <v>5152462912</v>
+        <v>4024084029</v>
       </c>
     </row>
     <row r="572" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A572" s="2" t="s">
-        <v>558</v>
+        <v>580</v>
       </c>
       <c r="B572" s="4" t="s">
-        <v>1135</v>
-[...1 lines deleted...]
-      <c r="C572" s="2"/>
+        <v>581</v>
+      </c>
+      <c r="C572" s="2" t="s">
+        <v>582</v>
+      </c>
       <c r="D572" s="2" t="s">
-        <v>1484</v>
+        <v>583</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>1492</v>
+        <v>570</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>37</v>
+      </c>
+      <c r="G572" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H572" s="2" t="s">
-        <v>2079</v>
+        <v>584</v>
       </c>
       <c r="I572" s="2" t="s">
-        <v>2101</v>
+        <v>152</v>
       </c>
       <c r="J572" s="2">
-        <v>5152462936</v>
+        <v>5154909001</v>
       </c>
       <c r="K572" s="2" t="s">
-        <v>1745</v>
+        <v>125</v>
       </c>
       <c r="L572" s="2" t="s">
-        <v>2191</v>
+        <v>152</v>
       </c>
       <c r="M572" s="2">
-        <v>5152462912</v>
+        <v>5154909001</v>
       </c>
     </row>
     <row r="573" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A573" s="2" t="s">
-        <v>565</v>
+        <v>1401</v>
       </c>
       <c r="B573" s="4" t="s">
-        <v>1142</v>
+        <v>1402</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>1349</v>
+        <v>1403</v>
       </c>
       <c r="D573" s="2" t="s">
-        <v>1485</v>
+        <v>1404</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>1546</v>
+        <v>1405</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>145</v>
+      </c>
+      <c r="G573" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H573" s="2" t="s">
-        <v>2086</v>
+        <v>1406</v>
       </c>
       <c r="I573" s="2" t="s">
-        <v>2130</v>
+        <v>1297</v>
       </c>
       <c r="J573" s="2">
         <v>6107687732</v>
       </c>
       <c r="K573" s="2" t="s">
-        <v>2329</v>
+        <v>1292</v>
       </c>
       <c r="L573" s="2" t="s">
-        <v>2129</v>
+        <v>1291</v>
       </c>
       <c r="M573" s="2">
         <v>6143963200</v>
       </c>
     </row>
     <row r="574" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A574" s="2" t="s">
-        <v>566</v>
+        <v>744</v>
       </c>
       <c r="B574" s="4" t="s">
-        <v>1143</v>
-[...3 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="C574" s="2"/>
       <c r="D574" s="2" t="s">
-        <v>1486</v>
+        <v>746</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>1564</v>
+        <v>747</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>748</v>
+      </c>
+      <c r="G574" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H574" s="2" t="s">
-        <v>2087</v>
+        <v>749</v>
       </c>
       <c r="I574" s="2" t="s">
-        <v>2158</v>
+        <v>632</v>
       </c>
       <c r="J574" s="2">
-        <v>6022005660</v>
+        <v>7122402188</v>
       </c>
       <c r="K574" s="2" t="s">
-        <v>2325</v>
+        <v>673</v>
       </c>
       <c r="L574" s="2" t="s">
-        <v>2172</v>
+        <v>674</v>
       </c>
       <c r="M574" s="2">
-        <v>5154909001</v>
+        <v>7125805360</v>
       </c>
     </row>
     <row r="575" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A575" s="2" t="s">
-        <v>567</v>
+        <v>814</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>1144</v>
+        <v>815</v>
       </c>
       <c r="C575" s="2"/>
       <c r="D575" s="2" t="s">
-        <v>1486</v>
+        <v>816</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>1564</v>
+        <v>747</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>748</v>
+      </c>
+      <c r="G575" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H575" s="2" t="s">
-        <v>2088</v>
+        <v>817</v>
       </c>
       <c r="I575" s="2" t="s">
-        <v>2095</v>
+        <v>691</v>
       </c>
       <c r="J575" s="2">
-        <v>7122402188</v>
+        <v>5153145481</v>
       </c>
       <c r="K575" s="2" t="s">
-        <v>2318</v>
+        <v>692</v>
       </c>
       <c r="L575" s="2" t="s">
-        <v>2405</v>
+        <v>691</v>
       </c>
       <c r="M575" s="2">
-        <v>7125805360</v>
+        <v>5153145481</v>
       </c>
     </row>
     <row r="576" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A576" s="2" t="s">
-        <v>570</v>
+        <v>1629</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>1147</v>
-[...1 lines deleted...]
-      <c r="C576" s="2"/>
+        <v>1630</v>
+      </c>
+      <c r="C576" s="2" t="s">
+        <v>1630</v>
+      </c>
       <c r="D576" s="2" t="s">
-        <v>1486</v>
+        <v>1631</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>1564</v>
+        <v>747</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>748</v>
+      </c>
+      <c r="G576" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H576" s="2" t="s">
-        <v>2090</v>
+        <v>1632</v>
       </c>
       <c r="I576" s="2" t="s">
-        <v>2095</v>
+        <v>1633</v>
       </c>
       <c r="J576" s="2">
-        <v>7125805360</v>
+        <v>5159889613</v>
       </c>
       <c r="K576" s="2" t="s">
-        <v>2304</v>
+        <v>1632</v>
       </c>
       <c r="L576" s="2" t="s">
-        <v>2237</v>
+        <v>1633</v>
       </c>
       <c r="M576" s="2">
-        <v>8003835204</v>
+        <v>5159889613</v>
       </c>
     </row>
     <row r="577" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A577" s="2" t="s">
-        <v>568</v>
+        <v>1634</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>1145</v>
+        <v>1635</v>
       </c>
       <c r="C577" s="2" t="s">
-        <v>1145</v>
+        <v>1635</v>
       </c>
       <c r="D577" s="2" t="s">
-        <v>1486</v>
+        <v>1636</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>1564</v>
+        <v>747</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>748</v>
+      </c>
+      <c r="G577" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H577" s="2" t="s">
-        <v>2089</v>
+        <v>1632</v>
       </c>
       <c r="I577" s="2" t="s">
-        <v>2300</v>
+        <v>1633</v>
       </c>
       <c r="J577" s="2">
         <v>5159889613</v>
       </c>
       <c r="K577" s="2" t="s">
-        <v>2089</v>
+        <v>1632</v>
       </c>
       <c r="L577" s="2" t="s">
-        <v>2300</v>
+        <v>1633</v>
       </c>
       <c r="M577" s="2">
         <v>5159889613</v>
       </c>
     </row>
     <row r="578" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A578" s="2" t="s">
-        <v>569</v>
+        <v>1105</v>
       </c>
       <c r="B578" s="4" t="s">
-        <v>1146</v>
-[...3 lines deleted...]
-      </c>
+        <v>1106</v>
+      </c>
+      <c r="C578" s="2"/>
       <c r="D578" s="2" t="s">
-        <v>1486</v>
+        <v>1107</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>1564</v>
+        <v>747</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>748</v>
+      </c>
+      <c r="G578" s="2" t="s">
+        <v>590</v>
       </c>
       <c r="H578" s="2" t="s">
-        <v>2089</v>
+        <v>1108</v>
       </c>
       <c r="I578" s="2" t="s">
-        <v>2300</v>
+        <v>632</v>
       </c>
       <c r="J578" s="2">
-        <v>5159889613</v>
+        <v>7125805360</v>
       </c>
       <c r="K578" s="2" t="s">
-        <v>2089</v>
+        <v>633</v>
       </c>
       <c r="L578" s="2" t="s">
-        <v>2300</v>
+        <v>634</v>
       </c>
       <c r="M578" s="2">
-        <v>5159889613</v>
+        <v>8003835204</v>
       </c>
     </row>
     <row r="579" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A579" s="2" t="s">
-        <v>571</v>
+        <v>1784</v>
       </c>
       <c r="B579" s="4" t="s">
-        <v>1148</v>
+        <v>1785</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>1351</v>
+        <v>1786</v>
       </c>
       <c r="D579" s="2" t="s">
-        <v>1487</v>
+        <v>1787</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>1517</v>
+        <v>747</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>748</v>
+      </c>
+      <c r="G579" s="2" t="s">
+        <v>1289</v>
       </c>
       <c r="H579" s="2" t="s">
-        <v>2091</v>
+        <v>1788</v>
       </c>
       <c r="I579" s="2" t="s">
-        <v>2301</v>
+        <v>1379</v>
       </c>
       <c r="J579" s="2">
+        <v>2627904560</v>
+      </c>
+      <c r="K579" s="2" t="s">
+        <v>1327</v>
+      </c>
+      <c r="L579" s="2" t="s">
+        <v>1326</v>
+      </c>
+      <c r="M579" s="2">
+        <v>2627904560</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A580" s="2" t="s">
+        <v>2997</v>
+      </c>
+      <c r="B580" s="4" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C580" s="2" t="s">
+        <v>2999</v>
+      </c>
+      <c r="D580" s="2" t="s">
+        <v>3000</v>
+      </c>
+      <c r="E580" s="2" t="s">
+        <v>3001</v>
+      </c>
+      <c r="F580" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="G580" s="2" t="s">
+        <v>2457</v>
+      </c>
+      <c r="H580" s="2" t="s">
+        <v>3002</v>
+      </c>
+      <c r="I580" s="2" t="s">
+        <v>3003</v>
+      </c>
+      <c r="J580" s="2">
         <v>7125921844</v>
       </c>
-      <c r="K579" s="2" t="s">
-[...5 lines deleted...]
-      <c r="M579" s="2">
+      <c r="K580" s="2" t="s">
+        <v>3004</v>
+      </c>
+      <c r="L580" s="2" t="s">
+        <v>3003</v>
+      </c>
+      <c r="M580" s="2">
         <v>7125921844</v>
       </c>
     </row>
-    <row r="580" spans="1:13" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="581" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A581" s="1"/>
+      <c r="B581" s="3"/>
+      <c r="C581" s="1"/>
+      <c r="D581" s="1"/>
+      <c r="E581" s="1"/>
+      <c r="F581" s="1"/>
+      <c r="G581" s="1"/>
+      <c r="H581" s="1"/>
+      <c r="I581" s="1"/>
+      <c r="J581" s="1"/>
+      <c r="K581" s="1"/>
+      <c r="L581" s="1"/>
+      <c r="M581" s="1"/>
     </row>
     <row r="582" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A582" s="1"/>
       <c r="B582" s="3"/>
       <c r="C582" s="1"/>
       <c r="D582" s="1"/>
       <c r="E582" s="1"/>
       <c r="F582" s="1"/>
       <c r="G582" s="1"/>
       <c r="H582" s="1"/>
       <c r="I582" s="1"/>
       <c r="J582" s="1"/>
       <c r="K582" s="1"/>
       <c r="L582" s="1"/>
       <c r="M582" s="1"/>
     </row>
-    <row r="583" spans="1:13" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:M579">
-    <sortCondition ref="D4:D579"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:N582">
+    <sortCondition ref="E4:E582"/>
+    <sortCondition ref="A4:A582"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="04902371-e9a1-4774-b6f8-4323d749ace1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="671fdf05-166f-4ee6-a01a-142d0de070d3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100200AB56F06A8514890C651776EEEBC1C" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6d1714ac75a35d1a21bda141674a54a6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="671fdf05-166f-4ee6-a01a-142d0de070d3" xmlns:ns3="04902371-e9a1-4774-b6f8-4323d749ace1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c0414d4195a11595918be819cac10e59" ns2:_="" ns3:_="">
+    <xsd:import namespace="671fdf05-166f-4ee6-a01a-142d0de070d3"/>
+    <xsd:import namespace="04902371-e9a1-4774-b6f8-4323d749ace1"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="671fdf05-166f-4ee6-a01a-142d0de070d3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d73c2f1c-0c45-49b9-b292-96ca38f50265" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="04902371-e9a1-4774-b6f8-4323d749ace1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e1c80cc1-921a-4a9c-a85c-8fb439a5efdf}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="04902371-e9a1-4774-b6f8-4323d749ace1">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54BE3342-D288-40F7-91EE-DF70C4437282}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="04902371-e9a1-4774-b6f8-4323d749ace1"/>
+    <ds:schemaRef ds:uri="671fdf05-166f-4ee6-a01a-142d0de070d3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F66437F8-0121-4503-81E1-2FB0EA19557E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="671fdf05-166f-4ee6-a01a-142d0de070d3"/>
+    <ds:schemaRef ds:uri="04902371-e9a1-4774-b6f8-4323d749ace1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6718341C-C65D-42C8-81F8-37754D7BB911}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Projects</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Tim Morlan</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100200AB56F06A8514890C651776EEEBC1C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>