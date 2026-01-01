--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -18,61 +18,61 @@
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iowa1-my.sharepoint.com/personal/tim_morlan_iowafinance_com/Documents/Documents/Compliance/QC workbook and other/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iowa1-my.sharepoint.com/personal/tim_morlan_iowafinance_com/Documents/Documents/Compliance/QC workbook and other/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="76" documentId="8_{C8BBA414-26EE-4F1C-A818-6E2592E3601F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A999FA64-B7BD-44E4-BF74-42BA7F84359C}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{70138A88-CA84-465E-B810-62CC3594D2C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="e2W34Qq5JqIL1l5GYgv6Xdsrejg63FJQkJGYWE9c9suGTl3+zUGYgRNTro/jnofDSSytdKBlvTtL8hXPFvNA+A==" workbookSaltValue="kITlI7V3ZPLRohoMaxAy+w==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14540" tabRatio="772" firstSheet="2" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="772" firstSheet="1" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="QCP Calculation Instructions" sheetId="14" r:id="rId1"/>
     <sheet name="Calculated QC Price" sheetId="6" r:id="rId2"/>
     <sheet name="Instruction A" sheetId="16" r:id="rId3"/>
     <sheet name="Worksheet A" sheetId="1" r:id="rId4"/>
     <sheet name="Instruction B" sheetId="20" r:id="rId5"/>
     <sheet name="Worksheet B" sheetId="4" r:id="rId6"/>
     <sheet name="Instruction C" sheetId="21" r:id="rId7"/>
     <sheet name="Worksheet C" sheetId="2" r:id="rId8"/>
     <sheet name="Instruction D" sheetId="22" r:id="rId9"/>
     <sheet name="Worksheet D" sheetId="3" r:id="rId10"/>
     <sheet name="Worksheet E" sheetId="18" r:id="rId11"/>
     <sheet name="CPI" sheetId="13" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="2">'Instruction A'!$B$11</definedName>
     <definedName name="_GoBack" localSheetId="4">'Instruction B'!$B$11</definedName>
     <definedName name="_GoBack" localSheetId="6">'Instruction C'!$B$11</definedName>
     <definedName name="_GoBack" localSheetId="8">'Instruction D'!$B$11</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Calculated QC Price'!$B$1:$I$32</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Instruction A'!$B$1:$K$52</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Instruction B'!$B$1:$K$52</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'Instruction C'!$B$1:$K$52</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'Instruction D'!$B$1:$K$52</definedName>
@@ -80,97 +80,99 @@
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Worksheet A'!$B$1:$I$61</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'Worksheet B'!$B$1:$L$109</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'Worksheet C'!$B$1:$J$38</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'Worksheet D'!$B$1:$L$121</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'Worksheet E'!$B$2:$H$21</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C91" i="13" l="1"/>
-[...7 lines deleted...]
-  <c r="E92" i="13"/>
+  <c r="E91" i="13" l="1"/>
+  <c r="E90" i="13"/>
+  <c r="E89" i="13"/>
+  <c r="E88" i="13"/>
+  <c r="E87" i="13"/>
   <c r="E86" i="13"/>
   <c r="E85" i="13"/>
   <c r="E84" i="13"/>
   <c r="E83" i="13"/>
   <c r="E82" i="13"/>
   <c r="E81" i="13"/>
   <c r="E80" i="13"/>
   <c r="E79" i="13"/>
   <c r="E78" i="13"/>
   <c r="E77" i="13"/>
   <c r="E76" i="13"/>
   <c r="E75" i="13"/>
   <c r="E74" i="13"/>
   <c r="E73" i="13"/>
   <c r="E72" i="13"/>
   <c r="E71" i="13"/>
   <c r="E70" i="13"/>
   <c r="E69" i="13"/>
   <c r="E68" i="13"/>
   <c r="E67" i="13"/>
   <c r="E66" i="13"/>
   <c r="E65" i="13"/>
   <c r="E64" i="13"/>
   <c r="E63" i="13"/>
   <c r="E62" i="13"/>
   <c r="E61" i="13"/>
   <c r="E60" i="13"/>
   <c r="E59" i="13"/>
   <c r="E58" i="13"/>
   <c r="E57" i="13"/>
   <c r="E56" i="13"/>
   <c r="E55" i="13"/>
   <c r="E54" i="13"/>
+  <c r="E92" i="13"/>
+  <c r="E93" i="13"/>
+  <c r="C93" i="13"/>
+  <c r="C91" i="13"/>
+  <c r="C92" i="13"/>
+  <c r="C89" i="13" l="1"/>
+  <c r="C88" i="13"/>
+  <c r="C87" i="13"/>
   <c r="C77" i="13"/>
   <c r="C76" i="13"/>
-  <c r="E90" i="13" l="1"/>
-[...1 lines deleted...]
-  <c r="C90" i="13"/>
+  <c r="C90" i="13" l="1"/>
   <c r="L97" i="3" l="1"/>
   <c r="L118" i="3"/>
   <c r="C86" i="13" l="1"/>
   <c r="C85" i="13"/>
   <c r="C84" i="13" l="1"/>
   <c r="C67" i="13"/>
   <c r="I57" i="1" l="1"/>
   <c r="I46" i="1"/>
   <c r="I35" i="1"/>
   <c r="I24" i="1"/>
   <c r="I14" i="1"/>
   <c r="L121" i="3" l="1"/>
   <c r="I38" i="2"/>
   <c r="I61" i="1"/>
   <c r="I18" i="6" l="1"/>
   <c r="C83" i="13"/>
   <c r="C82" i="13"/>
   <c r="C54" i="13"/>
   <c r="C55" i="13"/>
   <c r="C63" i="13"/>
   <c r="C81" i="13"/>
   <c r="C80" i="13"/>
   <c r="I29" i="6"/>
   <c r="I13" i="6"/>
   <c r="C79" i="13"/>
@@ -246,51 +248,51 @@
   <c r="H82" i="4" s="1"/>
   <c r="K82" i="4" l="1"/>
   <c r="K83" i="4" s="1"/>
   <c r="C85" i="4"/>
   <c r="H88" i="4" s="1"/>
   <c r="C91" i="4" l="1"/>
   <c r="K88" i="4"/>
   <c r="K89" i="4" s="1"/>
   <c r="H94" i="4" l="1"/>
   <c r="K94" i="4" s="1"/>
   <c r="K95" i="4" s="1"/>
   <c r="C97" i="4"/>
   <c r="H100" i="4" l="1"/>
   <c r="K100" i="4" s="1"/>
   <c r="K101" i="4" s="1"/>
   <c r="K104" i="4" s="1"/>
   <c r="I10" i="6" s="1"/>
   <c r="I15" i="6" s="1"/>
   <c r="I20" i="6" s="1"/>
   <c r="I26" i="6" s="1"/>
   <c r="I32" i="6" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="451" uniqueCount="170">
   <si>
     <t>Instructions for Calculation of Qualified</t>
   </si>
   <si>
     <t>Contract Price</t>
   </si>
   <si>
     <t>Before IFA will commence marketing your development, you must complete the Calculation of Qualified Contract Price form attached to these instructions (the “Calculation Form”).  This calculation will establish the minimum price at which IFA will market your development and present an offer for its purchase.</t>
   </si>
   <si>
     <t>To complete the Calculation Form, you must complete Worksheets A through D and, if the development has market rate units, Worksheet E.  The results of Worksheets A through E are transferred to the Calculation Form to determine the “Qualified Contract Price” (QCP) for the development.</t>
   </si>
   <si>
     <t>The Calculation Form is derived from a statutory formula set forth in Internal Revenue Code Section 42(h)(6)(F) f, as clarified and expanded upon at Code of Federal Regulations Section 1.42-18.  The statutory formula divides the purchase price between the low-income portion of the development and the market rate portion of the development, if any.  QCP for the low-income portion of the development is equal to the sum of development indebtedness (Worksheet A), investor equity (Worksheet B), and other capital contributions (Worksheet C) reduced by the total cash that has been distributed, or is available for distribution, from the development (Worksheet D).  The QCP is increased by the fair market value of the non-low-income portion of the buildings, which includes not only the value of any market rate units and parts of buildings, but also the fair market value of all the land underlying the buildings (Worksheet E).</t>
   </si>
   <si>
     <t>Please remember that the 12 month period for finding a buyer will not commence until the Calculation Form , is completed and returned to IFA with the notification letter and other required materials.  The calculation must be completed and certified by an independent third-party CPA who is not an employee, officer, partner, member or share holder of the owner.  The independent CPA must provide IFA with an affirmation that there is no conflict of interest.</t>
   </si>
   <si>
     <t>Further, pursuant to the Internal Revenue Service comments, the buyer and owner (and not IFA) must adjust the amount of the low-income portion of the qualified contract formula to “reflect changes in the components of the qualified contract formula, such as mortgage payments that reduce outstanding indebtedness between the time that the Agency first offers the property for sale and the closing date.”</t>
   </si>
   <si>
     <t>The  Calculation Form and its attached Worksheets are only one part of completing the Qualified Contract request package. Please refer to IFA‘s Low Income Housing Tax Credit Program Compliance Monitoring Manual, Chapter 7 for a complete discussion of the process. The current compliance manual may be found on the IFA web page located at www.iowafinance.com</t>
   </si>
   <si>
@@ -935,54 +937,54 @@
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Yearly Total 
 (as of 8-31)</t>
   </si>
   <si>
     <t>COL for buildings offered
-for sale during 2025</t>
-[...2 lines deleted...]
-    <t>1985 to 2024</t>
+for sale during 2026</t>
+  </si>
+  <si>
+    <t>1985 to 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="0.000%"/>
     <numFmt numFmtId="167" formatCode="0.0000"/>
     <numFmt numFmtId="168" formatCode="0.0000000000"/>
     <numFmt numFmtId="169" formatCode="_(* #,##0.0000_);_(* \(#,##0.0000\);_(* &quot;-&quot;????_);_(@_)"/>
     <numFmt numFmtId="170" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="53" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
@@ -2033,178 +2035,178 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="45" fillId="25" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="169" fontId="45" fillId="25" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="169" fontId="45" fillId="25" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="169" fontId="45" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="169" fontId="45" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="28" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="45" fillId="28" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="33" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="169" fontId="45" fillId="25" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="23" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" indent="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="27" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...5 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="41" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="41" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="22" builtinId="41" customBuiltin="1"/>
@@ -4453,51 +4455,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:B18"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showOutlineSymbols="0" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" showOutlineSymbols="0" topLeftCell="A11" workbookViewId="0">
       <selection activeCell="F10" sqref="F10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.1796875" customWidth="1"/>
     <col min="2" max="2" width="111.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:2" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B1" s="20"/>
     </row>
     <row r="2" spans="2:2" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B2" s="21" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:2" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B3" s="21" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="2:2" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B4" s="20"/>
     </row>
@@ -4551,888 +4553,888 @@
     </row>
     <row r="17" spans="2:2" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B17" s="22"/>
     </row>
     <row r="18" spans="2:2" ht="31" x14ac:dyDescent="0.35">
       <c r="B18" s="22" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="NAYS/l5ij9OJOM2DUjaYDbpPk09PAP3DG/dr8b9EIPdxW+7gGtldo9Yg7Tq5GvA+7rLYWh0TjViTA3ecuWNyPA==" saltValue="RbXWTEU1GU5oH12GO1Ydcw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="20" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="1" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="97" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr codeName="Sheet10">
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:L122"/>
   <sheetViews>
-    <sheetView showGridLines="0" showWhiteSpace="0" topLeftCell="A102" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="L9" sqref="L9"/>
+    <sheetView showGridLines="0" showWhiteSpace="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.1796875" style="5"/>
     <col min="2" max="2" width="9.453125" style="30" customWidth="1"/>
     <col min="3" max="3" width="6.26953125" style="30" customWidth="1"/>
     <col min="4" max="4" width="2.54296875" style="30" customWidth="1"/>
     <col min="5" max="5" width="3.54296875" style="30" customWidth="1"/>
     <col min="6" max="6" width="4.81640625" style="30" customWidth="1"/>
     <col min="7" max="7" width="6" style="30" customWidth="1"/>
     <col min="8" max="8" width="13.81640625" style="30" customWidth="1"/>
     <col min="9" max="9" width="8.26953125" style="30" customWidth="1"/>
     <col min="10" max="10" width="21.26953125" style="30" customWidth="1"/>
     <col min="11" max="11" width="2.26953125" style="30" customWidth="1"/>
     <col min="12" max="12" width="15.26953125" style="30" customWidth="1"/>
     <col min="13" max="13" width="9.1796875" style="5"/>
     <col min="14" max="14" width="10.1796875" style="5" bestFit="1" customWidth="1"/>
     <col min="15" max="16384" width="9.1796875" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" x14ac:dyDescent="0.3">
-      <c r="B1" s="126" t="s">
+      <c r="B1" s="129" t="s">
         <v>93</v>
       </c>
-      <c r="C1" s="126"/>
-[...8 lines deleted...]
-      <c r="L1" s="126"/>
+      <c r="C1" s="129"/>
+      <c r="D1" s="129"/>
+      <c r="E1" s="129"/>
+      <c r="F1" s="129"/>
+      <c r="G1" s="129"/>
+      <c r="H1" s="129"/>
+      <c r="I1" s="129"/>
+      <c r="J1" s="129"/>
+      <c r="K1" s="129"/>
+      <c r="L1" s="129"/>
     </row>
     <row r="2" spans="2:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="127" t="s">
+      <c r="B2" s="130" t="s">
         <v>94</v>
       </c>
-      <c r="C2" s="127"/>
-[...8 lines deleted...]
-      <c r="L2" s="127"/>
+      <c r="C2" s="130"/>
+      <c r="D2" s="130"/>
+      <c r="E2" s="130"/>
+      <c r="F2" s="130"/>
+      <c r="G2" s="130"/>
+      <c r="H2" s="130"/>
+      <c r="I2" s="130"/>
+      <c r="J2" s="130"/>
+      <c r="K2" s="130"/>
+      <c r="L2" s="130"/>
     </row>
     <row r="3" spans="2:12" x14ac:dyDescent="0.3">
-      <c r="B3" s="127" t="s">
+      <c r="B3" s="130" t="s">
         <v>95</v>
       </c>
-      <c r="C3" s="127"/>
-[...8 lines deleted...]
-      <c r="L3" s="127"/>
+      <c r="C3" s="130"/>
+      <c r="D3" s="130"/>
+      <c r="E3" s="130"/>
+      <c r="F3" s="130"/>
+      <c r="G3" s="130"/>
+      <c r="H3" s="130"/>
+      <c r="I3" s="130"/>
+      <c r="J3" s="130"/>
+      <c r="K3" s="130"/>
+      <c r="L3" s="130"/>
     </row>
     <row r="4" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="127" t="s">
+      <c r="B4" s="130" t="s">
         <v>96</v>
       </c>
-      <c r="C4" s="127"/>
-[...8 lines deleted...]
-      <c r="L4" s="127"/>
+      <c r="C4" s="130"/>
+      <c r="D4" s="130"/>
+      <c r="E4" s="130"/>
+      <c r="F4" s="130"/>
+      <c r="G4" s="130"/>
+      <c r="H4" s="130"/>
+      <c r="I4" s="130"/>
+      <c r="J4" s="130"/>
+      <c r="K4" s="130"/>
+      <c r="L4" s="130"/>
     </row>
     <row r="5" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B5" s="31" t="s">
         <v>97</v>
       </c>
       <c r="C5" s="31" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="6" spans="2:12" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="L6" s="79" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="7" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B7" s="32" t="s">
         <v>100</v>
       </c>
       <c r="C7" s="33"/>
       <c r="D7" s="34"/>
-      <c r="E7" s="129" t="s">
+      <c r="E7" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F7" s="129"/>
-      <c r="G7" s="129"/>
+      <c r="F7" s="127"/>
+      <c r="G7" s="127"/>
     </row>
     <row r="8" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E8" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J8" s="32"/>
       <c r="K8" s="32"/>
       <c r="L8" s="35">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E9" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F9" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H9" s="128"/>
       <c r="I9" s="128"/>
       <c r="J9" s="128"/>
       <c r="K9" s="70"/>
     </row>
     <row r="10" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E10" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F10" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="11" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F11" s="128"/>
       <c r="G11" s="128"/>
       <c r="H11" s="128"/>
       <c r="I11" s="128"/>
       <c r="J11" s="128"/>
       <c r="K11" s="70"/>
     </row>
     <row r="12" spans="2:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="13" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B13" s="32" t="s">
         <v>105</v>
       </c>
       <c r="C13" s="33"/>
       <c r="D13" s="34"/>
-      <c r="E13" s="129" t="s">
+      <c r="E13" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F13" s="129"/>
-      <c r="G13" s="129"/>
+      <c r="F13" s="127"/>
+      <c r="G13" s="127"/>
       <c r="H13" s="36"/>
       <c r="I13" s="71"/>
     </row>
     <row r="14" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E14" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J14" s="32"/>
       <c r="K14" s="32"/>
       <c r="L14" s="35"/>
     </row>
     <row r="15" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E15" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F15" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H15" s="128"/>
       <c r="I15" s="128"/>
       <c r="J15" s="128"/>
       <c r="K15" s="70"/>
     </row>
     <row r="16" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E16" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F16" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="17" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F17" s="128"/>
       <c r="G17" s="128"/>
       <c r="H17" s="128"/>
       <c r="I17" s="128"/>
       <c r="J17" s="128"/>
       <c r="K17" s="70"/>
     </row>
     <row r="18" spans="2:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="19" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B19" s="32" t="s">
         <v>106</v>
       </c>
       <c r="C19" s="33"/>
       <c r="D19" s="34"/>
-      <c r="E19" s="129" t="s">
+      <c r="E19" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F19" s="129"/>
-      <c r="G19" s="129"/>
+      <c r="F19" s="127"/>
+      <c r="G19" s="127"/>
     </row>
     <row r="20" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E20" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J20" s="32"/>
       <c r="K20" s="32"/>
       <c r="L20" s="35"/>
     </row>
     <row r="21" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E21" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F21" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H21" s="128"/>
       <c r="I21" s="128"/>
       <c r="J21" s="128"/>
       <c r="K21" s="70"/>
     </row>
     <row r="22" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E22" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F22" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="23" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F23" s="128"/>
       <c r="G23" s="128"/>
       <c r="H23" s="128"/>
       <c r="I23" s="128"/>
       <c r="J23" s="128"/>
       <c r="K23" s="70"/>
     </row>
     <row r="24" spans="2:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="25" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B25" s="32" t="s">
         <v>107</v>
       </c>
       <c r="C25" s="33"/>
       <c r="D25" s="34"/>
-      <c r="E25" s="129" t="s">
+      <c r="E25" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F25" s="129"/>
-      <c r="G25" s="129"/>
+      <c r="F25" s="127"/>
+      <c r="G25" s="127"/>
     </row>
     <row r="26" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E26" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J26" s="32"/>
       <c r="K26" s="32"/>
       <c r="L26" s="35"/>
     </row>
     <row r="27" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E27" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F27" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H27" s="128"/>
       <c r="I27" s="128"/>
       <c r="J27" s="128"/>
       <c r="K27" s="70"/>
     </row>
     <row r="28" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E28" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F28" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="29" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F29" s="128"/>
       <c r="G29" s="128"/>
       <c r="H29" s="128"/>
       <c r="I29" s="128"/>
       <c r="J29" s="128"/>
       <c r="K29" s="70"/>
     </row>
     <row r="30" spans="2:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="31" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B31" s="32" t="s">
         <v>108</v>
       </c>
       <c r="C31" s="33"/>
       <c r="D31" s="34"/>
-      <c r="E31" s="129" t="s">
+      <c r="E31" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F31" s="129"/>
-      <c r="G31" s="129"/>
+      <c r="F31" s="127"/>
+      <c r="G31" s="127"/>
     </row>
     <row r="32" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E32" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J32" s="32"/>
       <c r="K32" s="32"/>
       <c r="L32" s="35"/>
     </row>
     <row r="33" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E33" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F33" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H33" s="128"/>
       <c r="I33" s="128"/>
       <c r="J33" s="128"/>
       <c r="K33" s="70"/>
     </row>
     <row r="34" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E34" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="35" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F35" s="128"/>
       <c r="G35" s="128"/>
       <c r="H35" s="128"/>
       <c r="I35" s="128"/>
       <c r="J35" s="128"/>
       <c r="K35" s="70"/>
     </row>
     <row r="36" spans="2:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="37" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B37" s="32" t="s">
         <v>109</v>
       </c>
       <c r="C37" s="33"/>
       <c r="D37" s="34"/>
-      <c r="E37" s="129" t="s">
+      <c r="E37" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F37" s="129"/>
-      <c r="G37" s="129"/>
+      <c r="F37" s="127"/>
+      <c r="G37" s="127"/>
     </row>
     <row r="38" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E38" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J38" s="32"/>
       <c r="K38" s="32"/>
       <c r="L38" s="35"/>
     </row>
     <row r="39" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E39" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F39" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H39" s="128"/>
       <c r="I39" s="128"/>
       <c r="J39" s="128"/>
       <c r="K39" s="70"/>
     </row>
     <row r="40" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E40" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F40" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="41" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F41" s="128"/>
       <c r="G41" s="128"/>
       <c r="H41" s="128"/>
       <c r="I41" s="128"/>
       <c r="J41" s="128"/>
       <c r="K41" s="70"/>
     </row>
     <row r="42" spans="2:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="43" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B43" s="32" t="s">
         <v>110</v>
       </c>
       <c r="C43" s="33"/>
       <c r="D43" s="34"/>
-      <c r="E43" s="129" t="s">
+      <c r="E43" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F43" s="129"/>
-      <c r="G43" s="129"/>
+      <c r="F43" s="127"/>
+      <c r="G43" s="127"/>
     </row>
     <row r="44" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E44" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J44" s="32"/>
       <c r="K44" s="32"/>
       <c r="L44" s="35"/>
     </row>
     <row r="45" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E45" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F45" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H45" s="128"/>
       <c r="I45" s="128"/>
       <c r="J45" s="128"/>
       <c r="K45" s="70"/>
     </row>
     <row r="46" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E46" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="47" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F47" s="128"/>
       <c r="G47" s="128"/>
       <c r="H47" s="128"/>
       <c r="I47" s="128"/>
       <c r="J47" s="128"/>
       <c r="K47" s="70"/>
     </row>
     <row r="49" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B49" s="32" t="s">
         <v>111</v>
       </c>
       <c r="C49" s="33"/>
       <c r="D49" s="34"/>
-      <c r="E49" s="129" t="s">
+      <c r="E49" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F49" s="129"/>
-      <c r="G49" s="129"/>
+      <c r="F49" s="127"/>
+      <c r="G49" s="127"/>
     </row>
     <row r="50" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E50" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J50" s="32"/>
       <c r="K50" s="32"/>
       <c r="L50" s="35"/>
     </row>
     <row r="51" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E51" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F51" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H51" s="128"/>
       <c r="I51" s="128"/>
       <c r="J51" s="128"/>
       <c r="K51" s="70"/>
     </row>
     <row r="52" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E52" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F52" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="53" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F53" s="128"/>
       <c r="G53" s="128"/>
       <c r="H53" s="128"/>
       <c r="I53" s="128"/>
       <c r="J53" s="128"/>
       <c r="K53" s="70"/>
     </row>
     <row r="54" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="55" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B55" s="32" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="33"/>
       <c r="D55" s="34"/>
-      <c r="E55" s="129" t="s">
+      <c r="E55" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F55" s="129"/>
-      <c r="G55" s="129"/>
+      <c r="F55" s="127"/>
+      <c r="G55" s="127"/>
     </row>
     <row r="56" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E56" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J56" s="32"/>
       <c r="K56" s="32"/>
       <c r="L56" s="35"/>
     </row>
     <row r="57" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E57" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F57" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H57" s="128"/>
       <c r="I57" s="128"/>
       <c r="J57" s="128"/>
       <c r="K57" s="70"/>
     </row>
     <row r="58" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E58" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="59" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F59" s="128"/>
       <c r="G59" s="128"/>
       <c r="H59" s="128"/>
       <c r="I59" s="128"/>
       <c r="J59" s="128"/>
       <c r="K59" s="70"/>
     </row>
     <row r="60" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="61" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B61" s="32" t="s">
         <v>113</v>
       </c>
       <c r="C61" s="33"/>
       <c r="D61" s="34"/>
-      <c r="E61" s="129" t="s">
+      <c r="E61" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F61" s="129"/>
-      <c r="G61" s="129"/>
+      <c r="F61" s="127"/>
+      <c r="G61" s="127"/>
     </row>
     <row r="62" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E62" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J62" s="32"/>
       <c r="K62" s="32"/>
       <c r="L62" s="35"/>
     </row>
     <row r="63" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E63" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F63" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H63" s="128"/>
       <c r="I63" s="128"/>
       <c r="J63" s="128"/>
       <c r="K63" s="70"/>
     </row>
     <row r="64" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E64" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F64" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="65" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F65" s="128"/>
       <c r="G65" s="128"/>
       <c r="H65" s="128"/>
       <c r="I65" s="128"/>
       <c r="J65" s="128"/>
       <c r="K65" s="70"/>
     </row>
     <row r="66" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="67" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B67" s="32" t="s">
         <v>114</v>
       </c>
       <c r="C67" s="33"/>
       <c r="D67" s="34"/>
-      <c r="E67" s="129" t="s">
+      <c r="E67" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F67" s="129"/>
-      <c r="G67" s="129"/>
+      <c r="F67" s="127"/>
+      <c r="G67" s="127"/>
     </row>
     <row r="68" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E68" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J68" s="32"/>
       <c r="K68" s="32"/>
       <c r="L68" s="35"/>
     </row>
     <row r="69" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E69" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F69" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H69" s="128"/>
       <c r="I69" s="128"/>
       <c r="J69" s="128"/>
       <c r="K69" s="70"/>
     </row>
     <row r="70" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E70" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F70" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="71" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F71" s="128"/>
       <c r="G71" s="128"/>
       <c r="H71" s="128"/>
       <c r="I71" s="128"/>
       <c r="J71" s="128"/>
       <c r="K71" s="70"/>
     </row>
     <row r="72" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="73" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B73" s="32" t="s">
         <v>115</v>
       </c>
       <c r="C73" s="33"/>
       <c r="D73" s="34"/>
-      <c r="E73" s="129" t="s">
+      <c r="E73" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F73" s="129"/>
-      <c r="G73" s="129"/>
+      <c r="F73" s="127"/>
+      <c r="G73" s="127"/>
     </row>
     <row r="74" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E74" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J74" s="32"/>
       <c r="K74" s="32"/>
       <c r="L74" s="35"/>
     </row>
     <row r="75" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E75" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F75" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H75" s="128"/>
       <c r="I75" s="128"/>
       <c r="J75" s="128"/>
       <c r="K75" s="70"/>
     </row>
     <row r="76" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E76" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F76" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="77" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F77" s="128"/>
       <c r="G77" s="128"/>
       <c r="H77" s="128"/>
       <c r="I77" s="128"/>
       <c r="J77" s="128"/>
       <c r="K77" s="70"/>
     </row>
     <row r="78" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="79" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B79" s="32" t="s">
         <v>116</v>
       </c>
       <c r="C79" s="33"/>
       <c r="D79" s="34"/>
-      <c r="E79" s="129" t="s">
+      <c r="E79" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F79" s="129"/>
-      <c r="G79" s="129"/>
+      <c r="F79" s="127"/>
+      <c r="G79" s="127"/>
     </row>
     <row r="80" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E80" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J80" s="32"/>
       <c r="K80" s="32"/>
       <c r="L80" s="35"/>
     </row>
     <row r="81" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E81" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F81" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H81" s="128"/>
       <c r="I81" s="128"/>
       <c r="J81" s="128"/>
       <c r="K81" s="70"/>
     </row>
     <row r="82" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E82" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="83" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F83" s="128"/>
       <c r="G83" s="128"/>
       <c r="H83" s="128"/>
       <c r="I83" s="128"/>
       <c r="J83" s="128"/>
       <c r="K83" s="70"/>
     </row>
     <row r="84" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="85" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B85" s="32" t="s">
         <v>117</v>
       </c>
       <c r="C85" s="33"/>
       <c r="D85" s="34"/>
-      <c r="E85" s="129" t="s">
+      <c r="E85" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F85" s="129"/>
-      <c r="G85" s="129"/>
+      <c r="F85" s="127"/>
+      <c r="G85" s="127"/>
     </row>
     <row r="86" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E86" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J86" s="32"/>
       <c r="K86" s="32"/>
       <c r="L86" s="35"/>
     </row>
     <row r="87" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E87" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F87" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H87" s="128"/>
       <c r="I87" s="128"/>
       <c r="J87" s="128"/>
       <c r="K87" s="70"/>
     </row>
     <row r="88" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E88" s="30" t="s">
         <v>21</v>
       </c>
       <c r="F88" s="30" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="89" spans="2:12" x14ac:dyDescent="0.3">
       <c r="F89" s="128"/>
       <c r="G89" s="128"/>
       <c r="H89" s="128"/>
       <c r="I89" s="128"/>
       <c r="J89" s="128"/>
       <c r="K89" s="70"/>
     </row>
     <row r="90" spans="2:12" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="91" spans="2:12" x14ac:dyDescent="0.3">
       <c r="B91" s="32" t="s">
         <v>118</v>
       </c>
       <c r="C91" s="33"/>
       <c r="D91" s="34"/>
-      <c r="E91" s="129" t="s">
+      <c r="E91" s="127" t="s">
         <v>101</v>
       </c>
-      <c r="F91" s="129"/>
-      <c r="G91" s="129"/>
+      <c r="F91" s="127"/>
+      <c r="G91" s="127"/>
     </row>
     <row r="92" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E92" s="30" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="30" t="s">
         <v>102</v>
       </c>
       <c r="J92" s="32"/>
       <c r="K92" s="32"/>
       <c r="L92" s="35"/>
     </row>
     <row r="93" spans="2:12" x14ac:dyDescent="0.3">
       <c r="E93" s="30" t="s">
         <v>18</v>
       </c>
       <c r="F93" s="30" t="s">
         <v>103</v>
       </c>
       <c r="H93" s="128"/>
       <c r="I93" s="128"/>
       <c r="J93" s="128"/>
       <c r="K93" s="70"/>
     </row>
     <row r="94" spans="2:12" x14ac:dyDescent="0.3">
@@ -5626,455 +5628,455 @@
     </row>
     <row r="119" spans="2:12" s="30" customFormat="1" x14ac:dyDescent="0.3">
       <c r="L119" s="75"/>
     </row>
     <row r="120" spans="2:12" s="30" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B120" s="31" t="s">
         <v>39</v>
       </c>
       <c r="C120" s="31" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="121" spans="2:12" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="J121" s="36" t="s">
         <v>132</v>
       </c>
       <c r="L121" s="76">
         <f>L97+L118</f>
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="2:12" ht="14.5" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Mq8Byc2hVFvs+hIoxnwZkI3Pq+ouwrT9aakKsewwYN0WwOdfBMakaMdUUHcYJubjoUDR2DpyryTIpVUHJ5nT2w==" saltValue="tGfihhgWY4RVUmyOfVCKIQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="49">
-    <mergeCell ref="E19:G19"/>
-[...31 lines deleted...]
-    <mergeCell ref="F59:J59"/>
     <mergeCell ref="B1:L1"/>
     <mergeCell ref="B2:L2"/>
     <mergeCell ref="B3:L3"/>
     <mergeCell ref="H51:J51"/>
     <mergeCell ref="F53:J53"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H15:J15"/>
     <mergeCell ref="F17:J17"/>
     <mergeCell ref="F35:J35"/>
     <mergeCell ref="H39:J39"/>
     <mergeCell ref="E31:G31"/>
     <mergeCell ref="B4:L4"/>
     <mergeCell ref="F41:J41"/>
     <mergeCell ref="H9:J9"/>
     <mergeCell ref="F11:J11"/>
     <mergeCell ref="E13:G13"/>
+    <mergeCell ref="H57:J57"/>
+    <mergeCell ref="E61:G61"/>
+    <mergeCell ref="E67:G67"/>
+    <mergeCell ref="E73:G73"/>
+    <mergeCell ref="H69:J69"/>
+    <mergeCell ref="F71:J71"/>
+    <mergeCell ref="F65:J65"/>
+    <mergeCell ref="H63:J63"/>
+    <mergeCell ref="F59:J59"/>
+    <mergeCell ref="F95:J95"/>
+    <mergeCell ref="H75:J75"/>
+    <mergeCell ref="F83:J83"/>
+    <mergeCell ref="H93:J93"/>
+    <mergeCell ref="E85:G85"/>
+    <mergeCell ref="E91:G91"/>
+    <mergeCell ref="F77:J77"/>
+    <mergeCell ref="E79:G79"/>
+    <mergeCell ref="H81:J81"/>
+    <mergeCell ref="F89:J89"/>
+    <mergeCell ref="H87:J87"/>
+    <mergeCell ref="E19:G19"/>
+    <mergeCell ref="H21:J21"/>
+    <mergeCell ref="E49:G49"/>
+    <mergeCell ref="E55:G55"/>
+    <mergeCell ref="E43:G43"/>
+    <mergeCell ref="F29:J29"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="H45:J45"/>
+    <mergeCell ref="F47:J47"/>
+    <mergeCell ref="H27:J27"/>
+    <mergeCell ref="H33:J33"/>
+    <mergeCell ref="E25:G25"/>
+    <mergeCell ref="F23:J23"/>
   </mergeCells>
   <phoneticPr fontId="20" type="noConversion"/>
   <pageMargins left="0.5" right="0.75" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;9&amp;A&amp;C&amp;9&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="47" min="1" max="11" man="1"/>
     <brk id="99" min="1" max="11" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:J29"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A12" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="F19" sqref="F19"/>
+    <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="G18" sqref="G18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="6" max="6" width="19.81640625" customWidth="1"/>
     <col min="7" max="7" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.26953125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="B2" s="130" t="s">
+      <c r="B2" s="131" t="s">
         <v>133</v>
       </c>
-      <c r="C2" s="130"/>
-[...4 lines deleted...]
-      <c r="H2" s="130"/>
+      <c r="C2" s="131"/>
+      <c r="D2" s="131"/>
+      <c r="E2" s="131"/>
+      <c r="F2" s="131"/>
+      <c r="G2" s="131"/>
+      <c r="H2" s="131"/>
     </row>
     <row r="3" spans="2:8" ht="15.5" x14ac:dyDescent="0.25">
-      <c r="B3" s="130" t="s">
+      <c r="B3" s="131" t="s">
         <v>134</v>
       </c>
-      <c r="C3" s="130"/>
-[...4 lines deleted...]
-      <c r="H3" s="130"/>
+      <c r="C3" s="131"/>
+      <c r="D3" s="131"/>
+      <c r="E3" s="131"/>
+      <c r="F3" s="131"/>
+      <c r="G3" s="131"/>
+      <c r="H3" s="131"/>
     </row>
     <row r="5" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="134" t="s">
+      <c r="B5" s="135" t="s">
         <v>135</v>
       </c>
-      <c r="C5" s="134"/>
-[...4 lines deleted...]
-      <c r="H5" s="134"/>
+      <c r="C5" s="135"/>
+      <c r="D5" s="135"/>
+      <c r="E5" s="135"/>
+      <c r="F5" s="135"/>
+      <c r="G5" s="135"/>
+      <c r="H5" s="135"/>
     </row>
     <row r="6" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="134"/>
-[...5 lines deleted...]
-      <c r="H6" s="134"/>
+      <c r="B6" s="135"/>
+      <c r="C6" s="135"/>
+      <c r="D6" s="135"/>
+      <c r="E6" s="135"/>
+      <c r="F6" s="135"/>
+      <c r="G6" s="135"/>
+      <c r="H6" s="135"/>
     </row>
     <row r="7" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="134"/>
-[...5 lines deleted...]
-      <c r="H7" s="134"/>
+      <c r="B7" s="135"/>
+      <c r="C7" s="135"/>
+      <c r="D7" s="135"/>
+      <c r="E7" s="135"/>
+      <c r="F7" s="135"/>
+      <c r="G7" s="135"/>
+      <c r="H7" s="135"/>
     </row>
     <row r="8" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="134"/>
-[...5 lines deleted...]
-      <c r="H8" s="134"/>
+      <c r="B8" s="135"/>
+      <c r="C8" s="135"/>
+      <c r="D8" s="135"/>
+      <c r="E8" s="135"/>
+      <c r="F8" s="135"/>
+      <c r="G8" s="135"/>
+      <c r="H8" s="135"/>
     </row>
     <row r="9" spans="2:8" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="134"/>
-[...5 lines deleted...]
-      <c r="H9" s="134"/>
+      <c r="B9" s="135"/>
+      <c r="C9" s="135"/>
+      <c r="D9" s="135"/>
+      <c r="E9" s="135"/>
+      <c r="F9" s="135"/>
+      <c r="G9" s="135"/>
+      <c r="H9" s="135"/>
     </row>
     <row r="11" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="134" t="s">
+      <c r="B11" s="135" t="s">
         <v>136</v>
       </c>
-      <c r="C11" s="134"/>
-[...4 lines deleted...]
-      <c r="H11" s="134"/>
+      <c r="C11" s="135"/>
+      <c r="D11" s="135"/>
+      <c r="E11" s="135"/>
+      <c r="F11" s="135"/>
+      <c r="G11" s="135"/>
+      <c r="H11" s="135"/>
     </row>
     <row r="12" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="134"/>
-[...5 lines deleted...]
-      <c r="H12" s="134"/>
+      <c r="B12" s="135"/>
+      <c r="C12" s="135"/>
+      <c r="D12" s="135"/>
+      <c r="E12" s="135"/>
+      <c r="F12" s="135"/>
+      <c r="G12" s="135"/>
+      <c r="H12" s="135"/>
     </row>
     <row r="13" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="134"/>
-[...5 lines deleted...]
-      <c r="H13" s="134"/>
+      <c r="B13" s="135"/>
+      <c r="C13" s="135"/>
+      <c r="D13" s="135"/>
+      <c r="E13" s="135"/>
+      <c r="F13" s="135"/>
+      <c r="G13" s="135"/>
+      <c r="H13" s="135"/>
     </row>
     <row r="14" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="134"/>
-[...5 lines deleted...]
-      <c r="H14" s="134"/>
+      <c r="B14" s="135"/>
+      <c r="C14" s="135"/>
+      <c r="D14" s="135"/>
+      <c r="E14" s="135"/>
+      <c r="F14" s="135"/>
+      <c r="G14" s="135"/>
+      <c r="H14" s="135"/>
     </row>
     <row r="15" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="134"/>
-[...5 lines deleted...]
-      <c r="H15" s="134"/>
+      <c r="B15" s="135"/>
+      <c r="C15" s="135"/>
+      <c r="D15" s="135"/>
+      <c r="E15" s="135"/>
+      <c r="F15" s="135"/>
+      <c r="G15" s="135"/>
+      <c r="H15" s="135"/>
     </row>
     <row r="16" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="44"/>
       <c r="C16" s="44"/>
       <c r="D16" s="44"/>
       <c r="E16" s="44"/>
       <c r="F16" s="44"/>
       <c r="G16" s="44"/>
       <c r="H16" s="44"/>
     </row>
     <row r="17" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B17" s="39" t="s">
         <v>137</v>
       </c>
-      <c r="F17" s="132">
+      <c r="F17" s="133">
         <v>0</v>
       </c>
       <c r="G17" s="41"/>
     </row>
     <row r="18" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B18" s="39" t="s">
         <v>138</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
-      <c r="F18" s="133"/>
+      <c r="F18" s="134"/>
       <c r="G18" s="42" t="s">
         <v>139</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
     </row>
     <row r="19" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
     </row>
     <row r="20" spans="2:10" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="B20" s="131" t="s">
+      <c r="B20" s="132" t="s">
         <v>140</v>
       </c>
-      <c r="C20" s="131"/>
-[...4 lines deleted...]
-      <c r="H20" s="131"/>
+      <c r="C20" s="132"/>
+      <c r="D20" s="132"/>
+      <c r="E20" s="132"/>
+      <c r="F20" s="132"/>
+      <c r="G20" s="132"/>
+      <c r="H20" s="132"/>
       <c r="I20" s="40"/>
       <c r="J20" s="40"/>
     </row>
     <row r="21" spans="2:10" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="131"/>
-[...5 lines deleted...]
-      <c r="H21" s="131"/>
+      <c r="B21" s="132"/>
+      <c r="C21" s="132"/>
+      <c r="D21" s="132"/>
+      <c r="E21" s="132"/>
+      <c r="F21" s="132"/>
+      <c r="G21" s="132"/>
+      <c r="H21" s="132"/>
     </row>
     <row r="29" spans="2:10" ht="14.5" x14ac:dyDescent="0.35">
       <c r="D29" s="43" t="s">
         <v>141</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="WUMvXz4IORLgTNP/oSiXWuzf7dEXTaOKpZ9LfQvehvmyiACpCoOFzlE3Ze7oG2I2pBxmAkQaexx5gnAP1I1iUg==" saltValue="KvZMr2X1sekyOPFgztvQgQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="6">
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B20:H21"/>
     <mergeCell ref="F17:F18"/>
     <mergeCell ref="B5:H9"/>
     <mergeCell ref="B11:H15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
-  <dimension ref="A1:M92"/>
+  <dimension ref="A1:M93"/>
   <sheetViews>
-    <sheetView topLeftCell="A47" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="E59" sqref="E59"/>
+    <sheetView tabSelected="1" topLeftCell="A30" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="H94" sqref="H94"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20" style="30" customWidth="1"/>
     <col min="2" max="2" width="19.1796875" style="30" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18" style="30" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.7265625" style="30" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.81640625" style="30" customWidth="1"/>
     <col min="6" max="13" width="16.7265625" style="30" bestFit="1" customWidth="1"/>
     <col min="14" max="252" width="8" style="30" customWidth="1"/>
     <col min="253" max="16384" width="9.1796875" style="30"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A1" s="135" t="s">
+      <c r="A1" s="136" t="s">
         <v>142</v>
       </c>
-      <c r="B1" s="136"/>
-[...3 lines deleted...]
-      <c r="F1" s="136"/>
+      <c r="B1" s="137"/>
+      <c r="C1" s="137"/>
+      <c r="D1" s="137"/>
+      <c r="E1" s="137"/>
+      <c r="F1" s="137"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A2" s="135" t="s">
+      <c r="A2" s="136" t="s">
         <v>143</v>
       </c>
-      <c r="B2" s="136"/>
-[...3 lines deleted...]
-      <c r="F2" s="136"/>
+      <c r="B2" s="137"/>
+      <c r="C2" s="137"/>
+      <c r="D2" s="137"/>
+      <c r="E2" s="137"/>
+      <c r="F2" s="137"/>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A3" s="136"/>
-[...4 lines deleted...]
-      <c r="F3" s="136"/>
+      <c r="A3" s="137"/>
+      <c r="B3" s="137"/>
+      <c r="C3" s="137"/>
+      <c r="D3" s="137"/>
+      <c r="E3" s="137"/>
+      <c r="F3" s="137"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A4" s="83" t="s">
         <v>144</v>
       </c>
-      <c r="B4" s="137" t="s">
+      <c r="B4" s="138" t="s">
         <v>145</v>
       </c>
-      <c r="C4" s="136"/>
-[...2 lines deleted...]
-      <c r="F4" s="136"/>
+      <c r="C4" s="137"/>
+      <c r="D4" s="137"/>
+      <c r="E4" s="137"/>
+      <c r="F4" s="137"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A5" s="139" t="s">
+      <c r="A5" s="140" t="s">
         <v>146</v>
       </c>
-      <c r="B5" s="136"/>
-[...3 lines deleted...]
-      <c r="F5" s="136"/>
+      <c r="B5" s="137"/>
+      <c r="C5" s="137"/>
+      <c r="D5" s="137"/>
+      <c r="E5" s="137"/>
+      <c r="F5" s="137"/>
       <c r="I5" s="30" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A6" s="83" t="s">
         <v>147</v>
       </c>
-      <c r="B6" s="137" t="s">
+      <c r="B6" s="138" t="s">
         <v>148</v>
       </c>
-      <c r="C6" s="136"/>
-[...2 lines deleted...]
-      <c r="F6" s="136"/>
+      <c r="C6" s="137"/>
+      <c r="D6" s="137"/>
+      <c r="E6" s="137"/>
+      <c r="F6" s="137"/>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A7" s="83" t="s">
         <v>149</v>
       </c>
-      <c r="B7" s="137" t="s">
+      <c r="B7" s="138" t="s">
         <v>150</v>
       </c>
-      <c r="C7" s="136"/>
-[...2 lines deleted...]
-      <c r="F7" s="136"/>
+      <c r="C7" s="137"/>
+      <c r="D7" s="137"/>
+      <c r="E7" s="137"/>
+      <c r="F7" s="137"/>
       <c r="H7" s="30" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A8" s="83" t="s">
         <v>151</v>
       </c>
-      <c r="B8" s="137" t="s">
+      <c r="B8" s="138" t="s">
         <v>152</v>
       </c>
-      <c r="C8" s="136"/>
-[...2 lines deleted...]
-      <c r="F8" s="136"/>
+      <c r="C8" s="137"/>
+      <c r="D8" s="137"/>
+      <c r="E8" s="137"/>
+      <c r="F8" s="137"/>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A9" s="83" t="s">
         <v>153</v>
       </c>
-      <c r="B9" s="138" t="s">
+      <c r="B9" s="139" t="s">
         <v>169</v>
       </c>
-      <c r="C9" s="136"/>
-[...2 lines deleted...]
-      <c r="F9" s="136"/>
+      <c r="C9" s="137"/>
+      <c r="D9" s="137"/>
+      <c r="E9" s="137"/>
+      <c r="F9" s="137"/>
     </row>
     <row r="11" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="45" t="s">
         <v>154</v>
       </c>
       <c r="B11" s="45" t="s">
         <v>155</v>
       </c>
       <c r="C11" s="45" t="s">
         <v>156</v>
       </c>
       <c r="D11" s="45" t="s">
         <v>157</v>
       </c>
       <c r="E11" s="45" t="s">
         <v>158</v>
       </c>
       <c r="F11" s="45" t="s">
         <v>159</v>
       </c>
       <c r="G11" s="45" t="s">
         <v>160</v>
       </c>
       <c r="H11" s="45" t="s">
         <v>161</v>
@@ -7430,51 +7432,51 @@
         <v>229.78</v>
       </c>
       <c r="H44" s="66">
         <v>229.82</v>
       </c>
       <c r="I44" s="66">
         <v>230.44300000000001</v>
       </c>
       <c r="J44" s="66">
         <v>231.03</v>
       </c>
       <c r="K44" s="66">
         <v>230.66</v>
       </c>
       <c r="L44" s="66">
         <v>231.084</v>
       </c>
       <c r="M44" s="66">
         <v>230.548</v>
       </c>
     </row>
     <row r="45" spans="1:13" s="32" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="49">
         <v>2018</v>
       </c>
-      <c r="B45" s="140">
+      <c r="B45" s="98">
         <v>232.02799999999999</v>
       </c>
       <c r="C45" s="90">
         <v>232.512</v>
       </c>
       <c r="D45" s="90">
         <v>232.93100000000001</v>
       </c>
       <c r="E45" s="90">
         <v>233.91300000000001</v>
       </c>
       <c r="F45" s="90">
         <v>235.065</v>
       </c>
       <c r="G45" s="90">
         <v>235.45500000000001</v>
       </c>
       <c r="H45" s="90">
         <v>235.346</v>
       </c>
       <c r="I45" s="90">
         <v>235.27600000000001</v>
       </c>
       <c r="J45" s="90">
         <v>235.524</v>
@@ -7700,858 +7702,883 @@
       </c>
       <c r="B51" s="96">
         <v>284.73099999999999</v>
       </c>
       <c r="C51" s="96">
         <v>286.346</v>
       </c>
       <c r="D51" s="96">
         <v>288.30099999999999</v>
       </c>
       <c r="E51" s="96">
         <v>289.71800000000002</v>
       </c>
       <c r="F51" s="96">
         <v>290.35500000000002</v>
       </c>
       <c r="G51" s="96">
         <v>290.779</v>
       </c>
       <c r="H51" s="96">
         <v>292.25599999999997</v>
       </c>
       <c r="I51" s="96">
         <v>292.55900000000003</v>
       </c>
-      <c r="J51" s="96"/>
-[...2 lines deleted...]
-      <c r="M51" s="96"/>
+      <c r="J51" s="96">
+        <v>292.54700000000003</v>
+      </c>
+      <c r="K51" s="96">
+        <v>292.291</v>
+      </c>
+      <c r="L51" s="96">
+        <v>292.02199999999999</v>
+      </c>
+      <c r="M51" s="96">
+        <v>292.53300000000002</v>
+      </c>
     </row>
     <row r="52" spans="1:13" s="32" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A52" s="48"/>
-[...22 lines deleted...]
-        <v>141</v>
+      <c r="A52" s="95">
+        <v>2025</v>
+      </c>
+      <c r="B52" s="92">
+        <v>294.404</v>
+      </c>
+      <c r="C52" s="92">
+        <v>295.23200000000003</v>
+      </c>
+      <c r="D52" s="92">
+        <v>296.22699999999998</v>
+      </c>
+      <c r="E52" s="92">
+        <v>296.68799999999999</v>
+      </c>
+      <c r="F52" s="92">
+        <v>297.34199999999998</v>
+      </c>
+      <c r="G52" s="92">
+        <v>299.529</v>
+      </c>
+      <c r="H52" s="92">
+        <v>299.83600000000001</v>
+      </c>
+      <c r="I52" s="92">
+        <v>300.75299999999999</v>
       </c>
       <c r="J52" s="92" t="s">
         <v>141</v>
       </c>
       <c r="K52" s="92" t="s">
         <v>141</v>
       </c>
       <c r="L52" s="92"/>
       <c r="M52" s="92"/>
     </row>
     <row r="53" spans="1:13" ht="63" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C53" s="69" t="s">
         <v>167</v>
       </c>
       <c r="D53" s="54"/>
       <c r="E53" s="68" t="s">
         <v>168</v>
       </c>
       <c r="F53"/>
       <c r="G53" s="30" t="s">
         <v>141</v>
       </c>
       <c r="J53" s="30" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="54" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A54" s="50">
         <v>1986</v>
       </c>
       <c r="B54" s="51"/>
       <c r="C54" s="56">
-        <f>SUM(J12:M12) + SUM(B13:I13)</f>
+        <f t="shared" ref="C54:C92" si="0">SUM(J12:M12) + SUM(B13:I13)</f>
         <v>1309.2</v>
       </c>
       <c r="D54" s="51"/>
       <c r="E54" s="63">
-        <f>$C$92/C54-1</f>
-        <v>1.6380606477238011</v>
+        <f t="shared" ref="E54:E91" si="1">$C$93/C54-1</f>
+        <v>1.7111243507485487</v>
       </c>
       <c r="F54"/>
     </row>
     <row r="55" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A55" s="50">
         <v>1987</v>
       </c>
       <c r="B55" s="51"/>
       <c r="C55" s="56">
-        <f>SUM(J13:M13) + SUM(B14:I14)</f>
+        <f t="shared" si="0"/>
         <v>1330.5</v>
       </c>
       <c r="D55" s="51"/>
       <c r="E55" s="63">
-        <f>$C$92/C55-1</f>
-        <v>1.5958278842540401</v>
+        <f t="shared" si="1"/>
+        <v>1.6677219090567457</v>
       </c>
       <c r="F55"/>
     </row>
     <row r="56" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A56" s="50">
         <v>1988</v>
       </c>
       <c r="B56" s="51"/>
       <c r="C56" s="56">
-        <f>SUM(J14:M14) + SUM(B15:I15)</f>
+        <f t="shared" si="0"/>
         <v>1375.5000000000002</v>
       </c>
       <c r="D56" s="51"/>
       <c r="E56" s="63">
-        <f>$C$92/C56-1</f>
-        <v>1.5109043984005814</v>
+        <f t="shared" si="1"/>
+        <v>1.5804463831334057</v>
       </c>
       <c r="F56"/>
     </row>
     <row r="57" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A57" s="50">
         <v>1989</v>
       </c>
       <c r="B57" s="51"/>
       <c r="C57" s="56">
-        <f>SUM(J15:M15) + SUM(B16:I16)</f>
+        <f t="shared" si="0"/>
         <v>1437.8</v>
       </c>
       <c r="D57" s="51"/>
       <c r="E57" s="63">
-        <f>$C$92/C57-1</f>
-        <v>1.4021066907775772</v>
+        <f t="shared" si="1"/>
+        <v>1.4686354152176939</v>
       </c>
       <c r="F57"/>
       <c r="G57" s="30" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="58" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A58" s="50">
         <v>1990</v>
       </c>
       <c r="B58" s="51"/>
       <c r="C58" s="56">
-        <f>SUM(J16:M16) + SUM(B17:I17)</f>
+        <f t="shared" si="0"/>
         <v>1500.8</v>
       </c>
       <c r="D58" s="51"/>
       <c r="E58" s="63">
-        <f>$C$92/C58-1</f>
-        <v>1.3012719882729216</v>
+        <f t="shared" si="1"/>
+        <v>1.3650079957356076</v>
       </c>
       <c r="F58"/>
     </row>
     <row r="59" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A59" s="50">
         <v>1991</v>
       </c>
       <c r="B59" s="51"/>
       <c r="C59" s="56">
-        <f>SUM(J17:M17) + SUM(B18:I18)</f>
+        <f t="shared" si="0"/>
         <v>1574.2</v>
       </c>
       <c r="D59" s="51"/>
       <c r="E59" s="63">
-        <f>$C$92/C59-1</f>
-        <v>1.1939709058569434</v>
+        <f t="shared" si="1"/>
+        <v>1.2547351035446574</v>
       </c>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A60" s="50">
         <v>1992</v>
       </c>
       <c r="B60" s="51"/>
       <c r="C60" s="56">
-        <f>SUM(J18:M18) + SUM(B19:I19)</f>
+        <f t="shared" si="0"/>
         <v>1617.9</v>
       </c>
       <c r="D60" s="51"/>
       <c r="E60" s="63">
-        <f>$C$92/C60-1</f>
-        <v>1.1347110451820259</v>
+        <f t="shared" si="1"/>
+        <v>1.1938339823227642</v>
       </c>
       <c r="F60"/>
     </row>
     <row r="61" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A61" s="50">
         <v>1993</v>
       </c>
       <c r="B61" s="51"/>
       <c r="C61" s="56">
-        <f>SUM(J19:M19) + SUM(B20:I20)</f>
+        <f t="shared" si="0"/>
         <v>1665.2000000000003</v>
       </c>
       <c r="D61" s="51"/>
       <c r="E61" s="63">
-        <f>$C$92/C61-1</f>
-        <v>1.0740745856353588</v>
+        <f t="shared" si="1"/>
+        <v>1.1315181359596442</v>
       </c>
       <c r="F61"/>
     </row>
     <row r="62" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" s="50">
         <v>1994</v>
       </c>
       <c r="B62" s="51"/>
       <c r="C62" s="56">
-        <f>SUM(J20:M20) + SUM(B21:I21)</f>
+        <f t="shared" si="0"/>
         <v>1710.9</v>
       </c>
       <c r="D62" s="51"/>
       <c r="E62" s="63">
-        <f>$C$92/C62-1</f>
-        <v>1.0186737974165645</v>
+        <f t="shared" si="1"/>
+        <v>1.074582968028523</v>
       </c>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" s="50">
         <v>1995</v>
       </c>
       <c r="B63" s="51"/>
       <c r="C63" s="56">
-        <f>SUM(J21:M21) + SUM(B22:I22)</f>
+        <f t="shared" si="0"/>
         <v>1765.3000000000002</v>
       </c>
       <c r="D63" s="51"/>
       <c r="E63" s="63">
-        <f>$C$92/C63-1</f>
-        <v>0.95646575652863519</v>
+        <f t="shared" si="1"/>
+        <v>1.0106520138220132</v>
       </c>
       <c r="F63"/>
     </row>
     <row r="64" spans="1:13" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" s="50">
         <v>1996</v>
       </c>
       <c r="B64" s="51"/>
       <c r="C64" s="56">
-        <f>SUM(J22:M22) + SUM(B23:I23)</f>
+        <f t="shared" si="0"/>
         <v>1815.2</v>
       </c>
       <c r="D64" s="51"/>
       <c r="E64" s="63">
-        <f>$C$92/C64-1</f>
-        <v>0.90268234905244604</v>
+        <f t="shared" si="1"/>
+        <v>0.95537902159541632</v>
       </c>
       <c r="F64"/>
     </row>
     <row r="65" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A65" s="50">
         <v>1997</v>
       </c>
       <c r="B65" s="51"/>
       <c r="C65" s="56">
-        <f>SUM(J23:M23) + SUM(B24:I24)</f>
+        <f t="shared" si="0"/>
         <v>1868.9</v>
       </c>
       <c r="D65" s="51"/>
       <c r="E65" s="63">
-        <f>$C$92/C65-1</f>
-        <v>0.84801166461554933</v>
+        <f t="shared" si="1"/>
+        <v>0.89919417839370741</v>
       </c>
       <c r="F65"/>
     </row>
     <row r="66" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A66" s="50">
         <v>1998</v>
       </c>
       <c r="B66" s="51"/>
       <c r="C66" s="56">
-        <f>SUM(J24:M24) + SUM(B25:I25)</f>
+        <f t="shared" si="0"/>
         <v>1901.4</v>
       </c>
       <c r="D66" s="51"/>
       <c r="E66" s="63">
-        <f>$C$92/C66-1</f>
-        <v>0.81642421373724638</v>
+        <f t="shared" si="1"/>
+        <v>0.86673188177132632</v>
       </c>
       <c r="F66"/>
     </row>
     <row r="67" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A67" s="50">
         <v>1999</v>
       </c>
       <c r="B67" s="51"/>
       <c r="C67" s="56">
-        <f>SUM(J25:M25) + SUM(B26:I26)</f>
+        <f t="shared" si="0"/>
         <v>1934.8000000000002</v>
       </c>
       <c r="D67" s="51"/>
       <c r="E67" s="63">
-        <f>$C$92/C67-1</f>
-        <v>0.78506770725656394</v>
+        <f t="shared" si="1"/>
+        <v>0.83450692578044228</v>
       </c>
       <c r="F67"/>
     </row>
     <row r="68" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A68" s="50">
         <v>2000</v>
       </c>
       <c r="B68" s="51"/>
       <c r="C68" s="56">
-        <f>SUM(J26:M26) + SUM(B27:I27)</f>
+        <f t="shared" si="0"/>
         <v>1996.6999999999998</v>
       </c>
       <c r="D68" s="51"/>
       <c r="E68" s="63">
-        <f>$C$92/C68-1</f>
-        <v>0.72972855211098331</v>
+        <f t="shared" si="1"/>
+        <v>0.77763509791155427</v>
       </c>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A69" s="50">
         <v>2001</v>
       </c>
       <c r="B69" s="51"/>
       <c r="C69" s="56">
-        <f>SUM(J27:M27) + SUM(B28:I28)</f>
+        <f t="shared" si="0"/>
         <v>2062.6</v>
       </c>
       <c r="D69" s="51"/>
       <c r="E69" s="63">
-        <f>$C$92/C69-1</f>
-        <v>0.67446378357412984</v>
+        <f t="shared" si="1"/>
+        <v>0.72083971686221271</v>
       </c>
       <c r="F69"/>
     </row>
     <row r="70" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A70" s="50">
         <v>2002</v>
       </c>
       <c r="B70" s="51"/>
       <c r="C70" s="56">
-        <f>SUM(J28:M28) + SUM(B29:I29)</f>
+        <f t="shared" si="0"/>
         <v>2085.6999999999998</v>
       </c>
       <c r="D70" s="51"/>
       <c r="E70" s="63">
-        <f>$C$92/C70-1</f>
-        <v>0.65591839670134755</v>
+        <f t="shared" si="1"/>
+        <v>0.70178069712806268</v>
       </c>
       <c r="F70"/>
     </row>
     <row r="71" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A71" s="50">
         <v>2003</v>
       </c>
       <c r="B71" s="51"/>
       <c r="C71" s="56">
-        <f>SUM(J29:M29) + SUM(B30:I30)</f>
+        <f t="shared" si="0"/>
         <v>2127.5</v>
       </c>
       <c r="D71" s="51"/>
       <c r="E71" s="63">
-        <f>$C$92/C71-1</f>
-        <v>0.6233837837837839</v>
+        <f t="shared" si="1"/>
+        <v>0.66834500587544055</v>
       </c>
       <c r="F71"/>
     </row>
     <row r="72" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A72" s="50">
         <v>2004</v>
       </c>
       <c r="B72" s="51"/>
       <c r="C72" s="56">
-        <f>SUM(J30:M30) + SUM(B31:I31)</f>
+        <f t="shared" si="0"/>
         <v>2170.6999999999998</v>
       </c>
       <c r="D72" s="51"/>
       <c r="E72" s="63">
-        <f>$C$92/C72-1</f>
-        <v>0.59107615055051399</v>
+        <f t="shared" si="1"/>
+        <v>0.63514258073432539</v>
       </c>
       <c r="F72"/>
     </row>
     <row r="73" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A73" s="50">
         <v>2005</v>
       </c>
       <c r="B73" s="51"/>
       <c r="C73" s="56">
-        <f>SUM(J31:M31) + SUM(B32:I32)</f>
+        <f t="shared" si="0"/>
         <v>2233.3000000000002</v>
       </c>
       <c r="D73" s="51"/>
       <c r="E73" s="63">
-        <f>$C$92/C73-1</f>
-        <v>0.54647785787847569</v>
+        <f t="shared" si="1"/>
+        <v>0.58930909416558452</v>
       </c>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A74" s="50">
         <v>2006</v>
       </c>
       <c r="B74" s="51"/>
       <c r="C74" s="56">
-        <f>SUM(J32:M32) + SUM(B33:I33)</f>
+        <f t="shared" si="0"/>
         <v>2308.5</v>
       </c>
       <c r="D74" s="51"/>
       <c r="E74" s="63">
-        <f>$C$92/C74-1</f>
-        <v>0.49610093134069744</v>
+        <f t="shared" si="1"/>
+        <v>0.53753692874160719</v>
       </c>
       <c r="F74"/>
     </row>
     <row r="75" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A75" s="50">
         <v>2007</v>
       </c>
       <c r="B75" s="51"/>
       <c r="C75" s="56">
-        <f>SUM(J33:M33) + SUM(B34:I34)</f>
+        <f t="shared" si="0"/>
         <v>2349.0169999999998</v>
       </c>
       <c r="D75" s="51"/>
       <c r="E75" s="63">
-        <f>$C$92/C75-1</f>
-        <v>0.47029544698910253</v>
+        <f t="shared" si="1"/>
+        <v>0.51101673593677699</v>
       </c>
       <c r="F75"/>
     </row>
     <row r="76" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A76" s="50">
         <v>2008</v>
       </c>
       <c r="B76" s="51"/>
       <c r="C76" s="56">
-        <f>SUM(J34:M34) + SUM(B35:I35)</f>
+        <f t="shared" si="0"/>
         <v>2448.1549999999997</v>
       </c>
       <c r="D76" s="51"/>
       <c r="E76" s="63">
-        <f>$C$92/C76-1</f>
-        <v>0.4107558549193171</v>
+        <f t="shared" si="1"/>
+        <v>0.44982813588191939</v>
       </c>
       <c r="F76"/>
     </row>
     <row r="77" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="50">
         <v>2009</v>
       </c>
       <c r="B77" s="51"/>
       <c r="C77" s="56">
-        <f>SUM(J35:M35) + SUM(B36:I36)</f>
+        <f t="shared" si="0"/>
         <v>2442.1970000000001</v>
       </c>
       <c r="D77" s="51"/>
       <c r="E77" s="63">
-        <f>$C$92/C77-1</f>
-        <v>0.41419754426035249</v>
+        <f t="shared" si="1"/>
+        <v>0.4533651462187529</v>
       </c>
       <c r="F77"/>
     </row>
     <row r="78" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A78" s="50">
         <v>2010</v>
       </c>
       <c r="B78" s="51"/>
       <c r="C78" s="56">
-        <f>SUM(J36:M36) + SUM(B37:I37)</f>
+        <f t="shared" si="0"/>
         <v>2484.1530000000002</v>
       </c>
       <c r="D78" s="51"/>
       <c r="E78" s="63">
-        <f>$C$92/C78-1</f>
-        <v>0.39031251295713254</v>
+        <f t="shared" si="1"/>
+        <v>0.42881859531196342</v>
       </c>
       <c r="F78"/>
     </row>
     <row r="79" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A79" s="50">
         <v>2011</v>
       </c>
       <c r="B79" s="51"/>
       <c r="C79" s="56">
-        <f>SUM(J37:M37) + SUM(B38:I38)</f>
+        <f t="shared" si="0"/>
         <v>2549.0679999999998</v>
       </c>
       <c r="D79" s="51"/>
       <c r="E79" s="63">
-        <f>$C$92/C79-1</f>
-        <v>0.35490657761974198</v>
+        <f t="shared" si="1"/>
+        <v>0.39243205752063126</v>
       </c>
       <c r="F79"/>
     </row>
     <row r="80" spans="1:6" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A80" s="50">
         <v>2012</v>
       </c>
       <c r="B80" s="51"/>
       <c r="C80" s="56">
-        <f>SUM(J38:M38) + SUM(B39:I39)</f>
+        <f t="shared" si="0"/>
         <v>2612.5909999999999</v>
       </c>
       <c r="D80" s="51"/>
       <c r="E80" s="63">
-        <f>$C$92/C80-1</f>
-        <v>0.32196313927438336</v>
+        <f t="shared" si="1"/>
+        <v>0.35857621801498984</v>
       </c>
       <c r="F80"/>
     </row>
     <row r="81" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A81" s="50">
         <v>2013</v>
       </c>
       <c r="B81" s="51"/>
       <c r="C81" s="56">
-        <f>SUM(J39:M39) + SUM(B40:I40)</f>
+        <f t="shared" si="0"/>
         <v>2657.721</v>
       </c>
       <c r="D81" s="51"/>
       <c r="E81" s="63">
-        <f>$C$92/C81-1</f>
-        <v>0.29951526138371953</v>
+        <f t="shared" si="1"/>
+        <v>0.33550662390822805</v>
       </c>
       <c r="F81"/>
     </row>
     <row r="82" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A82" s="50">
         <v>2014</v>
       </c>
       <c r="B82" s="51"/>
       <c r="C82" s="56">
-        <f>SUM(J40:M40) + SUM(B41:I41)</f>
+        <f t="shared" si="0"/>
         <v>2693.511</v>
       </c>
       <c r="D82" s="51"/>
       <c r="E82" s="63">
-        <f>$C$92/C82-1</f>
-        <v>0.28224796557355813</v>
+        <f t="shared" si="1"/>
+        <v>0.31776109323481516</v>
       </c>
       <c r="F82"/>
     </row>
     <row r="83" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A83" s="50">
         <v>2015</v>
       </c>
       <c r="B83" s="51"/>
       <c r="C83" s="56">
-        <f>SUM(J41:M41) + SUM(B42:I42)</f>
+        <f t="shared" si="0"/>
         <v>2693.4769999999999</v>
       </c>
       <c r="D83" s="51"/>
       <c r="E83" s="63">
-        <f>$C$92/C83-1</f>
-        <v>0.2822641515037998</v>
+        <f t="shared" si="1"/>
+        <v>0.31777772745042943</v>
       </c>
       <c r="F83" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="84" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A84" s="52">
         <v>2016</v>
       </c>
       <c r="B84" s="53"/>
       <c r="C84" s="57">
-        <f>SUM(J42:M42) + SUM(B43:I43)</f>
+        <f t="shared" si="0"/>
         <v>2701.886</v>
       </c>
       <c r="D84" s="53"/>
       <c r="E84" s="63">
-        <f>$C$92/C84-1</f>
-        <v>0.27827339865560585</v>
+        <f t="shared" si="1"/>
+        <v>0.31367644674867856</v>
       </c>
       <c r="F84"/>
     </row>
     <row r="85" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A85" s="52">
         <v>2017</v>
       </c>
       <c r="B85" s="53"/>
       <c r="C85" s="57">
-        <f>SUM(J43:M43) + SUM(B44:I44)</f>
+        <f t="shared" si="0"/>
         <v>2743.627</v>
       </c>
       <c r="D85" s="53"/>
       <c r="E85" s="63">
-        <f>$C$92/C85-1</f>
-        <v>0.2588259993067572</v>
+        <f t="shared" si="1"/>
+        <v>0.29369043240936188</v>
       </c>
       <c r="G85" s="30" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="86" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A86" s="52">
         <v>2018</v>
       </c>
       <c r="B86" s="53"/>
       <c r="C86" s="57">
-        <f>SUM(J44:M44) + SUM(B45:I45)</f>
+        <f t="shared" si="0"/>
         <v>2795.848</v>
       </c>
       <c r="D86" s="53"/>
       <c r="E86" s="63">
-        <f>$C$92/C86-1</f>
-        <v>0.23531357927898799</v>
+        <f t="shared" si="1"/>
+        <v>0.26952681261642275</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A87" s="52">
         <v>2019</v>
       </c>
       <c r="B87" s="53"/>
       <c r="C87" s="57">
-        <f>SUM(J45:M45) + SUM(B46:I46)</f>
+        <f t="shared" si="0"/>
         <v>2836.5909999999999</v>
       </c>
       <c r="D87" s="53"/>
       <c r="E87" s="63">
-        <f>$C$92/C87-1</f>
-        <v>0.2175703159179454</v>
+        <f t="shared" si="1"/>
+        <v>0.25129213199929068</v>
       </c>
       <c r="G87" s="30" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="88" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A88" s="52">
         <v>2020</v>
       </c>
       <c r="B88" s="53"/>
       <c r="C88" s="57">
-        <f>SUM(J46:M46) + SUM(B47:I47)</f>
+        <f t="shared" si="0"/>
         <v>2869.7640000000001</v>
       </c>
       <c r="D88" s="53"/>
       <c r="E88" s="63">
-        <f>$C$92/C88-1</f>
-        <v>0.20349582753146245</v>
+        <f t="shared" si="1"/>
+        <v>0.23682783671409902</v>
       </c>
     </row>
     <row r="89" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A89" s="52">
         <v>2021</v>
       </c>
       <c r="B89" s="53"/>
       <c r="C89" s="57">
-        <f>SUM(J47:M47) + SUM(B48:I48)</f>
+        <f t="shared" si="0"/>
         <v>2961.268</v>
       </c>
       <c r="D89" s="53"/>
       <c r="E89" s="63">
-        <f>$C$92/C89-1</f>
-        <v>0.16630747369032473</v>
+        <f t="shared" si="1"/>
+        <v>0.19860951457281129</v>
       </c>
     </row>
     <row r="90" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A90" s="52">
         <v>2022</v>
       </c>
       <c r="B90" s="53"/>
       <c r="C90" s="57">
-        <f>SUM(J48:M48) + SUM(B49:I49)</f>
+        <f t="shared" si="0"/>
         <v>3195.7629999999999</v>
       </c>
       <c r="D90" s="53"/>
       <c r="E90" s="63">
-        <f>$C$92/C90-1</f>
-        <v>8.0727513273043172E-2</v>
+        <f t="shared" si="1"/>
+        <v>0.1106593323722691</v>
       </c>
     </row>
     <row r="91" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A91" s="52">
         <v>2023</v>
       </c>
       <c r="B91" s="53"/>
       <c r="C91" s="57">
-        <f>SUM(J49:M49) + SUM(B50:I50)</f>
+        <f t="shared" si="0"/>
         <v>3359.4949999999999</v>
       </c>
       <c r="D91" s="53"/>
       <c r="E91" s="63">
-        <f>$C$92/C91-1</f>
-        <v>2.8056002464656338E-2</v>
+        <f t="shared" si="1"/>
+        <v>5.6529031893186366E-2</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A92" s="52">
         <v>2024</v>
       </c>
       <c r="B92" s="53"/>
       <c r="C92" s="57">
-        <f>SUM(J50:M50) + SUM(B51:I51)</f>
+        <f t="shared" si="0"/>
         <v>3453.7490000000003</v>
       </c>
       <c r="D92" s="53"/>
       <c r="E92" s="63">
-        <f>$C$92/C92-1</f>
+        <f>$C$93/C92-1</f>
+        <v>2.7695990646685598E-2</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="52">
+        <v>2025</v>
+      </c>
+      <c r="B93" s="53"/>
+      <c r="C93" s="57">
+        <f t="shared" ref="C93" si="2">SUM(J51:M51) + SUM(B52:I52)</f>
+        <v>3549.404</v>
+      </c>
+      <c r="D93" s="53"/>
+      <c r="E93" s="63">
+        <f>$C$93/C93-1</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="7mhNR9Lqp8qPSyz+ff8v/XzuXRV9Recv/RbXBuLeQbTaDebaUb1lWRg1GSbxTpxRf1raLklSF5sL+qIT1W7ANA==" saltValue="xOWY9wF6DoQMwV0dc3NOLQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="cblhKQiIrLRUQLtU/9oHZC7qXtCnZXvwODPxWuJj67cv/gwtoBxggpSqCF8M8RUBZimLt4nWWbuzN4qN7RXDwQ==" saltValue="HTtlHmtz0jOHlsK0oHwjIg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="9">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="B9:F9"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <phoneticPr fontId="20" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="5" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="B1:I33"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="I7" sqref="I7"/>
+      <selection activeCell="I23" sqref="I23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.1796875" style="2"/>
     <col min="2" max="2" width="4.7265625" style="2" customWidth="1"/>
     <col min="3" max="3" width="4.54296875" style="2" customWidth="1"/>
     <col min="4" max="4" width="9.1796875" style="2"/>
     <col min="5" max="5" width="17.54296875" style="2" customWidth="1"/>
     <col min="6" max="7" width="9.1796875" style="2"/>
     <col min="8" max="8" width="13.26953125" style="2" customWidth="1"/>
     <col min="9" max="9" width="17.81640625" style="2" customWidth="1"/>
     <col min="10" max="16384" width="9.1796875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
-      <c r="D1" s="100" t="s">
+      <c r="D1" s="101" t="s">
         <v>9</v>
       </c>
-      <c r="E1" s="101"/>
-[...3 lines deleted...]
-      <c r="I1" s="99"/>
+      <c r="E1" s="102"/>
+      <c r="F1" s="102"/>
+      <c r="G1" s="102"/>
+      <c r="H1" s="102"/>
+      <c r="I1" s="100"/>
     </row>
     <row r="2" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B2" s="5"/>
-      <c r="C2" s="100" t="s">
+      <c r="C2" s="101" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="101"/>
-[...4 lines deleted...]
-      <c r="I2" s="99"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="102"/>
+      <c r="G2" s="102"/>
+      <c r="H2" s="102"/>
+      <c r="I2" s="100"/>
     </row>
     <row r="3" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="F3" s="102"/>
-[...1 lines deleted...]
-      <c r="H3" s="103"/>
+      <c r="F3" s="103"/>
+      <c r="G3" s="104"/>
+      <c r="H3" s="104"/>
       <c r="I3" s="5"/>
     </row>
     <row r="4" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
     </row>
     <row r="5" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B5" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="98" t="s">
+      <c r="C5" s="99" t="s">
         <v>13</v>
       </c>
-      <c r="D5" s="99"/>
-[...2 lines deleted...]
-      <c r="G5" s="99"/>
+      <c r="D5" s="100"/>
+      <c r="E5" s="100"/>
+      <c r="F5" s="100"/>
+      <c r="G5" s="100"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
     <row r="6" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B6" s="5"/>
-      <c r="C6" s="98" t="s">
+      <c r="C6" s="99" t="s">
         <v>14</v>
       </c>
-      <c r="D6" s="99"/>
-[...3 lines deleted...]
-      <c r="H6" s="99"/>
+      <c r="D6" s="100"/>
+      <c r="E6" s="100"/>
+      <c r="F6" s="100"/>
+      <c r="G6" s="100"/>
+      <c r="H6" s="100"/>
       <c r="I6" s="5"/>
     </row>
     <row r="7" spans="2:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B7" s="5"/>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="99" t="s">
+      <c r="D7" s="100" t="s">
         <v>16</v>
       </c>
-      <c r="E7" s="99"/>
+      <c r="E7" s="100"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
       <c r="I7" s="78">
         <f>SUM('Worksheet A'!I61)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
     </row>
     <row r="9" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B9" s="5"/>
       <c r="C9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
@@ -8865,51 +8892,51 @@
     <row r="33" ht="13.5" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="9bLDMMe/CqO0fiOq9FGpNrUmqMyKGqAEu60P6DezaSEWpVXgL8Z532MFLIV6tNWxEWsyzQ3ZET7NoyrRd/mgNg==" saltValue="iRyTTDdNCPobTnI4y9aDiw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="6">
     <mergeCell ref="C6:H6"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="C2:I2"/>
     <mergeCell ref="D1:I1"/>
     <mergeCell ref="F3:H3"/>
     <mergeCell ref="C5:G5"/>
   </mergeCells>
   <phoneticPr fontId="20" type="noConversion"/>
   <pageMargins left="1.04" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B15"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="A51" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="O25" sqref="O25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A1" s="85"/>
       <c r="B1" s="86"/>
     </row>
     <row r="2" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A2" s="85"/>
       <c r="B2" s="86"/>
     </row>
     <row r="3" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A3" s="85"/>
       <c r="B3" s="86"/>
     </row>
     <row r="4" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A4" s="85"/>
       <c r="B4" s="86"/>
     </row>
     <row r="5" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A5" s="85"/>
       <c r="B5" s="86"/>
     </row>
@@ -8967,352 +8994,352 @@
   <sheetPr codeName="Sheet7">
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A1:J63"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="M14" sqref="M14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.1796875" style="1"/>
     <col min="2" max="2" width="4" style="1" customWidth="1"/>
     <col min="3" max="3" width="4.54296875" style="1" customWidth="1"/>
     <col min="4" max="4" width="13.26953125" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.1796875" style="1"/>
     <col min="6" max="6" width="14.453125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.1796875" style="1"/>
     <col min="8" max="8" width="18.453125" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.1796875" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A1" s="3"/>
-      <c r="B1" s="109" t="s">
+      <c r="B1" s="111" t="s">
         <v>42</v>
       </c>
-      <c r="C1" s="109"/>
-[...5 lines deleted...]
-      <c r="I1" s="109"/>
+      <c r="C1" s="111"/>
+      <c r="D1" s="111"/>
+      <c r="E1" s="111"/>
+      <c r="F1" s="111"/>
+      <c r="G1" s="111"/>
+      <c r="H1" s="111"/>
+      <c r="I1" s="111"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A2" s="3"/>
-      <c r="B2" s="110" t="s">
+      <c r="B2" s="112" t="s">
         <v>43</v>
       </c>
-      <c r="C2" s="110"/>
-[...5 lines deleted...]
-      <c r="I2" s="110"/>
+      <c r="C2" s="112"/>
+      <c r="D2" s="112"/>
+      <c r="E2" s="112"/>
+      <c r="F2" s="112"/>
+      <c r="G2" s="112"/>
+      <c r="H2" s="112"/>
+      <c r="I2" s="112"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A3" s="3"/>
-      <c r="B3" s="109" t="s">
+      <c r="B3" s="111" t="s">
         <v>44</v>
       </c>
-      <c r="C3" s="109"/>
-[...5 lines deleted...]
-      <c r="I3" s="109"/>
+      <c r="C3" s="111"/>
+      <c r="D3" s="111"/>
+      <c r="E3" s="111"/>
+      <c r="F3" s="111"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="111"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A4" s="3"/>
-      <c r="B4" s="109" t="s">
+      <c r="B4" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="C4" s="109"/>
-[...5 lines deleted...]
-      <c r="I4" s="109"/>
+      <c r="C4" s="111"/>
+      <c r="D4" s="111"/>
+      <c r="E4" s="111"/>
+      <c r="F4" s="111"/>
+      <c r="G4" s="111"/>
+      <c r="H4" s="111"/>
+      <c r="I4" s="111"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A5" s="3"/>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A6" s="3"/>
       <c r="B6" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="C6" s="106" t="s">
+      <c r="C6" s="110" t="s">
         <v>47</v>
       </c>
-      <c r="D6" s="106"/>
-      <c r="E6" s="99"/>
+      <c r="D6" s="110"/>
+      <c r="E6" s="100"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
     </row>
     <row r="7" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="3"/>
       <c r="B7" s="3"/>
       <c r="C7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="E7" s="107" t="s">
+      <c r="E7" s="108" t="s">
         <v>141</v>
       </c>
-      <c r="F7" s="107"/>
-[...1 lines deleted...]
-      <c r="H7" s="108"/>
+      <c r="F7" s="108"/>
+      <c r="G7" s="108"/>
+      <c r="H7" s="109"/>
       <c r="I7" s="3"/>
     </row>
     <row r="8" spans="1:10" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="3"/>
       <c r="B8" s="3"/>
       <c r="C8" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D8" s="104" t="s">
+      <c r="D8" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="E8" s="104"/>
+      <c r="E8" s="105"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="10"/>
       <c r="I8" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="3"/>
       <c r="B9" s="3"/>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D9" s="104" t="s">
+      <c r="D9" s="105" t="s">
         <v>50</v>
       </c>
-      <c r="E9" s="104"/>
+      <c r="E9" s="105"/>
       <c r="F9" s="12"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D10" s="104" t="s">
+      <c r="D10" s="105" t="s">
         <v>51</v>
       </c>
-      <c r="E10" s="104"/>
-[...1 lines deleted...]
-      <c r="G10" s="104"/>
+      <c r="E10" s="105"/>
+      <c r="F10" s="105"/>
+      <c r="G10" s="105"/>
       <c r="H10" s="10"/>
       <c r="I10" s="11"/>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A11" s="3"/>
       <c r="B11" s="3"/>
       <c r="C11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D11" s="104" t="s">
+      <c r="D11" s="105" t="s">
         <v>52</v>
       </c>
-      <c r="E11" s="104"/>
-[...2 lines deleted...]
-      <c r="H11" s="105"/>
+      <c r="E11" s="105"/>
+      <c r="F11" s="107"/>
+      <c r="G11" s="107"/>
+      <c r="H11" s="107"/>
       <c r="I11" s="14"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A12" s="3"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
-      <c r="D12" s="105"/>
-[...3 lines deleted...]
-      <c r="H12" s="105"/>
+      <c r="D12" s="107"/>
+      <c r="E12" s="107"/>
+      <c r="F12" s="107"/>
+      <c r="G12" s="107"/>
+      <c r="H12" s="107"/>
       <c r="I12" s="14"/>
     </row>
     <row r="13" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="14"/>
     </row>
     <row r="14" spans="1:10" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="15" t="s">
         <v>53</v>
       </c>
       <c r="I14" s="16">
         <f>I8+I10</f>
         <v>0</v>
       </c>
       <c r="J14" s="61"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A15" s="3"/>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="14"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A16" s="3"/>
       <c r="B16" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="C16" s="106" t="s">
+      <c r="C16" s="110" t="s">
         <v>47</v>
       </c>
-      <c r="D16" s="106"/>
-      <c r="E16" s="99"/>
+      <c r="D16" s="110"/>
+      <c r="E16" s="100"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
     </row>
     <row r="17" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="3"/>
       <c r="B17" s="3"/>
       <c r="C17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="E17" s="107"/>
-[...2 lines deleted...]
-      <c r="H17" s="108"/>
+      <c r="E17" s="108"/>
+      <c r="F17" s="108"/>
+      <c r="G17" s="108"/>
+      <c r="H17" s="109"/>
       <c r="I17" s="3"/>
     </row>
     <row r="18" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A18" s="3"/>
       <c r="B18" s="3"/>
       <c r="C18" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D18" s="104" t="s">
+      <c r="D18" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="E18" s="104"/>
+      <c r="E18" s="105"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="10"/>
       <c r="I18" s="11"/>
     </row>
     <row r="19" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="3"/>
       <c r="B19" s="3"/>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D19" s="104" t="s">
+      <c r="D19" s="105" t="s">
         <v>50</v>
       </c>
-      <c r="E19" s="104"/>
+      <c r="E19" s="105"/>
       <c r="F19" s="12"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="13"/>
     </row>
     <row r="20" spans="1:9" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="3"/>
       <c r="B20" s="3"/>
       <c r="C20" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D20" s="104" t="s">
+      <c r="D20" s="105" t="s">
         <v>51</v>
       </c>
-      <c r="E20" s="104"/>
-[...1 lines deleted...]
-      <c r="G20" s="104"/>
+      <c r="E20" s="105"/>
+      <c r="F20" s="105"/>
+      <c r="G20" s="105"/>
       <c r="H20" s="10"/>
       <c r="I20" s="11"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A21" s="3"/>
       <c r="B21" s="3"/>
       <c r="C21" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D21" s="104" t="s">
+      <c r="D21" s="105" t="s">
         <v>52</v>
       </c>
-      <c r="E21" s="104"/>
-[...2 lines deleted...]
-      <c r="H21" s="105"/>
+      <c r="E21" s="105"/>
+      <c r="F21" s="107"/>
+      <c r="G21" s="107"/>
+      <c r="H21" s="107"/>
       <c r="I21" s="14"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A22" s="3"/>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
-      <c r="D22" s="105"/>
-[...3 lines deleted...]
-      <c r="H22" s="105"/>
+      <c r="D22" s="107"/>
+      <c r="E22" s="107"/>
+      <c r="F22" s="107"/>
+      <c r="G22" s="107"/>
+      <c r="H22" s="107"/>
       <c r="I22" s="14"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A23" s="3"/>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="14"/>
     </row>
     <row r="24" spans="1:9" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A24" s="3"/>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="15" t="s">
         <v>53</v>
       </c>
       <c r="I24" s="16">
@@ -9325,144 +9352,144 @@
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="15"/>
       <c r="I25" s="17"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A26" s="3"/>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A27" s="3"/>
       <c r="B27" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="C27" s="106" t="s">
+      <c r="C27" s="110" t="s">
         <v>47</v>
       </c>
-      <c r="D27" s="106"/>
-      <c r="E27" s="99"/>
+      <c r="D27" s="110"/>
+      <c r="E27" s="100"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
     </row>
     <row r="28" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A28" s="3"/>
       <c r="B28" s="3"/>
       <c r="C28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="E28" s="107"/>
-[...2 lines deleted...]
-      <c r="H28" s="108"/>
+      <c r="E28" s="108"/>
+      <c r="F28" s="108"/>
+      <c r="G28" s="108"/>
+      <c r="H28" s="109"/>
       <c r="I28" s="3"/>
     </row>
     <row r="29" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A29" s="3"/>
       <c r="B29" s="3"/>
       <c r="C29" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D29" s="104" t="s">
+      <c r="D29" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="E29" s="104"/>
+      <c r="E29" s="105"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="10"/>
       <c r="I29" s="11"/>
     </row>
     <row r="30" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="3"/>
       <c r="B30" s="3"/>
       <c r="C30" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D30" s="104" t="s">
+      <c r="D30" s="105" t="s">
         <v>50</v>
       </c>
-      <c r="E30" s="104"/>
+      <c r="E30" s="105"/>
       <c r="F30" s="12"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="13"/>
     </row>
     <row r="31" spans="1:9" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="3"/>
       <c r="B31" s="3"/>
       <c r="C31" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D31" s="104" t="s">
+      <c r="D31" s="105" t="s">
         <v>51</v>
       </c>
-      <c r="E31" s="104"/>
-[...1 lines deleted...]
-      <c r="G31" s="104"/>
+      <c r="E31" s="105"/>
+      <c r="F31" s="105"/>
+      <c r="G31" s="105"/>
       <c r="H31" s="10"/>
       <c r="I31" s="11"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A32" s="3"/>
       <c r="B32" s="3"/>
       <c r="C32" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D32" s="104" t="s">
+      <c r="D32" s="105" t="s">
         <v>52</v>
       </c>
-      <c r="E32" s="104"/>
-[...2 lines deleted...]
-      <c r="H32" s="105"/>
+      <c r="E32" s="105"/>
+      <c r="F32" s="107"/>
+      <c r="G32" s="107"/>
+      <c r="H32" s="107"/>
       <c r="I32" s="14"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A33" s="3"/>
       <c r="B33" s="3"/>
       <c r="C33" s="3"/>
-      <c r="D33" s="105"/>
-[...3 lines deleted...]
-      <c r="H33" s="105"/>
+      <c r="D33" s="107"/>
+      <c r="E33" s="107"/>
+      <c r="F33" s="107"/>
+      <c r="G33" s="107"/>
+      <c r="H33" s="107"/>
       <c r="I33" s="14"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A34" s="3"/>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="14"/>
     </row>
     <row r="35" spans="1:9" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A35" s="3"/>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="15" t="s">
         <v>53</v>
       </c>
       <c r="I35" s="16">
@@ -9475,144 +9502,144 @@
       <c r="B36" s="3"/>
       <c r="C36" s="3"/>
       <c r="D36" s="3"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="15"/>
       <c r="I36" s="18"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A37" s="3"/>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="14"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A38" s="3"/>
       <c r="B38" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="C38" s="106" t="s">
+      <c r="C38" s="110" t="s">
         <v>47</v>
       </c>
-      <c r="D38" s="106"/>
-      <c r="E38" s="99"/>
+      <c r="D38" s="110"/>
+      <c r="E38" s="100"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
     </row>
     <row r="39" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="3"/>
       <c r="B39" s="3"/>
       <c r="C39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="E39" s="107"/>
-[...2 lines deleted...]
-      <c r="H39" s="108"/>
+      <c r="E39" s="108"/>
+      <c r="F39" s="108"/>
+      <c r="G39" s="108"/>
+      <c r="H39" s="109"/>
       <c r="I39" s="3"/>
     </row>
     <row r="40" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D40" s="104" t="s">
+      <c r="D40" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="E40" s="104"/>
+      <c r="E40" s="105"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="10"/>
       <c r="I40" s="11"/>
     </row>
     <row r="41" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="3"/>
       <c r="B41" s="3"/>
       <c r="C41" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D41" s="104" t="s">
+      <c r="D41" s="105" t="s">
         <v>50</v>
       </c>
-      <c r="E41" s="104"/>
+      <c r="E41" s="105"/>
       <c r="F41" s="12"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="13"/>
     </row>
     <row r="42" spans="1:9" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D42" s="104" t="s">
+      <c r="D42" s="105" t="s">
         <v>51</v>
       </c>
-      <c r="E42" s="104"/>
-[...1 lines deleted...]
-      <c r="G42" s="104"/>
+      <c r="E42" s="105"/>
+      <c r="F42" s="105"/>
+      <c r="G42" s="105"/>
       <c r="H42" s="10"/>
       <c r="I42" s="11"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A43" s="3"/>
       <c r="B43" s="3"/>
       <c r="C43" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D43" s="104" t="s">
+      <c r="D43" s="105" t="s">
         <v>52</v>
       </c>
-      <c r="E43" s="104"/>
-[...2 lines deleted...]
-      <c r="H43" s="105"/>
+      <c r="E43" s="105"/>
+      <c r="F43" s="107"/>
+      <c r="G43" s="107"/>
+      <c r="H43" s="107"/>
       <c r="I43" s="14"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A44" s="3"/>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
-      <c r="D44" s="105"/>
-[...3 lines deleted...]
-      <c r="H44" s="105"/>
+      <c r="D44" s="107"/>
+      <c r="E44" s="107"/>
+      <c r="F44" s="107"/>
+      <c r="G44" s="107"/>
+      <c r="H44" s="107"/>
       <c r="I44" s="14"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A45" s="3"/>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="14"/>
     </row>
     <row r="46" spans="1:9" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A46" s="3"/>
       <c r="B46" s="3"/>
       <c r="C46" s="3"/>
       <c r="D46" s="3"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="15" t="s">
         <v>53</v>
       </c>
       <c r="I46" s="16">
@@ -9625,144 +9652,144 @@
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="15"/>
       <c r="I47" s="18"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A48" s="3"/>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="14"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A49" s="3"/>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="C49" s="106" t="s">
+      <c r="C49" s="110" t="s">
         <v>47</v>
       </c>
-      <c r="D49" s="106"/>
-      <c r="E49" s="99"/>
+      <c r="D49" s="110"/>
+      <c r="E49" s="100"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
     </row>
     <row r="50" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A50" s="3"/>
       <c r="B50" s="3"/>
       <c r="C50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="E50" s="107"/>
-[...2 lines deleted...]
-      <c r="H50" s="108"/>
+      <c r="E50" s="108"/>
+      <c r="F50" s="108"/>
+      <c r="G50" s="108"/>
+      <c r="H50" s="109"/>
       <c r="I50" s="3"/>
     </row>
     <row r="51" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A51" s="3"/>
       <c r="B51" s="3"/>
       <c r="C51" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D51" s="104" t="s">
+      <c r="D51" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="E51" s="104"/>
+      <c r="E51" s="105"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="10"/>
       <c r="I51" s="11"/>
     </row>
     <row r="52" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="3"/>
       <c r="B52" s="3"/>
       <c r="C52" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D52" s="104" t="s">
+      <c r="D52" s="105" t="s">
         <v>50</v>
       </c>
-      <c r="E52" s="104"/>
+      <c r="E52" s="105"/>
       <c r="F52" s="12"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="13"/>
     </row>
     <row r="53" spans="1:9" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A53" s="3"/>
       <c r="B53" s="3"/>
       <c r="C53" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D53" s="104" t="s">
+      <c r="D53" s="105" t="s">
         <v>51</v>
       </c>
-      <c r="E53" s="104"/>
-[...1 lines deleted...]
-      <c r="G53" s="104"/>
+      <c r="E53" s="105"/>
+      <c r="F53" s="105"/>
+      <c r="G53" s="105"/>
       <c r="H53" s="10"/>
       <c r="I53" s="11"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A54" s="3"/>
       <c r="B54" s="3"/>
       <c r="C54" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D54" s="104" t="s">
+      <c r="D54" s="105" t="s">
         <v>52</v>
       </c>
-      <c r="E54" s="104"/>
-[...2 lines deleted...]
-      <c r="H54" s="105"/>
+      <c r="E54" s="105"/>
+      <c r="F54" s="107"/>
+      <c r="G54" s="107"/>
+      <c r="H54" s="107"/>
       <c r="I54" s="14"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A55" s="3"/>
       <c r="B55" s="3"/>
       <c r="C55" s="3"/>
-      <c r="D55" s="105"/>
-[...3 lines deleted...]
-      <c r="H55" s="105"/>
+      <c r="D55" s="107"/>
+      <c r="E55" s="107"/>
+      <c r="F55" s="107"/>
+      <c r="G55" s="107"/>
+      <c r="H55" s="107"/>
       <c r="I55" s="14"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A56" s="3"/>
       <c r="B56" s="3"/>
       <c r="C56" s="3"/>
       <c r="D56" s="3"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="14"/>
     </row>
     <row r="57" spans="1:9" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A57" s="3"/>
       <c r="B57" s="3"/>
       <c r="C57" s="3"/>
       <c r="D57" s="3"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="15" t="s">
         <v>53</v>
       </c>
       <c r="I57" s="16">
@@ -9772,148 +9799,148 @@
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A58" s="3"/>
       <c r="B58" s="3"/>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="15"/>
       <c r="I58" s="18"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A59" s="3"/>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A60" s="3"/>
-      <c r="B60" s="104" t="s">
+      <c r="B60" s="105" t="s">
         <v>58</v>
       </c>
-      <c r="C60" s="104"/>
-[...5 lines deleted...]
-      <c r="I60" s="104"/>
+      <c r="C60" s="105"/>
+      <c r="D60" s="105"/>
+      <c r="E60" s="105"/>
+      <c r="F60" s="105"/>
+      <c r="G60" s="105"/>
+      <c r="H60" s="105"/>
+      <c r="I60" s="105"/>
     </row>
     <row r="61" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A61" s="3"/>
       <c r="B61" s="3"/>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
-      <c r="F61" s="111" t="s">
+      <c r="F61" s="106" t="s">
         <v>59</v>
       </c>
-      <c r="G61" s="111"/>
-      <c r="H61" s="111"/>
+      <c r="G61" s="106"/>
+      <c r="H61" s="106"/>
       <c r="I61" s="19">
         <f>SUM(I14+I24+I35+I46+I57)</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" ht="19.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.35"/>
     <row r="63" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A63" s="3"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="weoErVmyVhl3TowJCJpkr4wkxp7QfFOXRTXDfBFqwqLDMua7EP+FFD8GmqHIVoXggle9tSkOeO2jvjIU2RLQuQ==" saltValue="EnB9XeskCDJhlIBG2LKSsA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="46">
+    <mergeCell ref="D20:G20"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="D10:G10"/>
+    <mergeCell ref="D12:H12"/>
+    <mergeCell ref="C16:E16"/>
+    <mergeCell ref="E17:H17"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="F11:H11"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="C6:E6"/>
+    <mergeCell ref="E7:H7"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="B2:I2"/>
+    <mergeCell ref="B4:I4"/>
+    <mergeCell ref="B3:I3"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="F21:H21"/>
+    <mergeCell ref="D22:H22"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="D31:G31"/>
+    <mergeCell ref="C27:E27"/>
+    <mergeCell ref="E28:H28"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="F32:H32"/>
+    <mergeCell ref="D33:H33"/>
+    <mergeCell ref="C38:E38"/>
+    <mergeCell ref="E39:H39"/>
     <mergeCell ref="D40:E40"/>
     <mergeCell ref="F61:H61"/>
     <mergeCell ref="D52:E52"/>
     <mergeCell ref="D55:H55"/>
     <mergeCell ref="D41:E41"/>
     <mergeCell ref="B60:I60"/>
     <mergeCell ref="E50:H50"/>
     <mergeCell ref="D51:E51"/>
     <mergeCell ref="C49:E49"/>
     <mergeCell ref="D53:G53"/>
     <mergeCell ref="D54:E54"/>
     <mergeCell ref="F54:H54"/>
     <mergeCell ref="D42:G42"/>
     <mergeCell ref="D43:E43"/>
     <mergeCell ref="F43:H43"/>
     <mergeCell ref="D44:H44"/>
-    <mergeCell ref="D32:E32"/>
-[...28 lines deleted...]
-    <mergeCell ref="F11:H11"/>
   </mergeCells>
   <phoneticPr fontId="20" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Times New Roman,Regular"&amp;A&amp;C&amp;"Times New Roman,Regular"&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B754731-B4F5-46B4-8D61-EF4245461F69}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B15"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A1" s="85"/>
       <c r="B1" s="86"/>
     </row>
     <row r="2" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A2" s="85"/>
       <c r="B2" s="86"/>
     </row>
     <row r="3" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A3" s="85"/>
       <c r="B3" s="86"/>
     </row>
     <row r="4" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A4" s="85"/>
       <c r="B4" s="86"/>
     </row>
     <row r="5" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A5" s="85"/>
       <c r="B5" s="86"/>
     </row>
     <row r="6" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A6" s="85"/>
@@ -9949,52 +9976,52 @@
     </row>
     <row r="14" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A14" s="87"/>
       <c r="B14" s="86"/>
     </row>
     <row r="15" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A15" s="88"/>
       <c r="B15" s="86"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="eImYnlV71/SeQK5Iqr+Bf4QLO0c3R/44YBIAlb6he+RGV3VK4tYeOIJDo28gxIgQrQ34zmm4Xft9ljmSs3ZblQ==" saltValue="Dnj2mwJ47IGLDREuq+p1Yg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet8">
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L105"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="P12" sqref="P12"/>
+    <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="Q15" sqref="Q15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.1796875" style="2"/>
     <col min="2" max="2" width="3.26953125" style="2" customWidth="1"/>
     <col min="3" max="3" width="4.7265625" style="2" customWidth="1"/>
     <col min="4" max="4" width="2.81640625" style="2" customWidth="1"/>
     <col min="5" max="5" width="10.81640625" style="2" customWidth="1"/>
     <col min="6" max="7" width="9.1796875" style="2"/>
     <col min="8" max="8" width="14" style="2" customWidth="1"/>
     <col min="9" max="9" width="8.1796875" style="2" customWidth="1"/>
     <col min="10" max="10" width="13" style="2" customWidth="1"/>
     <col min="11" max="11" width="16" style="2" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="3.7265625" style="2" customWidth="1"/>
     <col min="13" max="16384" width="9.1796875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.3">
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
@@ -10044,1679 +10071,1679 @@
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="79" t="s">
         <v>63</v>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.3">
       <c r="B5" s="80"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
       <c r="J5" s="5"/>
       <c r="K5" s="5"/>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.3">
       <c r="B6" s="80"/>
-      <c r="C6" s="117" t="s">
+      <c r="C6" s="119" t="s">
         <v>64</v>
       </c>
-      <c r="D6" s="117"/>
-[...6 lines deleted...]
-      <c r="K6" s="117"/>
+      <c r="D6" s="119"/>
+      <c r="E6" s="119"/>
+      <c r="F6" s="119"/>
+      <c r="G6" s="119"/>
+      <c r="H6" s="119"/>
+      <c r="I6" s="119"/>
+      <c r="J6" s="119"/>
+      <c r="K6" s="119"/>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A7" s="55">
         <f>CODE(C13)</f>
         <v>32</v>
       </c>
       <c r="B7" s="23" t="s">
         <v>46</v>
       </c>
-      <c r="C7" s="115"/>
-[...1 lines deleted...]
-      <c r="E7" s="98" t="s">
+      <c r="C7" s="117"/>
+      <c r="D7" s="118"/>
+      <c r="E7" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F7" s="99"/>
-      <c r="G7" s="99"/>
+      <c r="F7" s="100"/>
+      <c r="G7" s="100"/>
       <c r="H7" s="5"/>
       <c r="I7" s="5"/>
       <c r="J7" s="5"/>
       <c r="K7" s="5"/>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B8" s="5"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F8" s="113"/>
-[...4 lines deleted...]
-      <c r="K8" s="113"/>
+      <c r="F8" s="116"/>
+      <c r="G8" s="116"/>
+      <c r="H8" s="116"/>
+      <c r="I8" s="116"/>
+      <c r="J8" s="116"/>
+      <c r="K8" s="116"/>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B9" s="5"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
-      <c r="E9" s="99" t="s">
+      <c r="E9" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F9" s="99"/>
+      <c r="F9" s="100"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5"/>
       <c r="J9" s="24"/>
       <c r="K9" s="59">
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B10" s="5"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
-      <c r="E10" s="99" t="s">
+      <c r="E10" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F10" s="99"/>
-      <c r="G10" s="99"/>
+      <c r="F10" s="100"/>
+      <c r="G10" s="100"/>
       <c r="H10" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C7,CPI!$A$42:$E$85,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="25"/>
       <c r="K10" s="59" t="str">
         <f>IF($A$7=32," ",H10*K9)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" ht="19.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B11" s="5"/>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
-      <c r="H11" s="114" t="s">
+      <c r="H11" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I11" s="114"/>
-      <c r="J11" s="114"/>
+      <c r="I11" s="115"/>
+      <c r="J11" s="115"/>
       <c r="K11" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K9+K10))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="5"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="5"/>
       <c r="F12" s="5"/>
       <c r="G12" s="5"/>
       <c r="H12" s="5"/>
       <c r="I12" s="5"/>
       <c r="J12" s="5"/>
       <c r="K12" s="5"/>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="23" t="s">
         <v>54</v>
       </c>
-      <c r="C13" s="112" t="str">
+      <c r="C13" s="120" t="str">
         <f>IF($C$7=0," ",+C7+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D13" s="112"/>
-      <c r="E13" s="98" t="s">
+      <c r="D13" s="120"/>
+      <c r="E13" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F13" s="99"/>
-      <c r="G13" s="99"/>
+      <c r="F13" s="100"/>
+      <c r="G13" s="100"/>
       <c r="H13" s="5"/>
       <c r="I13" s="5"/>
       <c r="J13" s="5"/>
       <c r="K13" s="5"/>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B14" s="5"/>
       <c r="C14" s="6"/>
       <c r="D14" s="6"/>
       <c r="E14" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F14" s="113"/>
-[...4 lines deleted...]
-      <c r="K14" s="113"/>
+      <c r="F14" s="116"/>
+      <c r="G14" s="116"/>
+      <c r="H14" s="116"/>
+      <c r="I14" s="116"/>
+      <c r="J14" s="116"/>
+      <c r="K14" s="116"/>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B15" s="5"/>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
-      <c r="E15" s="99" t="s">
+      <c r="E15" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F15" s="99"/>
+      <c r="F15" s="100"/>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
       <c r="I15" s="5"/>
       <c r="J15" s="24"/>
       <c r="K15" s="59"/>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B16" s="5"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
-      <c r="E16" s="99" t="s">
+      <c r="E16" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F16" s="99"/>
-      <c r="G16" s="99"/>
+      <c r="F16" s="100"/>
+      <c r="G16" s="100"/>
       <c r="H16" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C13,CPI!$A$42:$E$85,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="25"/>
       <c r="K16" s="59" t="str">
         <f>IF($A$7=32," ",H16*K15)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B17" s="5"/>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
-      <c r="H17" s="114" t="s">
+      <c r="H17" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I17" s="114"/>
-      <c r="J17" s="114"/>
+      <c r="I17" s="115"/>
+      <c r="J17" s="115"/>
       <c r="K17" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K15+K16))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="5"/>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="5"/>
       <c r="F18" s="5"/>
       <c r="G18" s="5"/>
       <c r="H18" s="5"/>
       <c r="I18" s="5"/>
       <c r="J18" s="5"/>
       <c r="K18" s="5"/>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="23" t="s">
         <v>55</v>
       </c>
-      <c r="C19" s="112" t="str">
+      <c r="C19" s="120" t="str">
         <f>IF($C$7=0," ",+C13+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D19" s="112"/>
-      <c r="E19" s="98" t="s">
+      <c r="D19" s="120"/>
+      <c r="E19" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F19" s="99"/>
-      <c r="G19" s="99"/>
+      <c r="F19" s="100"/>
+      <c r="G19" s="100"/>
       <c r="H19" s="5"/>
       <c r="I19" s="5"/>
       <c r="J19" s="5"/>
       <c r="K19" s="5"/>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B20" s="5"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F20" s="113"/>
-[...4 lines deleted...]
-      <c r="K20" s="113"/>
+      <c r="F20" s="116"/>
+      <c r="G20" s="116"/>
+      <c r="H20" s="116"/>
+      <c r="I20" s="116"/>
+      <c r="J20" s="116"/>
+      <c r="K20" s="116"/>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B21" s="5"/>
       <c r="C21" s="6"/>
       <c r="D21" s="6"/>
-      <c r="E21" s="99" t="s">
+      <c r="E21" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F21" s="99"/>
+      <c r="F21" s="100"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
       <c r="I21" s="5"/>
       <c r="J21" s="24"/>
       <c r="K21" s="59"/>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B22" s="5"/>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
-      <c r="E22" s="99" t="s">
+      <c r="E22" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F22" s="99"/>
-      <c r="G22" s="99"/>
+      <c r="F22" s="100"/>
+      <c r="G22" s="100"/>
       <c r="H22" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C19,CPI!$A$42:$E$85,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="25"/>
       <c r="K22" s="59" t="str">
         <f>IF($A$7=32," ",H22*K21)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B23" s="5"/>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="5"/>
       <c r="F23" s="5"/>
       <c r="G23" s="5"/>
-      <c r="H23" s="114" t="s">
+      <c r="H23" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I23" s="114"/>
-      <c r="J23" s="114"/>
+      <c r="I23" s="115"/>
+      <c r="J23" s="115"/>
       <c r="K23" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K21+K22))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B24" s="5"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="5"/>
       <c r="F24" s="5"/>
       <c r="G24" s="5"/>
       <c r="H24" s="5"/>
       <c r="I24" s="5"/>
       <c r="J24" s="5"/>
       <c r="K24" s="5"/>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B25" s="23" t="s">
         <v>56</v>
       </c>
-      <c r="C25" s="112" t="str">
+      <c r="C25" s="120" t="str">
         <f>IF($C$7=0," ",+C19+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D25" s="112"/>
-      <c r="E25" s="98" t="s">
+      <c r="D25" s="120"/>
+      <c r="E25" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F25" s="99"/>
-      <c r="G25" s="99"/>
+      <c r="F25" s="100"/>
+      <c r="G25" s="100"/>
       <c r="H25" s="5"/>
       <c r="I25" s="5"/>
       <c r="J25" s="5"/>
       <c r="K25" s="5"/>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B26" s="5"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F26" s="113"/>
-[...4 lines deleted...]
-      <c r="K26" s="113"/>
+      <c r="F26" s="116"/>
+      <c r="G26" s="116"/>
+      <c r="H26" s="116"/>
+      <c r="I26" s="116"/>
+      <c r="J26" s="116"/>
+      <c r="K26" s="116"/>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B27" s="5"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
-      <c r="E27" s="99" t="s">
+      <c r="E27" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F27" s="99"/>
+      <c r="F27" s="100"/>
       <c r="G27" s="5"/>
       <c r="H27" s="5"/>
       <c r="I27" s="5"/>
       <c r="J27" s="24"/>
       <c r="K27" s="59"/>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B28" s="5"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
-      <c r="E28" s="99" t="s">
+      <c r="E28" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F28" s="99"/>
-      <c r="G28" s="99"/>
+      <c r="F28" s="100"/>
+      <c r="G28" s="100"/>
       <c r="H28" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C25,CPI!$A$42:$E$85,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="25"/>
       <c r="K28" s="59" t="str">
         <f>IF($A$7=32," ",H28*K27)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B29" s="5"/>
       <c r="C29" s="6"/>
       <c r="D29" s="6"/>
       <c r="E29" s="5"/>
       <c r="F29" s="5"/>
       <c r="G29" s="5"/>
-      <c r="H29" s="114" t="s">
+      <c r="H29" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I29" s="114"/>
-      <c r="J29" s="114"/>
+      <c r="I29" s="115"/>
+      <c r="J29" s="115"/>
       <c r="K29" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K27+K28))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B30" s="5"/>
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="E30" s="5"/>
       <c r="F30" s="5"/>
       <c r="G30" s="5"/>
       <c r="H30" s="5"/>
       <c r="I30" s="5"/>
       <c r="J30" s="5"/>
       <c r="K30" s="5"/>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B31" s="23" t="s">
         <v>57</v>
       </c>
-      <c r="C31" s="112" t="str">
+      <c r="C31" s="120" t="str">
         <f>IF($C$7=0," ",+C25+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D31" s="112"/>
-      <c r="E31" s="98" t="s">
+      <c r="D31" s="120"/>
+      <c r="E31" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F31" s="99"/>
-      <c r="G31" s="99"/>
+      <c r="F31" s="100"/>
+      <c r="G31" s="100"/>
       <c r="H31" s="5"/>
       <c r="I31" s="5"/>
       <c r="J31" s="5"/>
       <c r="K31" s="5"/>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B32" s="5"/>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F32" s="113"/>
-[...4 lines deleted...]
-      <c r="K32" s="113"/>
+      <c r="F32" s="116"/>
+      <c r="G32" s="116"/>
+      <c r="H32" s="116"/>
+      <c r="I32" s="116"/>
+      <c r="J32" s="116"/>
+      <c r="K32" s="116"/>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B33" s="5"/>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
-      <c r="E33" s="99" t="s">
+      <c r="E33" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F33" s="99"/>
+      <c r="F33" s="100"/>
       <c r="G33" s="5"/>
       <c r="H33" s="5"/>
       <c r="I33" s="5"/>
       <c r="J33" s="24"/>
       <c r="K33" s="59"/>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B34" s="5"/>
       <c r="C34" s="6"/>
       <c r="D34" s="6"/>
-      <c r="E34" s="99" t="s">
+      <c r="E34" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F34" s="99"/>
-      <c r="G34" s="99"/>
+      <c r="F34" s="100"/>
+      <c r="G34" s="100"/>
       <c r="H34" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C31,CPI!$A$42:$E$85,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I34" s="5"/>
       <c r="J34" s="25"/>
       <c r="K34" s="59" t="str">
         <f>IF($A$7=32," ",H34*K33)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B35" s="5"/>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="5"/>
       <c r="F35" s="5"/>
       <c r="G35" s="5"/>
-      <c r="H35" s="114" t="s">
+      <c r="H35" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I35" s="114"/>
-      <c r="J35" s="114"/>
+      <c r="I35" s="115"/>
+      <c r="J35" s="115"/>
       <c r="K35" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K33+K34))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="5"/>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="G36" s="5"/>
       <c r="H36" s="5"/>
       <c r="I36" s="5"/>
       <c r="J36" s="5"/>
       <c r="K36" s="5"/>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="23" t="s">
         <v>70</v>
       </c>
-      <c r="C37" s="112" t="str">
+      <c r="C37" s="120" t="str">
         <f>IF($C$7=0," ",+C31+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D37" s="112"/>
-      <c r="E37" s="98" t="s">
+      <c r="D37" s="120"/>
+      <c r="E37" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F37" s="99"/>
-      <c r="G37" s="99"/>
+      <c r="F37" s="100"/>
+      <c r="G37" s="100"/>
       <c r="H37" s="5"/>
       <c r="I37" s="5"/>
       <c r="J37" s="5"/>
       <c r="K37" s="5"/>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B38" s="5"/>
       <c r="C38" s="6"/>
       <c r="D38" s="6"/>
       <c r="E38" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F38" s="113"/>
-[...4 lines deleted...]
-      <c r="K38" s="113"/>
+      <c r="F38" s="116"/>
+      <c r="G38" s="116"/>
+      <c r="H38" s="116"/>
+      <c r="I38" s="116"/>
+      <c r="J38" s="116"/>
+      <c r="K38" s="116"/>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B39" s="5"/>
       <c r="C39" s="6"/>
       <c r="D39" s="6"/>
-      <c r="E39" s="99" t="s">
+      <c r="E39" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F39" s="99"/>
+      <c r="F39" s="100"/>
       <c r="G39" s="5"/>
       <c r="H39" s="5"/>
       <c r="I39" s="5"/>
       <c r="J39" s="24"/>
       <c r="K39" s="59"/>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B40" s="5"/>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
-      <c r="E40" s="99" t="s">
+      <c r="E40" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F40" s="99"/>
-      <c r="G40" s="99"/>
+      <c r="F40" s="100"/>
+      <c r="G40" s="100"/>
       <c r="H40" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C37,CPI!$A$42:$E$85,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I40" s="5"/>
       <c r="J40" s="25"/>
       <c r="K40" s="59" t="str">
         <f>IF($A$7=32," ",H40*K39)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B41" s="5"/>
       <c r="C41" s="6"/>
       <c r="D41" s="6"/>
       <c r="E41" s="5"/>
       <c r="F41" s="5"/>
       <c r="G41" s="5"/>
-      <c r="H41" s="114" t="s">
+      <c r="H41" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I41" s="114"/>
-      <c r="J41" s="114"/>
+      <c r="I41" s="115"/>
+      <c r="J41" s="115"/>
       <c r="K41" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K39+K40))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="5"/>
       <c r="C42" s="6"/>
       <c r="D42" s="6"/>
       <c r="E42" s="5"/>
       <c r="F42" s="5"/>
       <c r="G42" s="5"/>
       <c r="H42" s="5"/>
       <c r="I42" s="5"/>
       <c r="J42" s="5"/>
       <c r="K42" s="5"/>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="23" t="s">
         <v>71</v>
       </c>
-      <c r="C43" s="112" t="str">
+      <c r="C43" s="120" t="str">
         <f>IF($C$7=0," ",+C37+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D43" s="112"/>
-      <c r="E43" s="98" t="s">
+      <c r="D43" s="120"/>
+      <c r="E43" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F43" s="99"/>
-      <c r="G43" s="99"/>
+      <c r="F43" s="100"/>
+      <c r="G43" s="100"/>
       <c r="H43" s="5"/>
       <c r="I43" s="5"/>
       <c r="J43" s="5"/>
       <c r="K43" s="5"/>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B44" s="5"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F44" s="113"/>
-[...4 lines deleted...]
-      <c r="K44" s="113"/>
+      <c r="F44" s="116"/>
+      <c r="G44" s="116"/>
+      <c r="H44" s="116"/>
+      <c r="I44" s="116"/>
+      <c r="J44" s="116"/>
+      <c r="K44" s="116"/>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B45" s="5"/>
       <c r="C45" s="6"/>
       <c r="D45" s="6"/>
-      <c r="E45" s="99" t="s">
+      <c r="E45" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F45" s="99"/>
+      <c r="F45" s="100"/>
       <c r="G45" s="5"/>
       <c r="H45" s="5"/>
       <c r="I45" s="5"/>
       <c r="J45" s="24"/>
       <c r="K45" s="59"/>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B46" s="5"/>
       <c r="C46" s="6"/>
       <c r="D46" s="6"/>
-      <c r="E46" s="99" t="s">
+      <c r="E46" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F46" s="99"/>
-      <c r="G46" s="99"/>
+      <c r="F46" s="100"/>
+      <c r="G46" s="100"/>
       <c r="H46" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C43,CPI!$A$42:$E$85,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I46" s="5"/>
       <c r="J46" s="25"/>
       <c r="K46" s="59" t="str">
         <f>IF($A$7=32," ",H46*K45)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B47" s="5"/>
       <c r="C47" s="6"/>
       <c r="D47" s="6"/>
       <c r="E47" s="5"/>
       <c r="F47" s="5"/>
       <c r="G47" s="5"/>
-      <c r="H47" s="114" t="s">
+      <c r="H47" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I47" s="114"/>
-      <c r="J47" s="114"/>
+      <c r="I47" s="115"/>
+      <c r="J47" s="115"/>
       <c r="K47" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K45+K46))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="5"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="5"/>
       <c r="F48" s="5"/>
       <c r="G48" s="5"/>
       <c r="H48" s="5"/>
       <c r="I48" s="5"/>
       <c r="J48" s="5"/>
       <c r="K48" s="5"/>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B49" s="23" t="s">
         <v>72</v>
       </c>
-      <c r="C49" s="112" t="str">
+      <c r="C49" s="120" t="str">
         <f>IF($C$7=0," ",+C43+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D49" s="112"/>
-      <c r="E49" s="98" t="s">
+      <c r="D49" s="120"/>
+      <c r="E49" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F49" s="99"/>
-      <c r="G49" s="99"/>
+      <c r="F49" s="100"/>
+      <c r="G49" s="100"/>
       <c r="H49" s="5"/>
       <c r="I49" s="5"/>
       <c r="J49" s="5"/>
       <c r="K49" s="5"/>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B50" s="5"/>
       <c r="C50" s="6"/>
       <c r="D50" s="6"/>
       <c r="E50" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F50" s="113"/>
-[...4 lines deleted...]
-      <c r="K50" s="113"/>
+      <c r="F50" s="116"/>
+      <c r="G50" s="116"/>
+      <c r="H50" s="116"/>
+      <c r="I50" s="116"/>
+      <c r="J50" s="116"/>
+      <c r="K50" s="116"/>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B51" s="5"/>
       <c r="C51" s="6"/>
       <c r="D51" s="6"/>
-      <c r="E51" s="99" t="s">
+      <c r="E51" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F51" s="99"/>
+      <c r="F51" s="100"/>
       <c r="G51" s="5"/>
       <c r="H51" s="5"/>
       <c r="I51" s="5"/>
       <c r="J51" s="24"/>
       <c r="K51" s="59"/>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B52" s="5"/>
       <c r="C52" s="6"/>
       <c r="D52" s="6"/>
-      <c r="E52" s="99" t="s">
+      <c r="E52" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F52" s="99"/>
-      <c r="G52" s="99"/>
+      <c r="F52" s="100"/>
+      <c r="G52" s="100"/>
       <c r="H52" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C49,CPI!$A$42:$E$85,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I52" s="5"/>
       <c r="J52" s="25"/>
       <c r="K52" s="59" t="str">
         <f>IF($A$7=32," ",H52*K51)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B53" s="5"/>
       <c r="C53" s="6"/>
       <c r="D53" s="6"/>
       <c r="E53" s="5"/>
       <c r="F53" s="5"/>
       <c r="G53" s="5"/>
-      <c r="H53" s="114" t="s">
+      <c r="H53" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I53" s="114"/>
-      <c r="J53" s="114"/>
+      <c r="I53" s="115"/>
+      <c r="J53" s="115"/>
       <c r="K53" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K51+K52))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B54" s="5"/>
       <c r="C54" s="6"/>
       <c r="D54" s="6"/>
       <c r="E54" s="5"/>
       <c r="F54" s="5"/>
       <c r="G54" s="5"/>
       <c r="H54" s="5"/>
       <c r="I54" s="5"/>
       <c r="J54" s="5"/>
       <c r="K54" s="5"/>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B55" s="23" t="s">
         <v>73</v>
       </c>
-      <c r="C55" s="112" t="str">
+      <c r="C55" s="120" t="str">
         <f>IF($C$7=0," ",+C49+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D55" s="112"/>
-      <c r="E55" s="98" t="s">
+      <c r="D55" s="120"/>
+      <c r="E55" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F55" s="99"/>
-      <c r="G55" s="99"/>
+      <c r="F55" s="100"/>
+      <c r="G55" s="100"/>
       <c r="H55" s="5"/>
       <c r="I55" s="5"/>
       <c r="J55" s="5"/>
       <c r="K55" s="5"/>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B56" s="5"/>
       <c r="C56" s="6"/>
       <c r="D56" s="6"/>
       <c r="E56" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F56" s="113"/>
-[...4 lines deleted...]
-      <c r="K56" s="113"/>
+      <c r="F56" s="116"/>
+      <c r="G56" s="116"/>
+      <c r="H56" s="116"/>
+      <c r="I56" s="116"/>
+      <c r="J56" s="116"/>
+      <c r="K56" s="116"/>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B57" s="5"/>
       <c r="C57" s="6"/>
       <c r="D57" s="6"/>
-      <c r="E57" s="99" t="s">
+      <c r="E57" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F57" s="99"/>
+      <c r="F57" s="100"/>
       <c r="G57" s="5"/>
       <c r="H57" s="58"/>
       <c r="I57" s="5"/>
       <c r="J57" s="24"/>
       <c r="K57" s="59"/>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B58" s="5"/>
       <c r="C58" s="6"/>
       <c r="D58" s="6"/>
-      <c r="E58" s="99" t="s">
+      <c r="E58" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F58" s="99"/>
-      <c r="G58" s="99"/>
+      <c r="F58" s="100"/>
+      <c r="G58" s="100"/>
       <c r="H58" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C55,CPI!$A$42:$E$86,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="25"/>
       <c r="K58" s="59" t="str">
         <f>IF($A$7=32," ",H58*K57)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B59" s="5"/>
       <c r="C59" s="6"/>
       <c r="D59" s="6"/>
       <c r="E59" s="5"/>
       <c r="F59" s="5"/>
       <c r="G59" s="5"/>
-      <c r="H59" s="114" t="s">
+      <c r="H59" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I59" s="114"/>
-      <c r="J59" s="114"/>
+      <c r="I59" s="115"/>
+      <c r="J59" s="115"/>
       <c r="K59" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K57+K58))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B60" s="5"/>
       <c r="C60" s="6"/>
       <c r="D60" s="6"/>
       <c r="E60" s="5"/>
       <c r="F60" s="5"/>
       <c r="G60" s="5"/>
       <c r="H60" s="5"/>
       <c r="I60" s="5"/>
       <c r="J60" s="5"/>
       <c r="K60" s="5"/>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B61" s="23" t="s">
         <v>74</v>
       </c>
-      <c r="C61" s="112" t="str">
+      <c r="C61" s="120" t="str">
         <f>IF($C$7=0," ",+C55+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D61" s="112"/>
-      <c r="E61" s="98" t="s">
+      <c r="D61" s="120"/>
+      <c r="E61" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F61" s="99"/>
-      <c r="G61" s="99"/>
+      <c r="F61" s="100"/>
+      <c r="G61" s="100"/>
       <c r="H61" s="5"/>
       <c r="I61" s="5"/>
       <c r="J61" s="5"/>
       <c r="K61" s="5"/>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B62" s="5"/>
       <c r="C62" s="6"/>
       <c r="D62" s="6"/>
       <c r="E62" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F62" s="113"/>
-[...4 lines deleted...]
-      <c r="K62" s="113"/>
+      <c r="F62" s="116"/>
+      <c r="G62" s="116"/>
+      <c r="H62" s="116"/>
+      <c r="I62" s="116"/>
+      <c r="J62" s="116"/>
+      <c r="K62" s="116"/>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B63" s="5"/>
       <c r="C63" s="6"/>
       <c r="D63" s="6"/>
-      <c r="E63" s="99" t="s">
+      <c r="E63" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F63" s="99"/>
+      <c r="F63" s="100"/>
       <c r="G63" s="5"/>
       <c r="H63" s="5"/>
       <c r="I63" s="5"/>
       <c r="J63" s="24"/>
       <c r="K63" s="59"/>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B64" s="5"/>
       <c r="C64" s="6"/>
       <c r="D64" s="6"/>
-      <c r="E64" s="99" t="s">
+      <c r="E64" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F64" s="99"/>
-      <c r="G64" s="99"/>
+      <c r="F64" s="100"/>
+      <c r="G64" s="100"/>
       <c r="H64" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C61,CPI!$A$42:$E$87,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I64" s="5"/>
       <c r="J64" s="25"/>
       <c r="K64" s="59" t="str">
         <f>IF($A$7=32," ",H64*K63)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B65" s="5"/>
       <c r="C65" s="6"/>
       <c r="D65" s="6"/>
       <c r="E65" s="5"/>
       <c r="F65" s="5"/>
       <c r="G65" s="5"/>
-      <c r="H65" s="114" t="s">
+      <c r="H65" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I65" s="114"/>
-      <c r="J65" s="114"/>
+      <c r="I65" s="115"/>
+      <c r="J65" s="115"/>
       <c r="K65" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K63+K64))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B66" s="5"/>
       <c r="C66" s="6"/>
       <c r="D66" s="6"/>
       <c r="E66" s="5"/>
       <c r="F66" s="5"/>
       <c r="G66" s="5"/>
       <c r="H66" s="5"/>
       <c r="I66" s="5"/>
       <c r="J66" s="5"/>
       <c r="K66" s="5"/>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B67" s="23" t="s">
         <v>75</v>
       </c>
-      <c r="C67" s="112" t="str">
+      <c r="C67" s="120" t="str">
         <f>IF($C$7=0," ",+C61+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D67" s="112"/>
-      <c r="E67" s="98" t="s">
+      <c r="D67" s="120"/>
+      <c r="E67" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F67" s="99"/>
-      <c r="G67" s="99"/>
+      <c r="F67" s="100"/>
+      <c r="G67" s="100"/>
       <c r="H67" s="5"/>
       <c r="I67" s="5"/>
       <c r="J67" s="5"/>
       <c r="K67" s="5"/>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B68" s="5"/>
       <c r="C68" s="6"/>
       <c r="D68" s="6"/>
       <c r="E68" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F68" s="113"/>
-[...4 lines deleted...]
-      <c r="K68" s="113"/>
+      <c r="F68" s="116"/>
+      <c r="G68" s="116"/>
+      <c r="H68" s="116"/>
+      <c r="I68" s="116"/>
+      <c r="J68" s="116"/>
+      <c r="K68" s="116"/>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B69" s="5"/>
       <c r="C69" s="6"/>
       <c r="D69" s="6"/>
-      <c r="E69" s="99" t="s">
+      <c r="E69" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F69" s="99"/>
+      <c r="F69" s="100"/>
       <c r="G69" s="5"/>
       <c r="H69" s="5"/>
       <c r="I69" s="5"/>
       <c r="J69" s="24"/>
       <c r="K69" s="59"/>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B70" s="5"/>
       <c r="C70" s="6"/>
       <c r="D70" s="6"/>
-      <c r="E70" s="99" t="s">
+      <c r="E70" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F70" s="99"/>
-      <c r="G70" s="99"/>
+      <c r="F70" s="100"/>
+      <c r="G70" s="100"/>
       <c r="H70" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C67,CPI!$A$42:$E$88,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="25"/>
       <c r="K70" s="59" t="str">
         <f>IF($A$7=32," ",H70*K69)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B71" s="5"/>
       <c r="C71" s="6"/>
       <c r="D71" s="6"/>
       <c r="E71" s="5"/>
       <c r="F71" s="5"/>
       <c r="G71" s="5"/>
-      <c r="H71" s="114" t="s">
+      <c r="H71" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I71" s="114"/>
-      <c r="J71" s="114"/>
+      <c r="I71" s="115"/>
+      <c r="J71" s="115"/>
       <c r="K71" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K69+K70))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B72" s="5"/>
       <c r="C72" s="6"/>
       <c r="D72" s="6"/>
       <c r="E72" s="5"/>
       <c r="F72" s="5"/>
       <c r="G72" s="5"/>
       <c r="H72" s="5"/>
       <c r="I72" s="5"/>
       <c r="J72" s="5"/>
       <c r="K72" s="5"/>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B73" s="23" t="s">
         <v>76</v>
       </c>
-      <c r="C73" s="112" t="str">
+      <c r="C73" s="120" t="str">
         <f>IF($C$7=0," ",+C67+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D73" s="112"/>
-      <c r="E73" s="98" t="s">
+      <c r="D73" s="120"/>
+      <c r="E73" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F73" s="99"/>
-      <c r="G73" s="99"/>
+      <c r="F73" s="100"/>
+      <c r="G73" s="100"/>
       <c r="H73" s="5"/>
       <c r="I73" s="5"/>
       <c r="J73" s="5"/>
       <c r="K73" s="5"/>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B74" s="5"/>
       <c r="C74" s="6"/>
       <c r="D74" s="6"/>
       <c r="E74" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F74" s="113"/>
-[...4 lines deleted...]
-      <c r="K74" s="113"/>
+      <c r="F74" s="116"/>
+      <c r="G74" s="116"/>
+      <c r="H74" s="116"/>
+      <c r="I74" s="116"/>
+      <c r="J74" s="116"/>
+      <c r="K74" s="116"/>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B75" s="5"/>
       <c r="C75" s="6"/>
       <c r="D75" s="6"/>
-      <c r="E75" s="99" t="s">
+      <c r="E75" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F75" s="99"/>
+      <c r="F75" s="100"/>
       <c r="G75" s="5"/>
       <c r="H75" s="5"/>
       <c r="I75" s="5"/>
       <c r="J75" s="24"/>
       <c r="K75" s="59"/>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B76" s="5"/>
       <c r="C76" s="6"/>
       <c r="D76" s="6"/>
-      <c r="E76" s="99" t="s">
+      <c r="E76" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F76" s="99"/>
-      <c r="G76" s="99"/>
+      <c r="F76" s="100"/>
+      <c r="G76" s="100"/>
       <c r="H76" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C73,CPI!$A$42:$E$89,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="25"/>
       <c r="K76" s="59" t="str">
         <f>IF($A$7=32," ",H76*K75)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B77" s="5"/>
       <c r="C77" s="6"/>
       <c r="D77" s="6"/>
       <c r="E77" s="5"/>
       <c r="F77" s="5"/>
       <c r="G77" s="5"/>
-      <c r="H77" s="114" t="s">
+      <c r="H77" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I77" s="114"/>
-      <c r="J77" s="114"/>
+      <c r="I77" s="115"/>
+      <c r="J77" s="115"/>
       <c r="K77" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K75+K76))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B78" s="5"/>
       <c r="C78" s="6"/>
       <c r="D78" s="6"/>
       <c r="E78" s="5"/>
       <c r="F78" s="5"/>
       <c r="G78" s="5"/>
       <c r="H78" s="5"/>
       <c r="I78" s="5"/>
       <c r="J78" s="5"/>
       <c r="K78" s="5"/>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B79" s="23" t="s">
         <v>77</v>
       </c>
-      <c r="C79" s="112" t="str">
+      <c r="C79" s="120" t="str">
         <f>IF($C$7=0," ",+C73+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D79" s="112"/>
-      <c r="E79" s="98" t="s">
+      <c r="D79" s="120"/>
+      <c r="E79" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F79" s="99"/>
-      <c r="G79" s="99"/>
+      <c r="F79" s="100"/>
+      <c r="G79" s="100"/>
       <c r="H79" s="5"/>
       <c r="I79" s="5"/>
       <c r="J79" s="5"/>
       <c r="K79" s="5"/>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B80" s="5"/>
       <c r="C80" s="6"/>
       <c r="D80" s="6"/>
       <c r="E80" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F80" s="113"/>
-[...4 lines deleted...]
-      <c r="K80" s="113"/>
+      <c r="F80" s="116"/>
+      <c r="G80" s="116"/>
+      <c r="H80" s="116"/>
+      <c r="I80" s="116"/>
+      <c r="J80" s="116"/>
+      <c r="K80" s="116"/>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B81" s="5"/>
       <c r="C81" s="6"/>
       <c r="D81" s="6"/>
-      <c r="E81" s="99" t="s">
+      <c r="E81" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F81" s="99"/>
+      <c r="F81" s="100"/>
       <c r="G81" s="5"/>
       <c r="H81" s="5"/>
       <c r="I81" s="5"/>
       <c r="J81" s="24"/>
       <c r="K81" s="59"/>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B82" s="5"/>
       <c r="C82" s="6"/>
       <c r="D82" s="6"/>
-      <c r="E82" s="99" t="s">
+      <c r="E82" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F82" s="99"/>
-      <c r="G82" s="99"/>
+      <c r="F82" s="100"/>
+      <c r="G82" s="100"/>
       <c r="H82" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C79,CPI!$A$42:$E$89,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I82" s="5"/>
       <c r="J82" s="25"/>
       <c r="K82" s="59" t="str">
         <f>IF($A$7=32," ",H82*K81)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B83" s="5"/>
       <c r="C83" s="6"/>
       <c r="D83" s="6"/>
       <c r="E83" s="5"/>
       <c r="F83" s="5"/>
       <c r="G83" s="5"/>
-      <c r="H83" s="114" t="s">
+      <c r="H83" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I83" s="114"/>
-      <c r="J83" s="114"/>
+      <c r="I83" s="115"/>
+      <c r="J83" s="115"/>
       <c r="K83" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K81+K82))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B84" s="5"/>
       <c r="C84" s="6"/>
       <c r="D84" s="6"/>
       <c r="E84" s="5"/>
       <c r="F84" s="5"/>
       <c r="G84" s="5"/>
       <c r="H84" s="5"/>
       <c r="I84" s="5"/>
       <c r="J84" s="5"/>
       <c r="K84" s="5"/>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B85" s="23" t="s">
         <v>78</v>
       </c>
-      <c r="C85" s="112" t="str">
+      <c r="C85" s="120" t="str">
         <f>IF($C$7=0," ",+C79+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D85" s="112"/>
-      <c r="E85" s="98" t="s">
+      <c r="D85" s="120"/>
+      <c r="E85" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F85" s="99"/>
-      <c r="G85" s="99"/>
+      <c r="F85" s="100"/>
+      <c r="G85" s="100"/>
       <c r="H85" s="5"/>
       <c r="I85" s="5"/>
       <c r="J85" s="5"/>
       <c r="K85" s="5"/>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B86" s="5"/>
       <c r="C86" s="6"/>
       <c r="D86" s="6"/>
       <c r="E86" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F86" s="113"/>
-[...4 lines deleted...]
-      <c r="K86" s="113"/>
+      <c r="F86" s="116"/>
+      <c r="G86" s="116"/>
+      <c r="H86" s="116"/>
+      <c r="I86" s="116"/>
+      <c r="J86" s="116"/>
+      <c r="K86" s="116"/>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B87" s="5"/>
       <c r="C87" s="6"/>
       <c r="D87" s="6"/>
-      <c r="E87" s="99" t="s">
+      <c r="E87" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F87" s="99"/>
+      <c r="F87" s="100"/>
       <c r="G87" s="5"/>
       <c r="H87" s="5"/>
       <c r="I87" s="5"/>
       <c r="J87" s="24"/>
       <c r="K87" s="59"/>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B88" s="5"/>
       <c r="C88" s="6"/>
       <c r="D88" s="6"/>
-      <c r="E88" s="99" t="s">
+      <c r="E88" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F88" s="99"/>
-      <c r="G88" s="99"/>
+      <c r="F88" s="100"/>
+      <c r="G88" s="100"/>
       <c r="H88" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C85,CPI!$A$42:$E$88,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I88" s="5"/>
       <c r="J88" s="25"/>
       <c r="K88" s="59" t="str">
         <f>IF($A$7=32," ",H88*K87)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B89" s="5"/>
       <c r="C89" s="6"/>
       <c r="D89" s="6"/>
       <c r="E89" s="5"/>
       <c r="F89" s="5"/>
       <c r="G89" s="5"/>
-      <c r="H89" s="114" t="s">
+      <c r="H89" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I89" s="114"/>
-      <c r="J89" s="114"/>
+      <c r="I89" s="115"/>
+      <c r="J89" s="115"/>
       <c r="K89" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K87+K88))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B90" s="5"/>
       <c r="C90" s="6"/>
       <c r="D90" s="6"/>
       <c r="E90" s="5"/>
       <c r="F90" s="5"/>
       <c r="G90" s="5"/>
       <c r="H90" s="5"/>
       <c r="I90" s="5"/>
       <c r="J90" s="5"/>
       <c r="K90" s="5"/>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B91" s="23" t="s">
         <v>79</v>
       </c>
-      <c r="C91" s="112" t="str">
+      <c r="C91" s="120" t="str">
         <f>IF($C$7=0," ",+C85+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D91" s="112"/>
-      <c r="E91" s="98" t="s">
+      <c r="D91" s="120"/>
+      <c r="E91" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F91" s="99"/>
-      <c r="G91" s="99"/>
+      <c r="F91" s="100"/>
+      <c r="G91" s="100"/>
       <c r="H91" s="5"/>
       <c r="I91" s="5"/>
       <c r="J91" s="5"/>
       <c r="K91" s="5"/>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B92" s="5"/>
       <c r="C92" s="6"/>
       <c r="D92" s="6"/>
       <c r="E92" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F92" s="113"/>
-[...4 lines deleted...]
-      <c r="K92" s="113"/>
+      <c r="F92" s="116"/>
+      <c r="G92" s="116"/>
+      <c r="H92" s="116"/>
+      <c r="I92" s="116"/>
+      <c r="J92" s="116"/>
+      <c r="K92" s="116"/>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B93" s="5"/>
       <c r="C93" s="6"/>
       <c r="D93" s="6"/>
-      <c r="E93" s="99" t="s">
+      <c r="E93" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F93" s="99"/>
+      <c r="F93" s="100"/>
       <c r="G93" s="5"/>
       <c r="H93" s="5"/>
       <c r="I93" s="5"/>
       <c r="J93" s="24"/>
       <c r="K93" s="59"/>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B94" s="5"/>
       <c r="C94" s="6"/>
       <c r="D94" s="6"/>
-      <c r="E94" s="99" t="s">
+      <c r="E94" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F94" s="99"/>
-      <c r="G94" s="99"/>
+      <c r="F94" s="100"/>
+      <c r="G94" s="100"/>
       <c r="H94" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C91,CPI!$A$42:$E$89,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I94" s="5"/>
       <c r="J94" s="25"/>
       <c r="K94" s="59" t="str">
         <f>IF($A$7=32," ",H94*K93)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B95" s="5"/>
       <c r="C95" s="6"/>
       <c r="D95" s="6"/>
       <c r="E95" s="5"/>
       <c r="F95" s="5"/>
       <c r="G95" s="5"/>
-      <c r="H95" s="114" t="s">
+      <c r="H95" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I95" s="114"/>
-      <c r="J95" s="114"/>
+      <c r="I95" s="115"/>
+      <c r="J95" s="115"/>
       <c r="K95" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K93+K94))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B96" s="5"/>
       <c r="C96" s="6"/>
       <c r="D96" s="6"/>
       <c r="E96" s="5"/>
       <c r="F96" s="5"/>
       <c r="G96" s="5"/>
       <c r="H96" s="5"/>
       <c r="I96" s="5"/>
       <c r="J96" s="5"/>
       <c r="K96" s="5"/>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B97" s="23" t="s">
         <v>80</v>
       </c>
-      <c r="C97" s="112" t="str">
+      <c r="C97" s="120" t="str">
         <f>IF($C$7=0," ",+C91+1)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="D97" s="112"/>
-      <c r="E97" s="98" t="s">
+      <c r="D97" s="120"/>
+      <c r="E97" s="99" t="s">
         <v>65</v>
       </c>
-      <c r="F97" s="99"/>
-      <c r="G97" s="99"/>
+      <c r="F97" s="100"/>
+      <c r="G97" s="100"/>
       <c r="H97" s="5"/>
       <c r="I97" s="5"/>
       <c r="J97" s="5"/>
       <c r="K97" s="5"/>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B98" s="5"/>
       <c r="C98" s="6"/>
       <c r="D98" s="6"/>
       <c r="E98" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="F98" s="113"/>
-[...4 lines deleted...]
-      <c r="K98" s="113"/>
+      <c r="F98" s="116"/>
+      <c r="G98" s="116"/>
+      <c r="H98" s="116"/>
+      <c r="I98" s="116"/>
+      <c r="J98" s="116"/>
+      <c r="K98" s="116"/>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B99" s="5"/>
       <c r="C99" s="6"/>
       <c r="D99" s="6"/>
-      <c r="E99" s="99" t="s">
+      <c r="E99" s="100" t="s">
         <v>67</v>
       </c>
-      <c r="F99" s="99"/>
+      <c r="F99" s="100"/>
       <c r="G99" s="5"/>
       <c r="H99" s="5"/>
       <c r="I99" s="5"/>
       <c r="J99" s="24"/>
       <c r="K99" s="59"/>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="2:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B100" s="5"/>
       <c r="C100" s="6"/>
       <c r="D100" s="6"/>
-      <c r="E100" s="99" t="s">
+      <c r="E100" s="100" t="s">
         <v>68</v>
       </c>
-      <c r="F100" s="99"/>
-      <c r="G100" s="99"/>
+      <c r="F100" s="100"/>
+      <c r="G100" s="100"/>
       <c r="H100" s="62" t="str">
         <f>IF($A$7=32," ",VLOOKUP(C97,CPI!$A$42:$E$89,5))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="I100" s="5"/>
       <c r="J100" s="25"/>
       <c r="K100" s="59" t="str">
         <f>IF($A$7=32," ",H100*K99)</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="2:12" ht="14" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B101" s="5"/>
       <c r="C101" s="6"/>
       <c r="D101" s="6"/>
       <c r="E101" s="5"/>
       <c r="F101" s="5"/>
       <c r="G101" s="5"/>
-      <c r="H101" s="114" t="s">
+      <c r="H101" s="115" t="s">
         <v>69</v>
       </c>
-      <c r="I101" s="114"/>
-      <c r="J101" s="114"/>
+      <c r="I101" s="115"/>
+      <c r="J101" s="115"/>
       <c r="K101" s="26" t="str">
         <f>IF($A$7=32," ",SUM(K99+K100))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B102" s="5"/>
       <c r="C102" s="5"/>
       <c r="D102" s="5"/>
       <c r="E102" s="5"/>
       <c r="F102" s="5"/>
       <c r="G102" s="5"/>
       <c r="H102" s="5"/>
       <c r="I102" s="5"/>
       <c r="J102" s="5"/>
       <c r="K102" s="5"/>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B103" s="5"/>
       <c r="C103" s="5"/>
       <c r="D103" s="5"/>
       <c r="E103" s="5"/>
       <c r="F103" s="5"/>
@@ -11730,159 +11757,159 @@
     <row r="104" spans="2:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B104" s="5"/>
       <c r="C104" s="5"/>
       <c r="D104" s="5"/>
       <c r="E104" s="5"/>
       <c r="F104" s="5"/>
       <c r="G104" s="5"/>
       <c r="H104" s="5"/>
       <c r="I104" s="5"/>
       <c r="J104" s="4" t="s">
         <v>81</v>
       </c>
       <c r="K104" s="60" t="str">
         <f>IF($A$7=32," ",SUM(K11+K17+K23+K29+K35+K41+K47+K53+K59+K65+K71+K77+K83+K89+K95+K101))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="2:12" ht="13.5" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B105" s="5"/>
       <c r="C105" s="5"/>
       <c r="D105" s="5"/>
       <c r="E105" s="5"/>
       <c r="F105" s="5"/>
       <c r="G105" s="5"/>
-      <c r="H105" s="118" t="s">
+      <c r="H105" s="113" t="s">
         <v>82</v>
       </c>
-      <c r="I105" s="119"/>
-      <c r="J105" s="119"/>
+      <c r="I105" s="114"/>
+      <c r="J105" s="114"/>
       <c r="K105" s="5"/>
       <c r="L105" s="5"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="n3XgwDyGEt6HA3erSHYrojml5KNID1huwwj8e6UjB8WzjyCFDDhwa6eanU8ex+Mdg630JoB2OZtfPrzYLti04Q==" saltValue="+F1ONBpxasR6eEHl0UU29g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="98">
-    <mergeCell ref="E99:F99"/>
-[...62 lines deleted...]
-    <mergeCell ref="H29:J29"/>
+    <mergeCell ref="C91:D91"/>
+    <mergeCell ref="C97:D97"/>
+    <mergeCell ref="C49:D49"/>
+    <mergeCell ref="C55:D55"/>
+    <mergeCell ref="C61:D61"/>
+    <mergeCell ref="C67:D67"/>
+    <mergeCell ref="C73:D73"/>
+    <mergeCell ref="C79:D79"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="C31:D31"/>
+    <mergeCell ref="C85:D85"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="E22:G22"/>
+    <mergeCell ref="E25:G25"/>
+    <mergeCell ref="F26:K26"/>
+    <mergeCell ref="H23:J23"/>
+    <mergeCell ref="E19:G19"/>
+    <mergeCell ref="F20:K20"/>
+    <mergeCell ref="E21:F21"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="C6:K6"/>
     <mergeCell ref="H17:J17"/>
     <mergeCell ref="E13:G13"/>
     <mergeCell ref="F14:K14"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="E16:G16"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="F8:K8"/>
     <mergeCell ref="H11:J11"/>
-    <mergeCell ref="E22:G22"/>
-[...19 lines deleted...]
-    <mergeCell ref="C79:D79"/>
+    <mergeCell ref="F32:K32"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="E34:G34"/>
+    <mergeCell ref="H35:J35"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="E28:G28"/>
+    <mergeCell ref="E31:G31"/>
+    <mergeCell ref="H29:J29"/>
+    <mergeCell ref="H41:J41"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="F38:K38"/>
+    <mergeCell ref="E39:F39"/>
+    <mergeCell ref="E40:G40"/>
+    <mergeCell ref="E46:G46"/>
+    <mergeCell ref="E49:G49"/>
+    <mergeCell ref="F50:K50"/>
+    <mergeCell ref="H47:J47"/>
+    <mergeCell ref="E43:G43"/>
+    <mergeCell ref="F44:K44"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="F56:K56"/>
+    <mergeCell ref="E57:F57"/>
+    <mergeCell ref="E58:G58"/>
+    <mergeCell ref="H59:J59"/>
+    <mergeCell ref="E51:F51"/>
+    <mergeCell ref="E52:G52"/>
+    <mergeCell ref="E55:G55"/>
+    <mergeCell ref="H53:J53"/>
+    <mergeCell ref="H65:J65"/>
+    <mergeCell ref="E61:G61"/>
+    <mergeCell ref="F62:K62"/>
+    <mergeCell ref="E63:F63"/>
+    <mergeCell ref="E64:G64"/>
+    <mergeCell ref="E67:G67"/>
+    <mergeCell ref="F68:K68"/>
+    <mergeCell ref="E69:F69"/>
+    <mergeCell ref="F80:K80"/>
+    <mergeCell ref="E70:G70"/>
+    <mergeCell ref="E73:G73"/>
+    <mergeCell ref="F74:K74"/>
+    <mergeCell ref="H71:J71"/>
+    <mergeCell ref="E81:F81"/>
+    <mergeCell ref="E82:G82"/>
+    <mergeCell ref="H83:J83"/>
+    <mergeCell ref="E75:F75"/>
+    <mergeCell ref="E76:G76"/>
+    <mergeCell ref="E79:G79"/>
+    <mergeCell ref="H77:J77"/>
+    <mergeCell ref="E91:G91"/>
+    <mergeCell ref="F92:K92"/>
+    <mergeCell ref="E93:F93"/>
+    <mergeCell ref="H89:J89"/>
+    <mergeCell ref="E85:G85"/>
+    <mergeCell ref="F86:K86"/>
+    <mergeCell ref="E87:F87"/>
+    <mergeCell ref="E88:G88"/>
+    <mergeCell ref="E99:F99"/>
+    <mergeCell ref="E100:G100"/>
+    <mergeCell ref="H105:J105"/>
+    <mergeCell ref="H101:J101"/>
+    <mergeCell ref="E94:G94"/>
+    <mergeCell ref="E97:G97"/>
+    <mergeCell ref="F98:K98"/>
+    <mergeCell ref="H95:J95"/>
   </mergeCells>
   <phoneticPr fontId="20" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;A&amp;C&amp;"Times New Roman,Regular"&amp;9&amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="46" max="16383" man="1"/>
     <brk id="87" min="1" max="11" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6F39865-7F60-49A4-8E03-0B9D01480F10}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
@@ -11959,594 +11986,594 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr codeName="Sheet9">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:J39"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="I7" sqref="I7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.54296875" style="2" customWidth="1"/>
     <col min="2" max="2" width="3.54296875" style="2" customWidth="1"/>
     <col min="3" max="3" width="9.1796875" style="2"/>
     <col min="4" max="4" width="10.7265625" style="2" customWidth="1"/>
     <col min="5" max="7" width="9.1796875" style="2"/>
     <col min="8" max="8" width="13.81640625" style="2" customWidth="1"/>
     <col min="9" max="9" width="15.26953125" style="2" customWidth="1"/>
     <col min="10" max="10" width="3.1796875" style="2" customWidth="1"/>
     <col min="11" max="16384" width="9.1796875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B1" s="5"/>
-      <c r="C1" s="100" t="s">
+      <c r="C1" s="101" t="s">
         <v>83</v>
       </c>
-      <c r="D1" s="100"/>
-[...4 lines deleted...]
-      <c r="I1" s="100"/>
+      <c r="D1" s="101"/>
+      <c r="E1" s="101"/>
+      <c r="F1" s="101"/>
+      <c r="G1" s="101"/>
+      <c r="H1" s="101"/>
+      <c r="I1" s="101"/>
       <c r="J1" s="5"/>
     </row>
     <row r="2" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B2" s="5"/>
-      <c r="C2" s="123" t="s">
+      <c r="C2" s="126" t="s">
         <v>84</v>
       </c>
-      <c r="D2" s="123"/>
-[...4 lines deleted...]
-      <c r="I2" s="123"/>
+      <c r="D2" s="126"/>
+      <c r="E2" s="126"/>
+      <c r="F2" s="126"/>
+      <c r="G2" s="126"/>
+      <c r="H2" s="126"/>
+      <c r="I2" s="126"/>
       <c r="J2" s="5"/>
     </row>
     <row r="3" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B3" s="5"/>
-      <c r="C3" s="100" t="s">
+      <c r="C3" s="101" t="s">
         <v>85</v>
       </c>
-      <c r="D3" s="100"/>
-[...4 lines deleted...]
-      <c r="I3" s="100"/>
+      <c r="D3" s="101"/>
+      <c r="E3" s="101"/>
+      <c r="F3" s="101"/>
+      <c r="G3" s="101"/>
+      <c r="H3" s="101"/>
+      <c r="I3" s="101"/>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
     </row>
     <row r="5" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="122" t="s">
+      <c r="B5" s="125" t="s">
         <v>86</v>
       </c>
-      <c r="C5" s="122"/>
-[...6 lines deleted...]
-      <c r="J5" s="122"/>
+      <c r="C5" s="125"/>
+      <c r="D5" s="125"/>
+      <c r="E5" s="125"/>
+      <c r="F5" s="125"/>
+      <c r="G5" s="125"/>
+      <c r="H5" s="125"/>
+      <c r="I5" s="125"/>
+      <c r="J5" s="125"/>
     </row>
     <row r="6" spans="2:10" ht="8.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="5"/>
       <c r="J6" s="5"/>
     </row>
     <row r="7" spans="2:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B7" s="27" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>87</v>
       </c>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
       <c r="I7" s="28">
         <v>0</v>
       </c>
       <c r="J7" s="5"/>
     </row>
     <row r="8" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="5"/>
-      <c r="C8" s="99" t="s">
+      <c r="C8" s="100" t="s">
         <v>88</v>
       </c>
-      <c r="D8" s="99"/>
-[...3 lines deleted...]
-      <c r="H8" s="124"/>
+      <c r="D8" s="100"/>
+      <c r="E8" s="121"/>
+      <c r="F8" s="121"/>
+      <c r="G8" s="121"/>
+      <c r="H8" s="121"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
     </row>
     <row r="9" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="5"/>
-      <c r="C9" s="99" t="s">
+      <c r="C9" s="100" t="s">
         <v>89</v>
       </c>
-      <c r="D9" s="99"/>
-[...3 lines deleted...]
-      <c r="H9" s="121"/>
+      <c r="D9" s="100"/>
+      <c r="E9" s="123"/>
+      <c r="F9" s="124"/>
+      <c r="G9" s="124"/>
+      <c r="H9" s="124"/>
       <c r="I9" s="5"/>
       <c r="J9" s="5"/>
     </row>
     <row r="10" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="5"/>
-      <c r="C10" s="99" t="s">
+      <c r="C10" s="100" t="s">
         <v>90</v>
       </c>
-      <c r="D10" s="99"/>
-[...3 lines deleted...]
-      <c r="H10" s="124"/>
+      <c r="D10" s="100"/>
+      <c r="E10" s="100"/>
+      <c r="F10" s="121"/>
+      <c r="G10" s="121"/>
+      <c r="H10" s="121"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
     </row>
     <row r="11" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="5"/>
-      <c r="C11" s="124"/>
-[...4 lines deleted...]
-      <c r="H11" s="124"/>
+      <c r="C11" s="121"/>
+      <c r="D11" s="121"/>
+      <c r="E11" s="121"/>
+      <c r="F11" s="121"/>
+      <c r="G11" s="121"/>
+      <c r="H11" s="121"/>
       <c r="I11" s="5"/>
       <c r="J11" s="5"/>
     </row>
     <row r="12" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="5"/>
-      <c r="C12" s="99" t="s">
+      <c r="C12" s="100" t="s">
         <v>91</v>
       </c>
-      <c r="D12" s="99"/>
-[...3 lines deleted...]
-      <c r="H12" s="124"/>
+      <c r="D12" s="100"/>
+      <c r="E12" s="121"/>
+      <c r="F12" s="121"/>
+      <c r="G12" s="121"/>
+      <c r="H12" s="121"/>
       <c r="I12" s="5"/>
       <c r="J12" s="5"/>
     </row>
     <row r="13" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="5"/>
-      <c r="C13" s="124"/>
-[...4 lines deleted...]
-      <c r="H13" s="124"/>
+      <c r="C13" s="121"/>
+      <c r="D13" s="121"/>
+      <c r="E13" s="121"/>
+      <c r="F13" s="121"/>
+      <c r="G13" s="121"/>
+      <c r="H13" s="121"/>
       <c r="I13" s="5"/>
       <c r="J13" s="5"/>
     </row>
     <row r="14" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
       <c r="H14" s="5"/>
       <c r="I14" s="5"/>
       <c r="J14" s="5"/>
     </row>
     <row r="15" spans="2:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B15" s="27" t="s">
         <v>54</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>87</v>
       </c>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
       <c r="I15" s="28"/>
       <c r="J15" s="5"/>
     </row>
     <row r="16" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="5"/>
-      <c r="C16" s="99" t="s">
+      <c r="C16" s="100" t="s">
         <v>88</v>
       </c>
-      <c r="D16" s="99"/>
-[...3 lines deleted...]
-      <c r="H16" s="124"/>
+      <c r="D16" s="100"/>
+      <c r="E16" s="121"/>
+      <c r="F16" s="121"/>
+      <c r="G16" s="121"/>
+      <c r="H16" s="121"/>
       <c r="I16" s="5"/>
       <c r="J16" s="5"/>
     </row>
     <row r="17" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="5"/>
-      <c r="C17" s="99" t="s">
+      <c r="C17" s="100" t="s">
         <v>89</v>
       </c>
-      <c r="D17" s="99"/>
-[...3 lines deleted...]
-      <c r="H17" s="121"/>
+      <c r="D17" s="100"/>
+      <c r="E17" s="123"/>
+      <c r="F17" s="124"/>
+      <c r="G17" s="124"/>
+      <c r="H17" s="124"/>
       <c r="I17" s="5"/>
       <c r="J17" s="5"/>
     </row>
     <row r="18" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="5"/>
-      <c r="C18" s="99" t="s">
+      <c r="C18" s="100" t="s">
         <v>90</v>
       </c>
-      <c r="D18" s="99"/>
-[...3 lines deleted...]
-      <c r="H18" s="124"/>
+      <c r="D18" s="100"/>
+      <c r="E18" s="100"/>
+      <c r="F18" s="121"/>
+      <c r="G18" s="121"/>
+      <c r="H18" s="121"/>
       <c r="I18" s="5"/>
       <c r="J18" s="5"/>
     </row>
     <row r="19" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="5"/>
-      <c r="C19" s="124"/>
-[...4 lines deleted...]
-      <c r="H19" s="124"/>
+      <c r="C19" s="121"/>
+      <c r="D19" s="121"/>
+      <c r="E19" s="121"/>
+      <c r="F19" s="121"/>
+      <c r="G19" s="121"/>
+      <c r="H19" s="121"/>
       <c r="I19" s="5"/>
       <c r="J19" s="5"/>
     </row>
     <row r="20" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="5"/>
-      <c r="C20" s="99" t="s">
+      <c r="C20" s="100" t="s">
         <v>91</v>
       </c>
-      <c r="D20" s="99"/>
-[...3 lines deleted...]
-      <c r="H20" s="124"/>
+      <c r="D20" s="100"/>
+      <c r="E20" s="121"/>
+      <c r="F20" s="121"/>
+      <c r="G20" s="121"/>
+      <c r="H20" s="121"/>
       <c r="I20" s="5"/>
       <c r="J20" s="5"/>
     </row>
     <row r="21" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="5"/>
-      <c r="C21" s="124"/>
-[...4 lines deleted...]
-      <c r="H21" s="124"/>
+      <c r="C21" s="121"/>
+      <c r="D21" s="121"/>
+      <c r="E21" s="121"/>
+      <c r="F21" s="121"/>
+      <c r="G21" s="121"/>
+      <c r="H21" s="121"/>
       <c r="I21" s="5"/>
       <c r="J21" s="5"/>
     </row>
     <row r="22" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
       <c r="J22" s="5"/>
     </row>
     <row r="23" spans="2:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B23" s="27" t="s">
         <v>55</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>87</v>
       </c>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="5"/>
       <c r="G23" s="5"/>
       <c r="H23" s="5"/>
       <c r="I23" s="28"/>
       <c r="J23" s="5"/>
     </row>
     <row r="24" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B24" s="5"/>
-      <c r="C24" s="99" t="s">
+      <c r="C24" s="100" t="s">
         <v>88</v>
       </c>
-      <c r="D24" s="99"/>
-[...3 lines deleted...]
-      <c r="H24" s="124"/>
+      <c r="D24" s="100"/>
+      <c r="E24" s="121"/>
+      <c r="F24" s="121"/>
+      <c r="G24" s="121"/>
+      <c r="H24" s="121"/>
       <c r="I24" s="5"/>
       <c r="J24" s="5"/>
     </row>
     <row r="25" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B25" s="5"/>
-      <c r="C25" s="99" t="s">
+      <c r="C25" s="100" t="s">
         <v>89</v>
       </c>
-      <c r="D25" s="99"/>
-[...3 lines deleted...]
-      <c r="H25" s="125"/>
+      <c r="D25" s="100"/>
+      <c r="E25" s="122"/>
+      <c r="F25" s="122"/>
+      <c r="G25" s="122"/>
+      <c r="H25" s="122"/>
       <c r="I25" s="5"/>
       <c r="J25" s="5"/>
     </row>
     <row r="26" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B26" s="5"/>
-      <c r="C26" s="99" t="s">
+      <c r="C26" s="100" t="s">
         <v>90</v>
       </c>
-      <c r="D26" s="99"/>
-[...3 lines deleted...]
-      <c r="H26" s="124"/>
+      <c r="D26" s="100"/>
+      <c r="E26" s="100"/>
+      <c r="F26" s="121"/>
+      <c r="G26" s="121"/>
+      <c r="H26" s="121"/>
       <c r="I26" s="5"/>
       <c r="J26" s="5"/>
     </row>
     <row r="27" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="5"/>
-      <c r="C27" s="124"/>
-[...4 lines deleted...]
-      <c r="H27" s="124"/>
+      <c r="C27" s="121"/>
+      <c r="D27" s="121"/>
+      <c r="E27" s="121"/>
+      <c r="F27" s="121"/>
+      <c r="G27" s="121"/>
+      <c r="H27" s="121"/>
       <c r="I27" s="5"/>
       <c r="J27" s="5"/>
     </row>
     <row r="28" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="5"/>
-      <c r="C28" s="99" t="s">
+      <c r="C28" s="100" t="s">
         <v>91</v>
       </c>
-      <c r="D28" s="99"/>
-[...3 lines deleted...]
-      <c r="H28" s="124"/>
+      <c r="D28" s="100"/>
+      <c r="E28" s="121"/>
+      <c r="F28" s="121"/>
+      <c r="G28" s="121"/>
+      <c r="H28" s="121"/>
       <c r="I28" s="5"/>
       <c r="J28" s="5"/>
     </row>
     <row r="29" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B29" s="5"/>
-      <c r="C29" s="124"/>
-[...4 lines deleted...]
-      <c r="H29" s="124"/>
+      <c r="C29" s="121"/>
+      <c r="D29" s="121"/>
+      <c r="E29" s="121"/>
+      <c r="F29" s="121"/>
+      <c r="G29" s="121"/>
+      <c r="H29" s="121"/>
       <c r="I29" s="5"/>
       <c r="J29" s="5"/>
     </row>
     <row r="30" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B30" s="5"/>
       <c r="C30" s="5"/>
       <c r="D30" s="5"/>
       <c r="E30" s="5"/>
       <c r="F30" s="5"/>
       <c r="G30" s="5"/>
       <c r="H30" s="5"/>
       <c r="I30" s="5"/>
       <c r="J30" s="5"/>
     </row>
     <row r="31" spans="2:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B31" s="27" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>87</v>
       </c>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
       <c r="H31" s="5"/>
       <c r="I31" s="28"/>
       <c r="J31" s="5"/>
     </row>
     <row r="32" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B32" s="5"/>
-      <c r="C32" s="99" t="s">
+      <c r="C32" s="100" t="s">
         <v>88</v>
       </c>
-      <c r="D32" s="99"/>
-[...3 lines deleted...]
-      <c r="H32" s="124"/>
+      <c r="D32" s="100"/>
+      <c r="E32" s="121"/>
+      <c r="F32" s="121"/>
+      <c r="G32" s="121"/>
+      <c r="H32" s="121"/>
       <c r="I32" s="5"/>
       <c r="J32" s="5"/>
     </row>
     <row r="33" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B33" s="5"/>
-      <c r="C33" s="99" t="s">
+      <c r="C33" s="100" t="s">
         <v>89</v>
       </c>
-      <c r="D33" s="99"/>
-[...3 lines deleted...]
-      <c r="H33" s="125"/>
+      <c r="D33" s="100"/>
+      <c r="E33" s="122"/>
+      <c r="F33" s="122"/>
+      <c r="G33" s="122"/>
+      <c r="H33" s="122"/>
       <c r="I33" s="5"/>
       <c r="J33" s="5"/>
     </row>
     <row r="34" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B34" s="5"/>
-      <c r="C34" s="99" t="s">
+      <c r="C34" s="100" t="s">
         <v>90</v>
       </c>
-      <c r="D34" s="99"/>
-[...3 lines deleted...]
-      <c r="H34" s="124"/>
+      <c r="D34" s="100"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="121"/>
+      <c r="G34" s="121"/>
+      <c r="H34" s="121"/>
       <c r="I34" s="5"/>
       <c r="J34" s="5"/>
     </row>
     <row r="35" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B35" s="5"/>
-      <c r="C35" s="124"/>
-[...4 lines deleted...]
-      <c r="H35" s="124"/>
+      <c r="C35" s="121"/>
+      <c r="D35" s="121"/>
+      <c r="E35" s="121"/>
+      <c r="F35" s="121"/>
+      <c r="G35" s="121"/>
+      <c r="H35" s="121"/>
       <c r="I35" s="5"/>
       <c r="J35" s="5"/>
     </row>
     <row r="36" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="5"/>
-      <c r="C36" s="99" t="s">
+      <c r="C36" s="100" t="s">
         <v>91</v>
       </c>
-      <c r="D36" s="99"/>
-[...3 lines deleted...]
-      <c r="H36" s="124"/>
+      <c r="D36" s="100"/>
+      <c r="E36" s="121"/>
+      <c r="F36" s="121"/>
+      <c r="G36" s="121"/>
+      <c r="H36" s="121"/>
       <c r="I36" s="5"/>
       <c r="J36" s="5"/>
     </row>
     <row r="37" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="5"/>
-      <c r="C37" s="124"/>
-[...4 lines deleted...]
-      <c r="H37" s="124"/>
+      <c r="C37" s="121"/>
+      <c r="D37" s="121"/>
+      <c r="E37" s="121"/>
+      <c r="F37" s="121"/>
+      <c r="G37" s="121"/>
+      <c r="H37" s="121"/>
       <c r="I37" s="5"/>
       <c r="J37" s="5"/>
     </row>
     <row r="38" spans="2:10" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B38" s="5"/>
-      <c r="C38" s="98" t="s">
+      <c r="C38" s="99" t="s">
         <v>92</v>
       </c>
-      <c r="D38" s="99"/>
-      <c r="E38" s="99"/>
+      <c r="D38" s="100"/>
+      <c r="E38" s="100"/>
       <c r="F38" s="5"/>
       <c r="G38" s="5"/>
       <c r="H38" s="5"/>
       <c r="I38" s="29" t="str">
         <f>IF(I7=0," ",SUM(I7+I15+I23+I31))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J38" s="5"/>
     </row>
     <row r="39" spans="2:10" ht="13.5" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="KKvZnh89rzXRH4VCujCv76/QGQI39J0euApT/PkN8nXKhkqwO9CnQoiHFZABQDTVXThQmTQr5bB9npc5jePUwA==" saltValue="VnVtB5Y/T0gvSSLwq/eBYg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="45">
-    <mergeCell ref="C37:H37"/>
-[...15 lines deleted...]
-    <mergeCell ref="E28:H28"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="E9:H9"/>
+    <mergeCell ref="B5:J5"/>
+    <mergeCell ref="C1:I1"/>
+    <mergeCell ref="C2:I2"/>
+    <mergeCell ref="C3:I3"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="E8:H8"/>
+    <mergeCell ref="C13:H13"/>
+    <mergeCell ref="C10:E10"/>
+    <mergeCell ref="F10:H10"/>
+    <mergeCell ref="C11:H11"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="E12:H12"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="E16:H16"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="E17:H17"/>
+    <mergeCell ref="C21:H21"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="E25:H25"/>
     <mergeCell ref="C18:E18"/>
     <mergeCell ref="F18:H18"/>
     <mergeCell ref="C19:H19"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="E20:H20"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="E24:H24"/>
-    <mergeCell ref="C16:D16"/>
-[...17 lines deleted...]
-    <mergeCell ref="E8:H8"/>
+    <mergeCell ref="C26:E26"/>
+    <mergeCell ref="F26:H26"/>
+    <mergeCell ref="C27:H27"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="E28:H28"/>
+    <mergeCell ref="C29:H29"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="E32:H32"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="E33:H33"/>
+    <mergeCell ref="C37:H37"/>
+    <mergeCell ref="C38:E38"/>
+    <mergeCell ref="C34:E34"/>
+    <mergeCell ref="F34:H34"/>
+    <mergeCell ref="C35:H35"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="E36:H36"/>
   </mergeCells>
   <phoneticPr fontId="20" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{84971975-ED31-4D34-9D3D-4E3B9AEE98BC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B15"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="A18" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A1" s="85"/>
       <c r="B1" s="86"/>
     </row>
     <row r="2" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A2" s="85"/>
       <c r="B2" s="86"/>
     </row>
     <row r="3" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A3" s="85"/>
       <c r="B3" s="86"/>
     </row>
     <row r="4" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A4" s="85"/>
       <c r="B4" s="86"/>
     </row>
     <row r="5" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A5" s="85"/>
       <c r="B5" s="86"/>
     </row>
     <row r="6" spans="1:2" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A6" s="85"/>
@@ -12588,203 +12615,182 @@
       <c r="A15" s="88"/>
       <c r="B15" s="86"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="//tQrA+3sZgtgbZ9Troqudhkg6rahsdjwZ4uPy+q7ZHhVInuyk4enChRQXFABLGTdX5WwhW3u+VkOsk2mSK+RA==" saltValue="kUEymYVp/t2n0Kyq4qaLEA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-    <xsd:import namespace="1d9aa3b6-f5fb-4571-8701-56f20689897b"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100200AB56F06A8514890C651776EEEBC1C" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="798e6904ce00f99b612a2c01b7a4ec96">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="671fdf05-166f-4ee6-a01a-142d0de070d3" xmlns:ns3="04902371-e9a1-4774-b6f8-4323d749ace1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ffd0aa1342aa5fd8e1021d4202414951" ns2:_="" ns3:_="">
+    <xsd:import namespace="671fdf05-166f-4ee6-a01a-142d0de070d3"/>
+    <xsd:import namespace="04902371-e9a1-4774-b6f8-4323d749ace1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d2cbfc94-a69a-4175-9de2-749d5ca1cf7f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="671fdf05-166f-4ee6-a01a-142d0de070d3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d73c2f1c-0c45-49b9-b292-96ca38f50265" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
-[...8 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1d9aa3b6-f5fb-4571-8701-56f20689897b" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="04902371-e9a1-4774-b6f8-4323d749ace1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ed966ee9-cfe5-4a60-8318-e588de7ec965}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1d9aa3b6-f5fb-4571-8701-56f20689897b">
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e1c80cc1-921a-4a9c-a85c-8fb439a5efdf}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="04902371-e9a1-4774-b6f8-4323d749ace1">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -12851,83 +12857,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <SharedWithUsers xmlns="1d9aa3b6-f5fb-4571-8701-56f20689897b">
+    <SharedWithUsers xmlns="04902371-e9a1-4774-b6f8-4323d749ace1">
       <UserInfo>
         <DisplayName>Tim Morlan</DisplayName>
         <AccountId>36</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Julie Noland</DisplayName>
         <AccountId>12</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
-    <TaxCatchAll xmlns="1d9aa3b6-f5fb-4571-8701-56f20689897b" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d2cbfc94-a69a-4175-9de2-749d5ca1cf7f">
+    <TaxCatchAll xmlns="04902371-e9a1-4774-b6f8-4323d749ace1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="671fdf05-166f-4ee6-a01a-142d0de070d3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F92BE27C-6B77-41D2-8960-6140DAA36FA6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="671fdf05-166f-4ee6-a01a-142d0de070d3"/>
+    <ds:schemaRef ds:uri="04902371-e9a1-4774-b6f8-4323d749ace1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{300CB0C5-276B-4730-92B7-6259577F51D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9210DCBA-6146-4097-807F-F49E0FB571C4}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F764FC18-5882-4C00-ABA0-A4C9A6F576F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="671fdf05-166f-4ee6-a01a-142d0de070d3"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="04902371-e9a1-4774-b6f8-4323d749ace1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -12984,35 +13014,35 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Terminal Server User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100AD0265D9C8320644B26F99052C4BB7A7</vt:lpwstr>
+    <vt:lpwstr>0x010100200AB56F06A8514890C651776EEEBC1C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>31800</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>